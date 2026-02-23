--- v0 (2025-10-09)
+++ v1 (2026-02-23)
@@ -1,4066 +1,12921 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="JPG" ContentType="image/jpeg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2691E79F" w14:textId="77777777" w:rsidR="000814F0" w:rsidRDefault="000814F0" w:rsidP="00DF20DC">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5B050141" w14:textId="3AC9E57A" w:rsidR="00DD3CFB" w:rsidRDefault="005A4869" w:rsidP="005A4869">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="8166"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487478272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FB02122" wp14:editId="6EED1CE9">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>3096895</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-666750</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3613150" cy="1579245"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="1905"/>
+            <wp:wrapNone/>
+            <wp:docPr id="4" name="Image 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="Image 4"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3613150" cy="1579245"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="466F7649" w14:textId="77777777" w:rsidR="00DF20DC" w:rsidRPr="00DF20DC" w:rsidRDefault="00DF20DC" w:rsidP="00DF20DC"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F4458CF" w14:textId="2655082B" w:rsidR="00055EC3" w:rsidRPr="008E2093" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
+    <w:p w14:paraId="3DE25D42" w14:textId="77777777" w:rsidR="005A4869" w:rsidRDefault="005A4869">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="198"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CFE4DD" w14:textId="1FC5A55B" w:rsidR="005A4869" w:rsidRDefault="005E4F9A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="198"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="37"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="37"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE694B" w:rsidRPr="00CE694B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007E994C" w14:textId="77777777" w:rsidR="00B95E81" w:rsidRDefault="00B95E81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="198"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="37"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311891F4" w14:textId="77777777" w:rsidR="00B95E81" w:rsidRPr="00C52F45" w:rsidRDefault="00B95E81" w:rsidP="00B95E81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:ind w:left="198" w:right="1279"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="37"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="043AC00E" w14:textId="00E7C298" w:rsidR="00DD3CFB" w:rsidRDefault="00B95E81" w:rsidP="00B95E81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:ind w:left="198" w:right="1279"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Implementation of the</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95E81">
+        <w:t>COLLECTION OF GOOD PRACTISES: Guide &amp; mo</w:t>
+      </w:r>
+      <w:r w:rsidR="005A4869">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="198FF0A1" wp14:editId="61A5F11D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>3499945</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7562850" cy="6658216"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Group 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7562850" cy="6658216"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7562850" cy="6327140"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="2" name="Image 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="756284" y="5800311"/>
+                            <a:ext cx="438017" cy="271221"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="3" name="Image 3"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="7562850" cy="6326984"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:group w14:anchorId="0BE55CB5" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:275.6pt;width:595.5pt;height:524.25pt;z-index:15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-height-relative:margin" coordsize="75628,63271" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEA9KIu+GQCAAAeBwAADgAAAGRycy9lMm9Eb2MueG1s1FXJ&#10;btswEL0X6D8QvMfavKiC5VzcGAGCNkjbD6ApSiIiLiDp7e87pGTHtQOkCFqgPYgYasjhmzePw/nt&#10;XnRoy4zlSpY4GcUYMUlVxWVT4h/f725yjKwjsiKdkqzEB2bx7eLjh/lOFyxVreoqZhAEkbbY6RK3&#10;zukiiixtmSB2pDST4KyVEcTB1DRRZcgOoosuSuN4Gu2UqbRRlFkLf5e9Ey9C/Lpm1H2ta8sc6koM&#10;2FwYTRjXfowWc1I0huiW0wEGeQcKQbiEQ0+hlsQRtDH8KpTg1CirajeiSkSqrjllIQfIJokvslkZ&#10;tdEhl6bYNfpEE1B7wdO7w9Iv25XR3/Sj6dGD+aDoswVeop1uinO/nzcvi/e1EX4TJIH2gdHDiVG2&#10;d4jCz9lkmuYTIJ6Cbzqd5Gky7TmnLRTmah9tP7+6M0tnyThUKyJFf3CAd4KjOS3gGygC64qit6UE&#10;u9zGMDwEEb8VQxDzvNE3UE1NHF/zjrtDUCbUzYOS20dOPbt+Amw+GsSrEqcYSSLgQtwL0jCUelKO&#10;K/x6z//V9nXH9R3vOs+6twegIOcLObySay+1paIbwaTr745hHWBW0rZcW4xMwcSaAThzXyVQMri3&#10;DhBqw6Xri2adYY62/vwacDzB9fJASXFyBNAvOH0KdhDXhV6CNMYYgTAmeRxnSdKfcZTOOMvjZNYr&#10;B6qfpsF/Kj8ptLFuxZRA3gDQAAY4JwXZPtgB1nHJQGaPJEAEYD3hYPw3osl+FU32r4kGRP2XRQOd&#10;5K0mk6XTT/nYU/NHtRLaDTThEHZ4MHyXP5+Dff6sLX4CAAD//wMAUEsDBAoAAAAAAAAAIQC4XKrC&#10;8QsAAPELAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAAXAAAADkI&#10;BgAAALvWTLEAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAuRSURBVHic&#10;zZt7bFPXHce/9/pev66TOMY0duzE79jx414/4hCSrBCERkTDGhpIKEmhUF4DRAhKBAyVACpVCi1j&#10;WhU1iLIh0W3tkCZB0Vp1PDTatKtUBOtDgoiAtpahUWigQIFAzv7oEpUS+147uXf7SUfytc/j+/v4&#10;d84993dsOJ3OCzk5OTcAELlLJBIhixcvJoQQiJVly5b1mM3mK3Jr4jiOhEIh0tLSQl5++WVJ2sZS&#10;cO7cOd+8efN+rwRwjUZDAoGAZOg7duzokFsTRVHEYDAQr9dLmpubya5du2SFDkIITpw4MWXp0qV7&#10;lIDOcRzx+/1k4cKFkhzr6upab7VaL8mpiaZpwnEcCQQCZN68efIDJ4Sgt7d38qxZsw7l5+dfkxs6&#10;wzAkFAqRZ555RpJzra2tu71eb5/cka7VaklpaSlpbGyUDfpDFwMDA3lTp049rtFo7igR7X6/n7S0&#10;tEhybv369V16vf6W3JrUajVxu92kqalJFuiPvPHZZ5+FFi5c+FslgGu1WuL1esn8+fNFnbt48aJj&#10;165dbXJroiiK6HQ6YrfbSUNDw7hDH/XN48ePT33uuef20jT9QG4HdTod8Xg8ktbOvr4+79atWzc7&#10;nc4LckNnWZZ4PB4ye/bscYWe8oNTp07Fpk2bdtRkMl1VItr9fr+kaTw4OMisWbPmVy6Xq19uTSqV&#10;irjdblJfXz9u0EWdmzFjxjtKAAdAXC4XmTNnzpCY6Pv376u2bNnSqYQmmqZJQUHBuEGnkcYYhrlP&#10;URRJV2c87fLly/jkk08osXoqleoBTdNDSmgaGhrCN998g97eXsyaNWvsLL744os6sW9lypQpJ6BQ&#10;lGs0GuJ2uyVF09NPP/07tVp9VyltDoeDzJw5c0yRjg0bNpANGzak7WT//v0LSkpKzjIMM6iUc1Kh&#10;V1RUfJibm3tdKV02m21M0PHDztJVPH78+FQlchvDRaVSkeLiYkmOzZw584hSumiaJiaTaXyAr1u3&#10;Lm1HBw8ebKisrPxAKee0Wq1k6M8+++xvlNLFMAyxWCxZQX8EuBj0np6eZdXV1SeVdM7hcIg6d/To&#10;0WkNDQ0HDQbDt0pps9vtGUNHqs7SNXrrrbfmWq3WS0qu6UVFRaLO9ff3uyoqKj7kOO6mUroee+yx&#10;jKBnBZyQ7zOMbrf7vFKOsSxLbDabqK6+vj7vnDlz/qiULoZhSH5+vmToKYG3traKdnLgwIFmpbeM&#10;hYWFkpaXRYsW7VNKF03Tktf0lMClRvqePXuWlpeX/00p5yiKkhTpJ0+erK6trf1zXl7egFLarFar&#10;qC5R4FKgHzlyZKZer7+lRLJLqiZCCK5du5ZfVVX1Psuy95TSJba8SAK+YsWKtJ1cvXrVdOzYsRqe&#10;588o5RjLspKgnz59Wmhubj6glC6GYUheXl5KbZKAS4mqwcFBZt++fYtqamqO/b9Bf++996YvWLBg&#10;P0VRQ0ppS7V7yQi4GHRCCJTK4mWiaRi6ksBT6UqbLRzNlixZQjJtI7cpmdHMxFLpGveo2rFjR4dW&#10;q/0u276zKVKWl8OHD9fFYrFTSupSqVQP6coauBj0jo6OHUo+GI3m3Gilu7v750qmJn7MSjbghBCs&#10;Xr361xaL5V//K+dSlddff32x2+0+r1Kp7iuta0zA29vbRZ174YUXNikNXMrT6LvvvvtTpc5rh0tB&#10;QQGh/nuRlbW3twMAdu7cmfZYTKmbGsMwMJlMKC0txYkTJ0SP6rRa7Z27d+9qlNBmsVjg8/nAZNpw&#10;7dq1I683btwIk8n0fwGbZVnk5+ejpKQENTU1H4jVVzIIcnNz4fV6MWnSpL6Mt4U/NDHYtbW174yl&#10;f6lG0zSMRiPcbjcSiQQ6Ozur09XfvHnzNqV0GQwG+P1+RCIR7Ny5syTjCJdq5eXlH589e9YvV/8/&#10;NJPJhJKSEiQSCezevTttECxfvrzn0KFDP1NKl8/ngyAI6O7uHtElutivWrVqpFy5coVcuXIl7U2p&#10;qanpD0okjBiGIUajkVRWVpJVq1aJ3ijb2tp2ORyOi3LrAkDMZjOpqKggy5Yte0hXVhFuNptTRlFL&#10;S8uBN998symbfjMxhmGQl5cHp9MJQRDw6quvpo3sF1988Re7d+9eSwgRvZmOxVQqFTiOg9vtRigU&#10;Qk9Pz0PjZQw8HeyqqqoPent7K7MRmqkZDAY4HA6Ul5c/NF1T2aZNm7YroYvjOHi9XkQiEezdu/cR&#10;XSmBL1++fOT1888/DwAoKChI6djjjz/+188//zw0NrniRlEU8vLyUFJSglgsJgl2cXHxP+TWBQAT&#10;JkyAy+UCz/PgeX7UOpIjPB3slpaWAydPnvxJFhozsuHp6vV6IQgCXnvtNVHYNpvtq0uXLhXKqYui&#10;KBiNRrhcLoTDYfA8P7RmzRrVaHUlAU8HGwDeeOON5myEZmI0TSMnJwd2ux2CIGDPnj2isJXYa6tU&#10;Kuj1ejidToRCIUSj0YHW1tb8VPUfAr5kyZKR152dnQAAq9Wa1jG1Wn1vbJKlmV6vR1FRESZNmoRE&#10;IiFaX6fTfaeALHAcB6fTCZ7nIQgC0sEGRCJcDHZubu6NwcFBNhuhUo2iKOh0Oni9XkSjUcRise9W&#10;rFihT9fG5XJduHPnjlZOXQBgNBrhdDoRDocRDofR1tYmOutSAheDrcR0pWkaer0eDocDPM8jmUz2&#10;r1y50pOujdls/vrq1asT5NbFcRwcDgeCwSAEQbjd3t7OSWnLLFq0aORieBkRMyVgUxQFvV4Pq9WK&#10;eDyOZDL5bzHYSgZBUVERgsEgotHojfb29jyp7UeNcLvdnnZHko3QTE2j0cButyOZTCIej2P16tUF&#10;6ep3d3evVEIXx3EjN+5IJIKOjg7JsIFRgKeD3dbW9suPPvqoIhuhUo2iKDAMA7fbDUEQEI/Hv167&#10;du1EsXZK7JRyc3NRXFyMUCiEcDiMjRs3Zv7UevnyZTJc0uUhurq61sv9w/fhv+x5PB7S1NREXnnl&#10;FUkn8slk8mM5ddE0TfR6PQkGg2Tu3Llk+/btknSNVkYiPN1ee9u2bZs7Ozu3ZvxtZmgsy2LixIlI&#10;JpNIJBJYt26daATl5OR8e/PmTYNcmiiKglarhcViQWlpKXieRyQSeZB1h9euXfuL2LdSWFj4FWTO&#10;rqlUKuL1ekljYyN56aWXJEWQz+c7J/fP6ziOIz6fjzQ0NJAtW7aQt99+O+voJoRAtIIS/4ekKIp4&#10;PB7y1FNPSYatxMm7Xq8ngUCA1NfXk87OTnL48OExwRZNz6pUqgdDQ0NjOhUSM7VaDZPJNLzPRjwe&#10;vyHWhuf5v3/66acRuTTRNA21Wo3CwkL4/X5Eo1EIgoC6uroxp3ZTAlfqzC8/Px+VlZWIxWIoLy8n&#10;06ZNS7vNUkIXy7KYMGECQqEQBEEAz/Oor68flzz6qMBdLteF8ehczIYPD2KxGKqqqlBTU5N2NkWj&#10;0dNya9LpdLBarSOP6/F4HE8++eS4HVo8AryoqOifX375pX28BhjNaJqGzWZDOBxGWVkZKioqUFNT&#10;k9ap6urq98+cOSPIqUuj0YwsI+FwGIlEYlxhAz8CrtR0NRqNEAQBZWVliMfjN6ZPn552GfF4POf7&#10;+/vdcmmiKAosy8JsNo8c+vI8PzR79uxRc9pjGouQ7xkbDIabt27dkpSAGYtZLBaUlZWNLCMzZswQ&#10;z7AxzP0HDx6Mu/PDxrIsTCYT4vE4eJ5HPB5HY2OjLGefDAAkEonzSsAefiyOx+OYPHmyJNhyzzq1&#10;Wg2LxYJAIDCyjMydO1e2g2Z6/vz5hKIot9FolGsMMAwDq9WKYDCIZDKJZDJ5p7a2VtSpJ554gths&#10;NrCsPCl3hmFQUFAwsvVLJBIIhULvyzLY8JiCIICmady+fRsDAwOyDKJWq+Hz+RAIBBAMBlFXV6cT&#10;a3Po0KE/hUIh3Lt3D9evX8fg4OC4aqJpGhqNBg6HA4FAAD6fD+FwGMFgUNaz2f8AlL4vV0OyccEA&#10;AAAASUVORK5CYIJQSwMECgAAAAAAAAAhAPuROWoWLgIAFi4CABUAAABkcnMvbWVkaWEvaW1hZ2Uy&#10;LmpwZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggM&#10;CgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0U&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIA00D&#10;8wMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQD&#10;BQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygp&#10;KjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJma&#10;oqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/&#10;xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQID&#10;EQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RF&#10;RkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqy&#10;s7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/&#10;AO7FxEVxnmmSSRQIXbj0qpDED8x6mnXsaSxBSa+vJKTX/wBof5RxmrM7o0aDPNQiKONNqjn1qGT5&#10;22jrTAssq8YNCxfMD2qBF8thuOatCQEgUAOVVPtUMx+bC/nUksoUbemaqy3HkkADcTT2AsRD2zSy&#10;IWOemKjBKgMeM0rTgUgJI1+YCp5AqLjODUcMijDHpUF7KHYvuwopXEOGEGTzUCg+bvYhFHrWZeeK&#10;7W2iO0hmU8iuH+JHim91OC2h05zAzkAkVx1cVSopuUiJTjBXbOy1i4macsJAYR6Gov8AhIIDYvHD&#10;IGcDmuf0/RtSsPDwa4nM8rr0rL0nSrpXkVwylz3rwa2eUYL93qcE8dTitGRLqcyamz7+/So9SvLj&#10;xBdrDEpyvfFddpfhGFW8yX5ia2LTRrOxlZ0jG71r52tndSbdjz55g5fCjitM8F3El0ks75A6itdf&#10;A2mzarFM6cg811NtlNzkfLUcoVZFdecmvHeMqSd7nG8TUl1LHibwZo8GgNJHHiRk4NfL3iL4c30V&#10;/Pe2qknJI4r648SRrN4WjZDlsdBXAafbq6gMobJwciu3D42pR13Oilip03c+e/CHxC13wfqBiv0b&#10;ys4HFfQfhDxlY+ILQTSSqhIzhjiqfi7w94ctYU+2xJ50nTjvXnfijwNqUdsk+iu0MPXA44r6zA5s&#10;p+7LQ9mjiVV30Z9D2FzDPATGQy+opgsopWLyciuS+FX2qHQBHeEvKByTXYcFSDxX1MZcyudxXknS&#10;M7IxxVeeUKu3PJ7VOlviQntSSWqhtzc1e4zNKhTxwTT9p24A5NWViEjnA5qQoEIOOaBlFYDAmT1P&#10;apYF2jOetSeX57kngU+KENlV5NFh+ZG5AFRDIYnpVxLf5vm7U24iDH5RgUrFoqO6hskZquCHY54F&#10;PuVIHFV0YMCufmoGV9RhkkAbdhF5rPufGcVlGEJHy8VsXSE2jZ6YrxPxncNbapy5CE/dzWbYrno6&#10;eOJLlSyEBR3qpP4qjvD++cMF6V5Vfajc2kSnzDGj9B61Wj1lgoDMc1LYj18+NWjwqN8opR4x8xh8&#10;4rzm0knubfzEUlPWrCQywr5kmQDU3A9KtvGTWzhg4IrZg+I251y4AryNLnKjnirMMgYHmobuI9ws&#10;PiVAAAzg4rYs/iLaO4BcAfWvn2OfbkAkfjVmG9eP+I/WncD6h0bxLb38m1WBFbKujsdo4rwz4eaj&#10;IZBuYkV7HpE3n4weKtDSuWZrdVbd0qnIR5nyjj1rT1GBpodkf3j3FRwaYUtNr8v61VytjML4NWrN&#10;s8dM0htQobPUVQsNQmubp4miKIp4aqGdOAjRBTzTBEI2AQYFU7afEgBOa1FIftxUMlk0EMaRnj5j&#10;UUkW3GKmB2jGDQ3IwRUCsRnjFLLEsiYpgUpnd+FNM232oEYusL9lGVGR3r5u+PHijyg0KSAcYIr6&#10;S8T3CQaVNLkZCmvhD4y6++oa5MoJADGuygrs5K8+WJwl3dNJIzP3r0X4KWiSX7ykdK8jmlcY3txm&#10;vcPg5aeTaedjgjrX0uChzVkfC57X9ng5eZ6dFK41DI+6K7DT5/PUVxAl2yk10mjXwQDPNfQVYW1R&#10;+aUat7JnUwR9xXSaMzEAGuftJVkiDL1ra0iTZICx4rx612rHu4d+8dYsG6IGkt7UByX6VZtZFkiG&#10;PSpWQMMYryJSsz34wurmNcW3nXY2D5c10A0iM2WyVCysKjs7QvMoVc810zxZgCbecV5GOq7QPqsn&#10;w6V6zPnX4k/BK214Sz2kZWXrXzD4w+FepaLcvG0TMQeBiv0Xa1VX5WuW1/wLZavP5rwqzfSvHlHm&#10;Pp3G5+d8Pwx1m7GVs3GfalHwq1KwV5r2No1HTIr9AI/BtnZlQLdAB7Vx/wAUfAh1rT/LtIApx/CK&#10;XsyXGx8RRaQkUwLchTXQwyfawsES4xXoF18FdWLOqwNxz0rPi+Fet6a5cW77h7VnZoizKugWqwfu&#10;2TLVqy6e6NlVIBpbHw1qlpLumgYH6V1VrbSyxoskByO+KhitqV9A0PMBmfhqlubbMhAFbZX7PAEH&#10;GaXT9LkuLqP5cgmkOx6P+z5oUsWoNM0ZCnkE19FXNmJ49tc18LvD8en6JFIIwGI9K7KYgDjii5tH&#10;YzVgSxhIZsk1kXEmWPpV+8zLKATWXdSoX8tTlhW8SyAgPJx0qG5GyrcagVnarPsO0da2Q/Iz55iX&#10;IzXHeL/Adn4qgZZR85711DHLmmEEkGtbEnzzrvwGaLeluCVrlj8F9WttwS3Zl9cV9c21oZl5GR71&#10;dUQx2E0PlK0pGAcUXQHxfF8NNStGYvbtx7VTudFvoHKGBxj2r7L07RIBA4uIldye4qP/AIQnSLuQ&#10;s1sue5xUhY+ME0q880eXC4b6V1fhHwVrVxrVtcC3YIGBJxX1XF8P9Bhbf9kXd9K0bfTbOx4ggRB9&#10;KQFfSfMTS7eKXhlUA1NIAo61PI6CMnpXP3mq+WzKGzWkYthYtX99HDFhTlq5i9uGnJ3dKfPcGVsk&#10;8VUknVm2jmulRsUiFAFfGalmYxJleTS4UHpT4sSSc9K1KPL/AB78VZfB5YlK8vuf2oH87JXAFaX7&#10;Sx2hgidu1fJ1zdqZWDZ4PSuunSUldnl1q8oytFn0+37VgUgYq9bftVQeWS2MmvkeZklB21BvCcEn&#10;8639hA5frNQ+xdO/aitmuC0rACt61/aW0m6l+eRR+NfD8Zyc7yB9asgCNgRIfzqXh49C1iJLc++t&#10;I+PegyyhmuFUfWqmr/FDQ9V1RZEuFxnrmviG1u3QgiVsfWuj0+4k8vd5rA/WsJULG0cS3ufcWn+O&#10;dGljQLdIT9a2LPXdNu2+S4Qn618L2mq38LEx3Dj8a3tH8X6tZTqxuXwD61m6RvHEH2wWDLlCCPao&#10;d24V4z4C+LzAJBeHIPG417BY6taavAJLd1OfSsJRsd0aikiYYPGcU4AAetOii5xjJrkfiF8QbHwF&#10;ZGa6kVWxwuaxdkXc6GeaJW+eVY8f3jinNZ22pwFXIkQ9wa+Hvij8Z/FPjDXILXQfNhWRsKVzzX1R&#10;8FLLWrHwlB/bjM1yVBO6pUlJ2Fe4/wARfCrR7tJZY7cmbqDXjutfBu51NZw9s21SQvFfUSFSpzSq&#10;YpEK+Wv5USpxmtRqTjqj4F8XfCe+0ErJbKzMDyoHSsYrdWEStcRlAPav0Au/CWk36OJoFZmHcV5B&#10;4h+DUd5rjDyAbUnoBXh4jKoVXe9j3sFnFbCaLVHzPFexzoCDj61MGBXg5r2Pxh+zzM8THTUK8ZwB&#10;Xj+teF9R8JzGGdGZh14r52vl1ajfS6PtsJnmHxFlJ2YgPFIy5qgmqx+aEf5X9CKvrIrLnrXl2cdz&#10;6GM4VFeLuOVAPc1YhXzGAxUAI4NXbSWND8xGaaM6kFIhnkkjlZVUkCitDKNyOfeitLnC8PrufbQQ&#10;HAA4FVL9fs4DHoatK5QEetU7qGS8YKTwOlfq70Pw65Cil2BqIgJNVr7M6YGelV7xNhGOtQkMk2Bz&#10;nNNIMZz1FQxsykelWJJN6YH3qoAnxKAx4qEyICMAE1g+JfES+HrZp7hgqgdK8un+Lt3Per9jjZ42&#10;OOK56teNJXkwvZXZ7RdXvlMDIwAHasy48QWwlCrICfasLTDea3arNcMV3D7tW7LwxFFPulJJJ4zX&#10;gYnPcPR0hqzzquNp09ncTWvEdwm1YAQD3q9YPdX1jgsSzir/APYkDJ8y5AqS3eOyI2Doa+Zr5/Xq&#10;XVPRHm1MwnLSOhzeqeDp4oSdpBY5zTodCgkhiEy7pE6Guu1G+nvolBA24qjFZEHd1r5+ri6tX4me&#10;dOvOejYkUMmxRnKjoDTpLZWYEqAfWri8oAB81VtUjc2apD/rSea47mFia2YBCBziopmwCB941fur&#10;eCw0WEo4e5YfMBWbBGSyvIdv1p3Gl0GQrN5ZR+Aae0ZSL7vTqaewn1DU47eBSwP8Qrt7bwNK9qEf&#10;ksOTTclHc3jSkzL0y2Gq6M8SHe2OlcdBoV7FftbiJgd3HFe7eA/B9vpbMH5J9araxp0dv4gBijXk&#10;+lCxHRHUqWmp47f/AAwOualbG9yShB21X+K1jN4Z0+1tLGLggA17h4htF0pYrsr83tXiHxz1+dYr&#10;SaFd2SK7MLWcqsWzropKSG+EIpLXTozNw7DJrc3ZJrE8LtLfabBLLwSvSujWIAD1r9fwj5qUWz3Y&#10;u9rgI/kB7moXh4O6rjRnaKjkQBcmuwtFJY8dBUJJEhBGatggoSvaoyuSGoGivLmLHHWpoovJTcvU&#10;0l0fKAbbup8Uvm7T0oKQ0hgeTTmGUIHJqSRN3NVncxk80FopzRkEiqJt/LfcDzWjMxdc1RuG8tN4&#10;5PpUsokmib7IzEZGK8C+IyGTUTJjAU5r6JitpJ9IeXHGOlfN/wAT742+pPHjHNZsls526vzerGJv&#10;up0xVaaZJHGBgVny3DhM1AbwRjJ61DJudhaeIJbWz8hPu1eh1iS5jVJX4FcQmo8ZNSwX8hbK5x7V&#10;LGd9E29cDpViGco23tXK6drLggNW9b3QlwwqBbmskozU0cuTis3ze9W7N/NIoA9N+Hn3wK9y8Pwh&#10;Ys14f8Pl2yKTXuvh4BovbFWmUjZT5AKkyHGKiz85XHApc4PWncZFcWqscqKyr1DbKxwFHc1vxyLj&#10;nk1zHxAuGstIllQ44NNMGYl141sdJc+ZKuR2zU1r8YNIAC+YpP1r5W8W+Ibq6v5sSNjJ71yf9uzw&#10;z/6xgfXNDZDPt2X4u6WAMMtQyfGTTUXggmvkG18RSTYUyn860Pt8u0EOSPrUXFc+lb7422svyoAD&#10;S6Z8SBq0gRTivnCCZnG7dzXT+G9RlspVfkKKEwvoe2eM/ESRaPIrPyy9M18Y/Ey0Mt/LOvQnNex+&#10;LvGTXv7stwK4TU9Nj1e2bcMmvQovlep5Vd82h4lKDOUj75r6K+Glk9l4ciLDqK8qsPCJm8QRx7cx&#10;7q950+2Fhp8Vso4C19jlkb3mfmfE9e0YUPmTKMnNadnN5fArjdV8XWnh+4xdyBV9DWPqPxm07T4T&#10;cRDzUH92u+ti6NJ2nKx8zhMsxeKSdCDZ75oN4ksYXvXQwAhlNfPXhj45WN2YnCFC5HBr23RPFNpd&#10;2scruF3DPNeFXxuHTupo+rw+S5hy2dJ6Hpmiv5kAzxWxFFuNc34Zv1vSoiO5fausSPDqAK8idSL1&#10;iz1o4epT92orM09HtAj7sVp3EZwcdai00bR0q8y78185Wm51G2fcYOmqdFRRgTKUc5pmOK0L23IO&#10;cVVW2YnpxUJncY15bvJOCD8o7UvlAkBlBA9q1ZLQ5OFpgtCOSMVYzKmtIcZ8lc/Sq39mW05w0Cfl&#10;WzcQgA5qsIynIGakGUJPBmmSxl5bdcfSl0fwFpGqM6LbKMd8V0kcDXenMu3BIrP8JxX9nqMiOuIs&#10;8GsJNNiOW1n4LW9w7GEhai0r4PyWcyEuDg16vMjhjg1YsoHkkDE8CsWxcqJtB086ZpawnqBikuZg&#10;MjvWlKdkX4VjzR87j1oWrKMq+dmPynBrMhtQs7OTljWleKWHFQpGETnrXUtEBExERyawNXfzJht4&#10;Fa92+T71j3SNJKOK2iMphOSTVi3tvMbnpV6100SjBq79jWGLHeqbArxIIlwBUZTa5IHWpgM8Zpyx&#10;7uM9Km4EAXLelPTMbbQvB71YW3UkdqxPEvjC28MqFnAx60hGzzkiq09ysOSeDXO2XxR0W/j4uY0b&#10;3NQ3GsQak+YJ1cH0NVF3dgvcs6lrWSUUcVguxdyxPJq1PaSK2SuQe9V2jYHkcV3RskUMkyyFemai&#10;iijhiw3L+tTkFjjvTZYRj3pjtcg8zK81JDwcgYprAY9adCwzjpVLYW2x5d8U9EtdaZlmUEEV8+6r&#10;8FbW5uWkiIVT2r6G+Ilx/pxjHSuIZD619zgsNTqUIuSPxXN8zxFDHVFSlY8Uf4JubjarfLUk3wDa&#10;UArIBXs+wA+9OZ2TgE12fUKPY8d59jv5jwC/+A19E2Y5cqPSslfhDqMkxjVySK+lhIdhz3qtBYrF&#10;cGUAZNZyy+k9johxLjIq0rM8Bsvg1qyzgMTtrbj+HV/azLEVJr3iGbcw+UCqV9cCK7VggrCpltLl&#10;umdNDiXFzmoySPGp/Cd5YEkxnAqoi7Xw/DDtXtsIjvmcSICDXF+OvCkVjA1xCvJ9K8ytgXCPNA+l&#10;wWe+1qqlVVmzmrS+WJAFOD616l8KvFk8epR2xclCccmvnyW+ktZyC+cGu2+F/iJh4lt0Y4G4V4dS&#10;Oh9vTqXaPsLxLr0GgaM907BG2ZBP0r5Z1jw5q/xs8ThWlZrCN+oPGM13Px68UTX1jYaZZsS0uFbb&#10;Xo/wb8GDwv4XjZ1BmlUEk9ea8uS5nY9RO5m6B8EdG0gWUggRri3A+YjuK769m2RqoARVGOOKzdX1&#10;YeH4Zbi5kCqOQCa8a1X4s6h4q1N9O0yNgc4DijSOxZ7R/a9tDkSzKn41bsNStLrIhlVz9a8ZtPh/&#10;4lvLaWa7uSflyBmuT8DaD41j8YuzSyJp8T4IY9RRzu+wXPpwkBsmllmBABUZ9ap28jPCm45cDn60&#10;9Qwbc549K2tcNi4siwpjAOfWvPPF/wAO7bxBqKO8CkMeTiu7cAkMPwpXmOAOM1MoJqzDbU+fPij+&#10;zlaJYC40xNtxjPy18/al4b1bwu7JPE8hB9K/QNI/tORIdy+9YeqfDnSdYlLTQISfUV5GIy2lW6WP&#10;Ywma4jCP3XdHwlbaoshCyDY/oakkikmmVlb5a+gviT+zdEXku9NwhHO0V4Vc6Ff6FqotLhGIDYJx&#10;Xy+Iy6pQd1qj7vBZzRxdoS0kWYUfy1wCRRXreh+H9EbSbUzOolKZYH1org9lLsfQpw7n0I0m7AHS&#10;ovNKvweahWViOKYOXHPPev1Zo/nu5ZaVpGHNMu0VCpJzUsYQMAe9Q6viFk96ktMQ7cYqndhre3lm&#10;U8oM4NWlOY9xqpMv2mN1Y/KeCKl7DbPAfFGu6h491OexUMkcTEE9jWRZ6zbeEXFtJAJXQ8tivS9T&#10;0uDTdXZbdAnmH5jXFeKrXT7S5YSBWdu5r5zMI3jqZzXNGzPQfA3j7TtXiSNmWN+ymu+2JcMjKRjt&#10;ivkG6S50y7F1p8hABzgGvbPhj8Qjfadi+fbInHzV8LjMHyr2lPY+fxOFcffhseq3MvkrtPGaijtl&#10;Zd341htr0euOEhkX5T61rx3UdvDhpAzgdAa8Vq2jPLknHdF9ADEc9qq290wdk2E+9WNOhl1e2leB&#10;ThQeKg8DWmo32pXUNzAVRchSRWbkkXGnKY8S+QjM/wAvfmorG4e9ZzGpbFddZeB5tSu2juvljzxi&#10;us07wRY6Ku1VDe9YurFI6I0O7PItP0q8u7qQFHJJ4z0rsbDwHNJaqbs4B9K7q3sLaJyUhAPrirh+&#10;ZQD09KwlWbN1CK2RhaX4UtNLRXjXL+prZt2POe1TMVjQluFAqpaXqXcrhFIA6ms/aN7mht6Exdpf&#10;UCsrUYiJ2kbhg3erFldPbO2wdeKq68ZEtQ7DkntRzDIdbc6jZxo/IxXjnxJ0sExKyb0U9K9gXMtt&#10;GfbmvG/ixq1zpt8m2IvGTzgV34R3qJGtP4iXQ9os41A2gDpWvEgY8Vg+G7n+0IEkC7ARyDXSxIsY&#10;JFfuGD/gx9D3I7CSNsGDUMib069akZfN5yKY3HFd/U0RB5SIpAPWqzShTtxV4RDqTxUE6xBsjrTY&#10;7kLOCACMimyKIQGHelUqXyegqvcXBmkwnQVJSHvOzADpUToH60rEkfSot+ZB6UmWyRoSY/lHFQpb&#10;rnkZpt/cXKOqQrlD1NW7aMuF3fepMEW4d4tXjUfKR0r5i+MlkItbbPGTmvrO0th9nPHavln9oVRH&#10;q/y8HNRITPLmf5cCnWdgt5uLHpVKOfMe3vU8U8kKdcA1kAktuInIBp9q5gPsajJ3HcTk01nLe1IZ&#10;f+1ENkVpWWtvEQueKxVKpHnPNQrcg5PSpFY9Dsr9ZkHI5rXtcoQRXnGmaqVcDNdjouqiVwrkYpCP&#10;Z/ADk7a958MKfs45rwv4axpMqknivdfDi7EAB4AqtkUjbZMUxlxyasYDdaNo6Gmu4FeM81wHxa1L&#10;yNJkQtgYNeirGM+1eK/Hu5MNptU4yKm4M+fLyJLu5kI7k1hatpIijJHJ9quxTyCZgnJz1qcsLlvL&#10;Jy9TczOGE8ttMBggZrp9P1DzYQucmpNU0IOhIUbqxbeNrGbDZxmi4HV213tYA9K3TqLLa/LgcVy9&#10;uUlQMDWhYl7lWGcBaFqTLREeoK86+YxqGy1yOKQWzoTnjNW548qRnpVa0tFe8jxHuYt1r0Yaqx5N&#10;WVm2eheHPBkNxB9tVfmxnpVuRGinKntXoHg7TETQowRgstc94j0ryLo7R1NfbZfNU6agz8izmLxF&#10;eVVPRHzd8e9Gl1FoktHbzmIHy1V8MeFrbw5pdtFq8DzmXHUZr0/VoLL/AISCJbpNxzxkV3v/AAjm&#10;nataxGSFSABtyK/NOI8S1jXCOx/Tvhpkca2UrFTtzdLo5bw18OfDup20M8IEZXBC131v4Vt5Fjji&#10;uAm3gDNYeq6RH4e0maW0YiQKdq1hfD3QvFni+5kdWdFVjg9q+S9pL4uY/WsbSw1FKlOkm32R9HeB&#10;NOOmqiCQOMetegJG24NXj/g7w34l0m/QXRLRL1r13T5JJsK4K49a6oYmpFe7M/PcbgMLVn79I07f&#10;UjbMN6/LWimsWxXcxAArMnhKIPl3A9xWFq86wJ5e1hu7itI4ufXU8ieVUpfBoQ+MviFHp4IgG7Hp&#10;Xn03xpuVyFXmuk1fw9HdWLuRk4zzXl+oaLHFMyhec13wq8yumfOV6M8PLkkdTH8Zbw9Vq5afF+eR&#10;wHFcB/Z4QfdGadp9l5kxytbcz6HLdnuXh7xOniAYA+auktbbMmCM1538MLbyrxsjivXbO2Bbdjmm&#10;paGkS9ptkCgyuBVtbBVYsFAq/ZwYgzio5DsyBXM5alGb5O98VpW9oIowaitoS0uSK0SvyVFwKdzy&#10;vNZN3wuBWtMu4Gs66CgYq4SGZLx7zxVa4xHnNagg25zWdfR7iRjNdSYjFvJBgnoPWobCAXJYhw/0&#10;q/e6W1xZSxpw7DisvwN4bu9DNwb2QvvJK5ra6BGpHEY+nBpk0hxUtySJDjpUYiLnpxRcZXCYBIPW&#10;iMMHGPxqyY+OnApEYDgdqdwJEi5DHpXzB+0142ewnNrGcH1FfS+oagkNpIQwyFr4d/aDupNT8QSF&#10;jkA0nqiGeRS+KtWSR2iuXUdsGr+lfGzxHoLAJOz49TWI6FW2kdKy72DY5JFZXtsRc9Zg/aq19Aqz&#10;HIFdHon7Uc9/dRQyLyTg183TgM/3a0tChRNRgbGPmFWqkk9xuVj9BvC2vDW9KjuwOWGa0mkLc1yn&#10;wtaN/CVvtwTtFdSy7fc16cHdXNU9BCaaXEe4/wAqSRsdKhnyIWI9K1Su0KUrRcjzLxvJ518TXLA4&#10;zW34suHbUGUjvWKFxX6RhFy0Yo/nPNZupjKkvMQH2o255p4AApv0Fdp44m3OQOKeqnj2o2fMKmWM&#10;/h70mxpAikMDVe8izJlhx61oRxgkVBqu0RZrGo/caOjDxtVTKlhtMhC1B4jCXOlzowyQpxT9P9RS&#10;alak2Fy3UlTXPvFo9SL5aqfZnzLfgxapcKTnDHFbnga4MPiCKTO0KetY2sxGHWbjd13Gp9Of7O24&#10;Ha3Y18XWjbmR+0UZXjGS7I+hfBEcXjXxkkUw8wREYJ5r3jxBqH/CN6XuVgkcS8ZrxL9mfR5JNRe8&#10;kIbPeuv+P99cNYpZ25bLnB214lz3o7XOJ1HU9Y+KmrNb2hYWyHDEdDXpvgb4bWPhuISPEDcd2Iqx&#10;8IfDUXhvwzFMUHnyrkkjmuwY+Y47ZpqPVmgxU2qQThfSmNFAoPlxhc9SB1qW8jCKOfwoEalBitCi&#10;i2Y2AUU+QtwDxVqOIZye1QT5aQccUCvcbuIxzRKRtyaSRcAY602VSYxmmAkF15eSTkU9dQ35xxVK&#10;VNq5BpqKcZPFJiNLzPP+VzlfQ1x+vfDTStXuzcNEN59q6Pf5R68Gpo28xgBWM4KSszWEnCXNF2Z5&#10;jcfB6IzPsdgmeAKK9fWJNoyRmiuF4Gmews0xCVrnKR3HDU1bhd2M80yTZAzKTzUETKz8HmvdtfU+&#10;PvqacMoLAk8Cq2tTy3U8XljKL1piy7FwalEgCA9BUtFqVyYSoIgCecc1VeQE5XpTnUEZ7GmOixrw&#10;c5rNou6OE8dgW0qzqcYrxPx1cySyCYk7TXuHxBjV7bk4968C8b3BCJEORnrXgZgvdC1zM07USGwT&#10;uX0NXk1Z4nKwkxhvSsS2XyQvuKsJIvmAk96+daJcUesfDqO7S7jmklby2POTXvnhvwFDq94lzHcG&#10;TI5WvAPAGtRu0MDkBcjJr6q+HawWduksTbgRXy2ZNwldHl4iKUr2On0jwvbaJCQqjnqK0IrWBfmh&#10;hVG7kCpDKbgn0p4UQ4CnNfNybe5y2C3DK+WGDT3kYyfN0oL4OTSb1mao1AguWaORRGM5qwqeWoZ+&#10;Kj58zJ4Ap88okULnrSARpI50K54pYkjhUpGgBbvUXlJCBtPJp8bYlFAyXaUUKBzUssYuoQjfMR2N&#10;MVt0+P4amhOJPak2IoCNYPkPAFcB480hr19whEij1r0C/IecKhznrXFfEPxLb+GIEE+SZOBgV0UO&#10;Z1EolR3OM0+H7NhANnsK1g2RycVm2E66gyzr9xuRWmUB6HNfvGXt/Vad97Hvw2Q3yyh3Z4peSKfI&#10;MxY70qcR+9emjQY5XZ15qk8WATnNW5YyPxqpI5IKgVQ0VYycnutG6IN8pqeREhhwDljVVbcZz60i&#10;0E3PToahdSqfLyae25m29AKVMg+1I0JrPc6Ydfm7Vq21jhQxHNUrCJnbe3ArfhTKj0pDJrWDdGV9&#10;q+W/2jtMkh1MyAcV9WWqkOB29a+eP2k7ZVkLnpis5CZ812zRBSZThhU9hdQSysLhsIOlZUziSQgd&#10;M0eVuHPashI1J5YhIRE2Rmo2kyMiqMP7tuQcetTh92QKllIleTcuKrvlBn1qQ54A5pzwOyZxgVNx&#10;uOg2wkmaTkYFdBYXzQSLzWBHcCDgkD8a0dPlS6kAVgT7Ggmx9GfCfUTPEmG6V9HeFbqN7cAHLV8u&#10;/CFjCVTHNfRPhW4NuckVaV0J+R3gG7mlBUn5jVSO/RhxUq4l5BqVuK7JFyu4np2rwj44BrjIPQV7&#10;xgsCvXivDvjhG0CkrznrSY7nz3JE1s7FR1rOG6GcyZ+Ymtlz5jHPFZ15b7TuzxWbIZNDfBjhzyag&#10;v9NW6+ZBVVfmkBrTW42pjpSEZ9jAbabDH5fStnYVXMfAPpVaKFJDljzWzZWRnjIHSqg/eM5vQzog&#10;cYPJrf8ABuli91ZNwBUGsqWyeGQ5Bx9K7/4caR504kBr2cOuaaR89jZ8lGTZ6lp7Lb26RKMACodW&#10;0b+0F3IMsKsC38lgKv2bjle9fSqTi9D875FNWl1Pn/XNKePxYqzoNoPWu8tERIECfdApni3w5LPr&#10;omUcZqeCHyI9h6gV+SZvN1MZNs/tjgWlGlklJR2OT8aS3l9qNpaWYyrMA1fQfgbSl8O6BAiIqzOo&#10;LECvIdM0Sa/1+GRR8qsDXuSHy7WFD1CgV81Xk7pH0Fb3q8mbuj326YCT5ga6gW8VwV2KAD1NcFaX&#10;IiuFFdtpd0DGB3qaUuh4GYUb2kkbqw28caoAGqjqOnWsqZaIEip4+DuPWsnxFqzWtuwjG6THSuqN&#10;27I+dmlCN2czqc0Ks0OMDpiuF1vRMyl0HWrs2sXNzfkSREHPpWwumz38QIU5+le7Si4RPhsfWVap&#10;c8+n0KVxkDFJY6W9vON44Nejr4WnaPlSD9KzpvDM4lAKnrXTfQ8mxu+AdKxJ5gFelWluIuW4Fc14&#10;K0uSCIBsiu3gsvNXaxxSctCki/bqDACvSoZAp471aijEEW3PSqzDL1jcYW8QBI70ya/hgnELH5z0&#10;FW4YQPmzzVabQEurxbhjgrzSuLcbOvljJ6GuR8R6g0B+Suw1P5RheQK4DxLIcnIrSLB7GNq3xATS&#10;oAJfvVUsPHInXzpB+6rkPFOmzavKqopwDU8GmiDTVgY/NirUmRc9N0jxBbavjyTk1avWbOM1x3gK&#10;0FpMRnrXbTwmV+K3jK6uWnoZ8qGOB3YcYri2vdcm1FltY90APWvRLmwMtmyeoqrpNj9hDZx+Nc+J&#10;rulC8dz1Mvw8cTU5ZbHPnUZtNtDLfLtxXL3/AMUtNAeONxuHHFdv4nsI9XtngZsAjHFeUal8IoU8&#10;2SFyznkCvMWYSvqz66nklGfxLQg1Txv9ugdIGOWHFfPHxA8K6rqWovcupMZOc17FZ+DtXtb11eEi&#10;MHg1W8QWc8SMl2hWIDriutY+T0di6nDuFlC8W7nzHfeGZYssR061zOo268q3avf9R07Rpg8Xn4Zu&#10;Oa8z8T+Bm8xjZt5g6gV1xrxlufL4rJcRQ96Ebr7zzSa1Uc0y3DxXMZHGDWpc6ZPbSmKdCjD1qkYz&#10;FKu4HANdC1Pn2mm1JWPsz4G6mLnwzDHnLBa9Ikbk5rx39n24V9JUD0r1+VxzXrU9YmkRm4P0qO6l&#10;WG2dm7CnRjaTmq2qDfaSD2rphrJCq/w5eh5P4ikF1qLOOgNZxQZ4rR1WArdOB0zVYW5Aya/RqDSp&#10;xsfztjot4ifqQCItk0qWrbueBVxIQBnNL29635zy3AgaECjAAFTMuBzUe3JpcxaQ+NeQaj1lV+yn&#10;1qeMbTzVfWsmDjpWU/hZvRX7xGdpkJCZq+8Hnwuh/iGKisVCwA55q7AMuAamOx0VPibPm34j6MNM&#10;19j/AHjmuav5vKtAQcGvRfjXbeVrKtXmt9sltlUnqa+QxUeWpJH69llR1MLTk+x9Vfs3O9h4Xe/Z&#10;tyqua2bTxAvjbxoYHQPCjY5rkfhvr9t4W+FsrOwJZDgVvfAGwGt3F1qzAqNxIzXz9tbH1VN3R7Yk&#10;C2kawoMIo4AoQfOKdKwZyRSKed1a20Ogiu4/Ncc1IjfKF9KZIwL+9OGFOaEmA48HnvTXTih5ATTy&#10;BsDUD3KxiOOajnhZk45q0x3Yx0pzLtUGiwjHaCRTyOKjlnVCF71qORKStZ09hmTcaGIreaxb5uRU&#10;jXTRDK0jQlvujpUR+cgHoKVh3JBdykfexRS7FHAPFFFhcxlanAWnc5xg1SgnWM4HJrTvbaRbmZ25&#10;Vs4rnrjNu2QOc1vSkpRseZWXLK5uxkMMkVLG0ZyGP4Vji9JQFTzVyzkVhuk/OqaIiy15qyMUU0yf&#10;5Y+etOQQBtyNk0SIJl6/hWbNV3OC+J1pNceHpJIM+YPSvnHXxcrZIZwd+7vX1zrNn9qsXi25GK+Y&#10;/ivZta3YjTCgHoK8PMI+5c0RyiuWhXnnFWLfYV+Y4PrVCGQhVBq5bqlxKEY7FPevmWNm7pV9Jpzq&#10;6t8uetfY3wQ1NdY8NxlDvcYya+J54jHG0Ucm5fWvrv8AZgkNt4dERGWPevAzaCdHm6o4MTH3bnvk&#10;eYIRxzUUMbySFs8VOZA6etM8/YOOK+MbuecSEhuOtNiwoPBzVS8vTZ20ksa73AJA9awvDviTUtUu&#10;JVuLJoYweGIoEdNK4yOcUMysOKm062W9nxKwRB3JqrqrR2t0UiYMnqDSGAfcwJPFSJwCc1QiuFLY&#10;zzVsMCooEWYHIJHWp4yd7KeKqI+1TjrVjT2wzPJz6UgKJt2aSTDfjXF+OLKLUbZku4PN2fdZq7mR&#10;ttySPuk9K89+N8tzD4ceayJQqMkit6F3UikVDWSRz+iQLBCUB+QdB6VqwOq5HWvPPhdrcuraRKZn&#10;LSKcHNdrBPuGB1r94wDvh4eh70HpYvMdze1DMAMd6rC5UNtz81DH5w2c16pZK/QfNULssQJIyaHu&#10;g2F71BNlsd6o0QiYkySKikfbJxSSyGMYAqKMGU5pFIHbe57VLBFl8HpUbR+W2TWhp1mZZBI3C1JZ&#10;fsLPzGHOBWwY1iXAqhbENdBY/uDqa0Lgdh09aBsZbTOZtoHHrXjP7QuktfaZI0aF3weleuxziOXG&#10;6qeuabb6lBtlQSA+tS0CPzzm0+5t7hhJEygH0pr3IjITbX2xqnwb0rUIy/2dQW9BXm/i79m7zYJJ&#10;rJcMOQoFZNAeAGWI2GNo3+tVLfkY6Vsa74VvfDl21tcxspBwMiuU1+O/t5I0hjZVY9RXJUmqauze&#10;nTcnZI6FbV408woSO2BXZ+FPAl940tSLWBge3FbnwesLZrWA67b/ALjjLsK+tfBukaFDYpNokUYT&#10;HJAr53FZjKL5YI+3y7IPrCVSs7LsfKVt+y5q18CZ2aNuwrm/E3wB1z4ezx3S754ieQOcV97yDayl&#10;gM+1Q6lp1rqtsYruJZVx0IrzoZjVjK71PbrcNYWpG0NGfLnwmnjE0aSfu5O+7ivonTI0jgBRlfI7&#10;HNcH4t+EuIprnRx5E2DgL61h/Db/AISjwrLONaDyQZO1m9K+swuPpYhJXsz8/wAflWIwM3zK8e57&#10;WknlLknB9K0rG43rndXFab4ktdZkKxSAuOq5rcina3AC16TSex452OnbCrb25PSvGvjnA0EDMRkN&#10;0r06yvsbdxxXDfGye2m0nDEbsVm0Sz5iEBMjH3qpq8D/AGcbOua3EEeWwcmkktuMkZFYXIMuPSxH&#10;YI7LhiKoSxkEj0rflkeRNh4A7VXeyDp05NIm5l2eGOCa6LSLrZcIvascac0JLCpbCQ/aQOlVF6mc&#10;9UemHQ4dTtAY1BcjtXY+B9AbTLcllwa4/wAD3bLfRxu2VPFe+WWjJcWSNEo5HavYwsuWpdnzGYxc&#10;qLijnJIyecU22G2cMe1bVxpEkXVaoXFsYEZsYx3r3vaK10fHxpNNJmTdWjXurbhyvpWBq9sbe7Zc&#10;YFdH4cDT6yzltyZ6VY8W6R5sxeNcfSvyfMXz4mckf2DwfV+r5dSoz6owPCsYuL8eW+Cp5FemDJVc&#10;9RXC+D9INpemQ8ZNd8cAjjNfN1WnLQ+pb5pNixRhpA3TFbun3xjYDPFYqEAVYhlx0rOO5hVipRsz&#10;ubbUVeLJIFZF7LBd3ow4Y9xXP6lqclpYSMpxkVneBbo3cssk0m9s8c16+Dpe3lr0Pg86qfUoe71O&#10;2GhWjv5hiXd9K6HRdPtwcCMVmW7grz1rQsJTDKCOlfRuKirI/OJScm5M3DpkOf8AVjB7UyTQrcnP&#10;lg/hWjaSLcRg1Z2heozXPexG5kx2CWy/IMYqWHcx4OKvSqGHAxVUqU6UrjJCx28nFRKcP7U1iT1N&#10;IiMxHHFJgaEK5watMMrUdtwBxU0kixJljgVD1AzrqLcG9awbzQFv1bzBg1vS6hbKSWcVXXUbWd9q&#10;yAn0pq4XPOdU8ISWshaJciue1HSJYuWQg17PcJwMqCtZ11plvdjDIK0JsefeE7QrLyCK7m3tgzdK&#10;INDjsnygFX4YNrg1adkC0KdxGtuhLEAVz15e7nIUYHrWt4ntp7hkEJwB1xWZLp5jgG4fN3rysa72&#10;R9fkcVzOTMmTJzk1WKhcnNaUsA2nPGKzLpwgwK8WWh9/R1ILgAryB+VYfiHSLS/02USRBiFJ6Vry&#10;ygJyayryQyRTAHjaahNxd0ehGm2fLXiDRYbrxFJFEpQIx6VLbeFmivFlMuUHVTV3xDf2+meLJkLg&#10;uzHitJpMqHHAIr2VUcoo7sLgqSvLc89+JOhWflG5RQrKOcd68WkvhqJkRItojPXFe6+PVN1amMKe&#10;epryPU/Dl44EenW7MWPzELXsYTmlGx+X8XUYU8UpQjY9r/Zs1V5VaDBwK9/AJY5FeR/s8eCLnSbI&#10;TXMRjdh3Fe1PZFZfavoaekT4VIp4J7YqG8j/ANGfI7VpPEE61TvkLQMR6V0ReqJnrBo8w1WIC5fI&#10;5zWW45xWvrZKXTAjnNZ2wEZr73Dv3EfgmOj+/n6kKKR1pccZwaeU44qzc3Eb2QhRMSf3q7dzyHG5&#10;Scjb0qLbg81YWIrGM9aib5aohqwKeelN1jb9hJzzQGweuaq6tG72+QflqJ6p2NKTXOiLTmDW/vVq&#10;ByJRVCwUpFV6FhvFZReiOmpHVnjfxtBa+VhXlF4v+hbh96vYvjNbl3DivJ4YxJFtPzV8xjv4rP1H&#10;JHfBwO48PX0994ahtVbcOmzNfUvwQ0w2HhoK0Xkkivinw5e3sXiK2t7djt3gEV98/D6F4vDNuZRh&#10;igr5WDvN3Ptqexusm2kyD0pJTlSRUKSHHHJrqubkoVd+SeaBgk5GKYiEvk1I74HA5o0HYYygHB5p&#10;k7mNRg8GnFh360xyrHB5xVEksaMIwx6GmOS2RnFP+17o9gHSoScKTn8KVxWYiKFOTUUshlbpQjly&#10;c8CmysEzzihsGMaRYwQOpqA2mQWz1pq7WcknNWPOUDk8UgRTMWDiinPeR7j0ooDQjvLxZ4UZRkEV&#10;ymrFg5OMLVTwl4m+26f5cpy68c1N4gu91sVHFTh5JpNdTzcQ9LPoVrW9R5AqnNdErxLAN1cFptyk&#10;Mmc85rZlv2uSqq3FdzWhxQnY6e3tlfLRdKfKgtIHkkfaFGaoWmoG0hA61Fqt8mpWxiDcng4rBnYp&#10;aFKDxE2txXEMC7SmRur57+K8UttdSPM2SDXvljYf2dA/lDDN3rxL4t2ctzK5cfjXkZhG9FmsHdnm&#10;FjcfaU3HhRW9Y6He6zHmygaWNfvMtYNjEAjRCu28K+MLnwxZS21sqnf1Jr5FlMzv7Pks28qQFXHU&#10;GvoD4EeO7bSjHY+YDIxAxXz/AD6rJfXbSTdWPOK3fhTrVlpXjmFrliAWGM15+Kp+1pSizmrK8Wfo&#10;RaX629qkjjcZBxV14XeASGMhW71haJNFqemQXAOYwoK1pz61JLGIeAgr4Hls7HkJonZY1jUYBPpU&#10;0SSyyJGkaqp9BVC1uIxuZjkjpVKLxBdDUsAbVHTNJoCP4j2eoQQRR6ZIVdvvbazrWyvYtLjWeUtP&#10;3JrrUU3e+SQ5OO9YPmF79k35XPSlcCxptsNys5ycVpSsobAFMgt9q5pJAVPPWkBHJOYj05q1bs7x&#10;7iCKx9S1FNMUPINxPQVf0XUJNRiEhjMads0NAXJFxg45rlviCY18P3JuE3RbeRXU3svyYTrXMeNo&#10;zeeFryGT7xQ81pS+NAt0eJ+Bp7BvtC2S7RuORXXxzKnTrXnfge1XRTdRD55Gc8iu5t2AQE8Mexr9&#10;wyqV6KR7FN6FoBWk3d6HuWQnPSq/niMn1prSCTgnk19AjpuTCZWyaZNdMFwKgEBQ53ZB7UkxIIAG&#10;Ko1THx+Y5y54qeNsH5OlZOu6jNolskvlmTd2FXNGuHurMTSRmLcM4NTaxRcQmabDcitqFvKh2gYz&#10;WbbKGbdite3hL4JpFJlvTYxFESRgnvVoMCD3qIZKADgClHyjGKC0ILeEvuPWluoAY8p1prIFUuTj&#10;FctqvxJ07Sbr7PLKobpyazlKK3ZSTex1EayBVHWrYkEXBAPqDWZoOu22rKrxSKcjgZq7qDiOZR3N&#10;NWYWZ5L8aPhqNbh+3W8QLjkhRXk6eB47jTt08QMkR6Yr64ngD2pjkwwYdDXm3inwj9kgneBcl8ni&#10;vIzCnKULxPquHatCOJcMR12OH8P6bZajoiWsihSvHHWutstXn8LaWtvp5OAelcV4U06S21SQSTA8&#10;/cz0runWONsEAn3r5KST3P3KhSpzopWOt8O/EeC/ijt7xhHcdOa7WFhIofhlPSvDn02Ca7W5+66c&#10;jFXz471Hw1byXk5MltEMhR3rjlSa+E5auGlDVao9lYmM5A49Kr6oseq2zQSRqARjOK4b4cfGC1+J&#10;O5Io/JlQ42tXoE8OwZbisFKVN6aM8ucaeIhaSujyLVvB134XupLzT9zgnO0VveD/ABHPqKGO9iMT&#10;r/eruwFkXGwMPes7U9EhljcxII5SP4RX0eEzedO0aquj4jHcN053nh3Z9iF70Q/vDIBGD1rjviza&#10;HWfD5uLZi4RcnFUNenvvDMbvdlntSa6Hw1qVh4l0Qxw4KMMFTX1VOrCtG8Gfn9fD1MPN06isz5ct&#10;dUeK4ZHUgqccitu21NJCA4I/Cvch8K9Fe6Z2iGScnirw+EmiSkbY8H6UOmcnKeEyCIjcvNR5UgDF&#10;fQkfwVsJRtQDnpUc/wCz4r4ZGArJqxLizwN4t0R45qTQfB97rV6ot4y2Tzivbrj4BzBcI4Ndx8Of&#10;ht/wieZJ1D/UVF7EuNzzvQPhHqFs0MrKVbjNe5eFtEkgtY4pOSBitdXE4+VQBVm2JhbdWntpLY55&#10;YWnP4kQ33hrzEyBk1wXjPRpbHTZnCkYBr2CxuRcAA9awfiBpBv8ASpEjXnHpVwx1SmrPU4KmVUZP&#10;mjo0eC/D4SS3UjSAgA967y+gSSFiRnis7w5ohsEkUrhs1oane22nQ4uJAhPrXyld+0qybP2XLp+z&#10;wMOV7IwtKtZHvG4IQHiuhDBVwat6XaRz2PnwgFTzkVnTIwmI7V4VZWmz7LB1fa0k3uSBiW4PFTwM&#10;A+D0qmvDfSoNU1WLSrOS4mbYiDJJrFHY9ncyPG+s3DD7JCpAbgGjwZdw+GYTLqNwF3cjJry7VPi/&#10;B4h1V7KxxIUON4rkPFfiK4LmO8vtijtur6jLYqEG3uflPEtdVasYxd0j6qh+KmhrKAbxMfWugsvi&#10;Po91jy7lT9DXxToF3pWoxSSNeEtH/tV0nhX4iaBbXLQyTlShxkmvRlI+MaZ9xaD4ptZyAkgbNbE/&#10;iiyhnWJ5V8xugr5T0H47+HrNvJjuBvHfNdVo/jaw8RXgvRdBjFyBurBrqJH0ibxVUNnANOWVJRxi&#10;vGY/i/bCQI0g2px1rr9A8c2esxg28isfQGkkO52Um1DlqWK+jUYwM1zeqeJINKtGuLlwqqM8mvn/&#10;AOIP7VVhoc8sNqwZl44NS/MTaPquG6Ko8pwEAzmuH8SfEaxtpHQ3CgrxjNfJMP7XGtalFNFGGWAg&#10;815LrnxrvrrUJzLK43E9TVU4Ko9HsU4SSTa0Z9n3vxLtWnJ+0Dbn1psPxNsLWTzBcDPua+Frn4qX&#10;RTPmtz71Qb4l3kjD962PrXWqJNmfoRYfGyCe6WPzVdc44NeiaV4hh1iNXjI5r84fCfjuUSq28lvr&#10;X0h8J/i8sci29wcdgTWMo8rsI+o/OVeWbNQvfgtkdBXKW/iEagqujZU+9attKGhZmPAFFi7FtZXu&#10;JyR90UmoABMkVm6ZqPn3rxoehrR1CQGMg9a8XFSvOx9jlNNwp83c5q9kCg81gahcBV3DrWjqs+2X&#10;Z3NYl6D0ryJvU++wsU0mUWmaYkknFRn5opQe6nmnbuNoFQyJJLBMq8EqeazZ6yaW586+LfCcY8WS&#10;XTSbyWyBnpW1bWzSoseOMVWn8Oah/wAJbO0zF4y3AruF0NbK286QYUDJr1opqKR2YevSjBvY4G7+&#10;xXF8mnGPzJmIFep+HvhxpVlZRO1qvmEAnIrhvC+m2mpeMxdRYYo1e2zthVCjHHavqcFDkpps/FuI&#10;8c8bjH2RXgtYNPiCQxhVHoKa77zmpPJlHLjCnpmlSAntmvVR8uUJ4yzVWulxCwA7VrT25H3hiqNw&#10;oCECtIvVEyV4s8r8Qpi9OR3rMCgdRW54piK3prEZSAS3Ar7vDv8AdxPwvMY8uJqLzIncZ4pokAPA&#10;FQTMoJw2aiFx5Y6V6EbniS0LbyErVSRiQc9KcbgbeTzVWW4O3FaGLZIsoyBUuoSCKyLHpWarHd71&#10;JqTk6ed5wuKJL3WVD44+pSs9QVlZjwg71k618RtL0ZigmWSfsgPJNeZfFP4knw7bG3s3+duDg14/&#10;4V8SNc6+t9eJJdsG3BACa+Lxmcxwr9nBXZ+jYPIPra9rVdontPjK18ZeP4vM03RZmgPRwvUVyp+H&#10;Hi7QrIz32myxkc4K16/p37VHiLR9Cis9M8NlURcBjF/9aqMv7Xd5YSIvi7RCtu5xkx8V8nUzOtUm&#10;5SZ91h8DTw9NU4KyR4RpevT6B4mt7i7iMIDjO4Yr7f8ABPxm8PT+G4Q97EkioPl3e1fJv7QviTw1&#10;4y0WHU/D4SF25KLwRXnvhXwJruqaA2oQXMqxouSA1cP1t025PqerThKT5Yo+oPiH+1laaBfSW1p+&#10;9AOMrUnw7/azsdWu0t7sBC5xlq+Xvh/pGn6l4ja31yTOGwS5r16X9nzTLu7W/wBLvo0jX5gFas3j&#10;3GWrOiNKT1R9i6br0WtW6T2zhkYZ4Naiy/JyOa+QPDfx2T4Z65DoV7IZEyEDZr6g0TxPBrumQ3cJ&#10;DLIoIxXsUa6qK6BrobauOSajZyzcdKiSXKlj3ojffkZwK60ZEpcIOnNNL5GSajkbb3zVd58A88VV&#10;hO5MbkFsCorqRSOagUkgsKqz3BwcjOKZBMHycLRcPhNoODVBdR2HGMGo5ZHk+YmgZcWBSoy3NFY5&#10;u3BIz+tFKw7Hn+o6bdeBvFktvcNtiZ+Aa6vU4ftmniVCCCM1237S3gOKO5j1Vc4HzZArzPRNXS90&#10;/wApSSAMV85k2K9rSSvsZZjR5Jto5ySVo7koD0q3Yaqyz7Scmm6nEtvOxA5NZ1nMkN4C3c19jurn&#10;zl7M7GTVWW3OepHFO0VXlRpZDj0zWFevJmN0+5WhFqY8pUXg47Vg0dkJG2b4JuB6V4z8Vrt5ZWCj&#10;Cnqa9Sifz8gnHvXmXxYsmRVEY3bupFefjKbnSaR0wep5SNsYzH171LBOW7U+6ihtLcL/AMtSKZp6&#10;lomY9a+ImrNo6HuXbWISyAk11Gl6LYJdW91J8sisORXGLcGJ+TxmtNJL7Vnt4bQ9GGa55x5lYyqR&#10;5kfcPgPxIreGbeKI5AUAGuhhvXCFmOa8o+HMdzYaBbRyHc+0ZxXodvcMIhk/nXwVVJTaR8o5tSaN&#10;I6g7uNuQK0RcRuUc43D0rItnEuBirSoquADmsGrm0ZnT2krXEW1flB71UNnDZ3eSdzk9adYzEoAO&#10;AKszLC7hurVkdFy35gKDFRSLvGOlNWRY+vNQJK7zHP3aBlHULBLiRDJztrSgu8IsaKEVeOKhuzkd&#10;qht2y1AXNKU/JurmvGoP/CP3LKeqmuhVTIpXNZWuWyGwkjlOYyOaqDtJMD5u8LXRj1KcEZ+fqa7Z&#10;8yFXU8egqpf6RZWt47Wwxk80C4ZSqqciv2jI5c9G56VB3RpGESJuzgiq/GevIpryuw4qBpRGOuWN&#10;fV2Oy5Z3nP3qFYySDnpVNnJIIqeNwfrQaJmlK8dwqLMocL0zT7m5NyqIqBEXoBWe8mwZNTQSmTG2&#10;kXc07HqPatm3J4ycVh2zGM5rShnMhx0qLjuaDXHl8daQTluegqBo9xHOaZd3K2EJdh8vrWUpqKu2&#10;Wrt6GD418Xf2XZmCL5ppOBjtXz7498PX8Vq+p3E5MrfMqA816h8RfNk8i404fappGwEXnFerfC74&#10;IWPiPSYLvxTOsUzgFYXNfC5jnEVLlWx72Gw7tdnwzonxm8R+G7tQFkWNDwD3FfTPwh+K3/CfqouT&#10;tnUdDSftRfBbSvCPlz6ZagxkZyoryD4GXbweLvJjjKDOCK6Mrx06s1Z6MWIpJRvbU+vDM0hwQcDg&#10;UX0KTadMCNzbDipSMQJtHJFLGh8mQn0Oa+zaurM8qMnFqUdGj5X0vT9U0/4k3byzZt2Y7UzXql+j&#10;Rqj4OWxXIa9q+np43kiQkThuRXaxsblY2YfKBxXwuJjy1Wkf0BkNZywUW3dks+n/AGe2jZj98Zqr&#10;cW0d/D9nlXdGRyDVu6uGuAFb7o6VBH8rVyXufTJ3Wpzkfh+Twzdm40QeVKew4FaR+MGoeFkH9tqX&#10;DHqK1QoZtw4rO13w7a+IbVorlAwxw1JwjLc8+vhIzV6ej/A9P8KeO9I8Q6Ql0t1HGWGdpPNN1L4g&#10;6dpzOMiQr6d6+Z9I8PS6Z4qjslu3hti+AucCvorTvhxYiKGaZ/N3KDz3rnqU409bnzUKlScpU2rO&#10;JVl8Sad400ybz4CIlzwRzXz/APFfx/e/C3bLo0TiBj0xX1LB4VsLUgRRhV9BXlHxx8H2mrPbweSn&#10;lnqCK9LA4mUanJF7nz2d4BVMM6s/iRU+BfxXm8f6ar3MTJN3JFexpOIX5bFcV8NPB+n+HdHjS1hV&#10;DgZIFdk1itw4y2MV92r8quflps2V63DA8VvWd+9woXcQK5m3jEChQeK07aYRkYrOcU0QzpoF5+9m&#10;rhjMihexrFGqxWEId/mzW3p9x9rgWVeFauOSsIlgtFjGBU3lBRjGatQopUVOYQRgVi2BStWaGUN2&#10;rdls/wC0rMgDqKpR2uSMitXTS0T7T92sJsDz+/8ACU1vcMYx3zXmnxB0oMym6R1CnqK+mrqyRiHx&#10;mud1vwrY63GyTxL+Vcs4Rm7noYfHVcPB04u6PLPCF5C+hJFE4CgY5qveSxRysDKpP1rqrvwDb6dE&#10;6WzFQRxivJr7wrqcWvShpW+zk8Vw1MunVfNBn1uXcRQox5KqN241O2tlZ2lXaOSc18/fGr41Wlxb&#10;T6VbS7f4WYGvQPiXo9xonhW5uBK2Ap5zXxV4ilTxBeEIzbg3zmso5fKk71Dpx3EarQ9nh1uX9O8b&#10;p4fL/wBnkyXLnlzVK/1LVPFl4I97yyv/AHe1V9N8N/2hqNvZWA8x2IDkdq+sPhz8GNN8Pafb3MsY&#10;kumUE7h0NcGOzGGAhdbvY5Msymrm9T3/AIVuzwbwl8FPFUzbo5XjR+oJrq2/Zv1liJPPIc9cGvqK&#10;109I4gqIEA9BVnyML97Jr4ypxDipPR2P0CnwvllONpRbPl62/Z31SI5W4cSeuaS88D+MvBkTNZzv&#10;IvcA19SxWm81KdKgk/1gDj0IohxBi4Su3dGVbhnK5RsoWZ8jQfEnV9OTyL+GVJTwWIrU0/436r4V&#10;Ie2uCR1IJr6H8QfDPRfEcZWS1RD/AHgK8X+K37OrWukS3OlsTgE4FfQYXiCNaSjLRnxuO4XdCMql&#10;H3kvvOL8bfte6trlt9iV2LYwdp615vp1n4h8fXpeO3lAc/eYGu++CHwf0/VdUkTV7djMjdWFfVGl&#10;eD9L8O24htrSNcDhgOa3x2exoS9lTV33MMq4WeLiq2IlaPbqfMqfDvWPCvh5proDG3NeOaxqbXd+&#10;6gYZTjFfdvinRF1fTJoGHBUgCvjnxl8NNT0jxHI8MDPEz9h2ruyDMlXc1XdpHVxBkqw8abwsW4rR&#10;nGyXr7QMEn0p0N88YJZa9d0T4StqmnrK8RWYjkEU64+CV3uxsAU19A84wsZOLex4a4dxs4qUVuc1&#10;8MjJq+pAAfKDXsN8ZNDKPDlGHemeBPhzD4YTft/eGuzvtAj1i1MbcMRwa+UxOcp4vmp/CfY0OFL5&#10;e41V+83Op+E3xTDlLO8lBPQEmvbb3xVHp2l+eTvQjtXxY+h3GiaoEglIZWznNfSvwxkbxNoQgu23&#10;lBivrqVVVIKS2Z+WSpSo1XRnumegeE9TS+U3cQI3+tdI87TVyWn2cmlOIoUxH7V1elyJMwRhg14V&#10;XmlNs+8oKFOjFXRl6jZKxMpHzVz1zbPNIRg16Jd2MRQjNYM1ksbnC1xzge7hsQrWRy40gqvA5p/2&#10;JLa1kd+PlNdBLFjoKxPFkws9JcnjIxShC7R0zxEuVnmYltLvVZtgG8E1T8YXZh0eVAcMy4FXNM0V&#10;Ymku2b75yKyfiTJHZWFvIeckZr1oRTkkZyxDhhZVOtir8HPDEkYmu5gck5Ga9Za2yQaxfAFxazaF&#10;GYyoYjoK32DseeFFfX00lFI/G6k3Um5y6kN65liWPoBUcbiEg56UyeRQTzWbc3XB55roWpBZv7xp&#10;2wpAFUZZMAgnNV/OOabuyeTzWiQziPFtrL9oMiqWWuK1Oe4kGxVKivZLiCOU4dQwrIvPDNrc5YqB&#10;X0OGzGNOKjUWx8FmXDcsTVlVoS1fRnkKStGuGOTUpm3LXXaz4HYK0kAzXKS6fcWrFWjbI9q+ko4m&#10;lWjeDPz7G5ZicHLlqxIt1MY7qcwK8MMGjZkcV1Jnlum+pCWOcCptbtmk0CbnB2nBpfLBI45qLxhL&#10;Kvh1kg5kIxxU1Je5L0KpUm6sF5o+KfHIubvxe1rLIShkwM/Wv0y/Yp/Ym8L694RtvEGrRx3LuobB&#10;Ga+I/H3wknuNBfW7ZGe6T5yFHNfev/BMn4xnW/DR8O38/lzwjaI3ODX4dmanTqy8z+g8DKNSjFx6&#10;H0837M3gaKIQx6VAFX/YFcn47/Yn8AfEG2EN3YRIFHBVa9+uYykzDPB71GpKsMGvB55J3ue0oqx+&#10;LX7a/wCxzc/BCZ73RVkbSs5CjoBXL/ClLtPhNc3EibUCEEn6V+l//BQu1juPhNPmNXfYcZHtX5La&#10;N8TbvT/Bt7oATarsVBrapKU4I6MLTXPzGCvga/1xb3UbFmZ1JIVOtP8ADXizxNo4NrO08OOBvzXf&#10;/CK6udEjWVlEsbn5lavo7xh8MPD3jP4fx6nYxRRaiq5YIO9c0sZGMuSaPVqZVNQVWm9+h8Q+LGa8&#10;vYrm9BM4OQ9fYv7Nmtyal4YSOViyxqAM182+PtEisdKeGQATxnGT1r2D9k7WhNpb27nBXivewVVS&#10;loePXoSoSSn1PpNbs7iO1TiYKuRWeZAM4qSCUv8ALivpUcUlYtNKzDrURYbcGppIPJh3txWeZwW4&#10;NadDMma62rtXvVS5uxGMYBNE7Acg1n3LFn5OaBIap3ylzUV7qJVdq9adJheB3qrcxrjJ60xkf2n1&#10;oqr5iDv+lFArH0p42srbx54H3xgODHwa+O7eG88O+I7iyePEAY4NfSfwS8f2WraJNos0o+1xDaUJ&#10;5rxP43wy6L4kM0SgKW5xX5lk1R06rj0PWzOndepz+pSmWUlhgetYbMrXQ28mtrzRqVgs6Y6c4rEj&#10;TyZWkP4V+rU5qcbo+AmnFtM2XvsQpGeop/mKkYdT81ZMLNcMWPSrVvC00gVjgZpyRcGzWgmZ492c&#10;GsrxLZrfWDlvmcDgmtTPkRbMcetVb4rNYSJnDYrCaumdcXqfPet20sV9IXPIPFXtCu7SKNhdHDdq&#10;l8TWXlXkisxLZrmJEPmYPavg8THkqM9Bao0bydGu2MfMZPFaOj6s2lzq0f3ieK53zNvA7VNBclXV&#10;2/hNcjV9CXtY+vfg7q815pwa6PUcA16Ct9uuMHITNeLfA3xBFqMKRu20qMYr2iWaI5VRz618Li6f&#10;JWkj46unCrJFpdUZZtsY+X1q3bXkjXILcCs63miEfQbqkeYKAQcVyWuZqR1CawEXANTWmpeY2NwJ&#10;9K5GeV0sXdMtIegq54Us3tk+2XknU/cNQ4nTGozuYpQwy5wKkNzFjg1y+ra5EHAhb5faq9lrBnk2&#10;gnApch1KSOjnuQx9qZFKVk4rJTVYZrgwqdzir8bnPAyaXLYV0btpuYEmsjxHJ5NpKWGVA5rTtJQs&#10;e48GoNeMb6VMGAwykZNSt0UeAXurrealJFCpwDyRVqMiOIsxwB606PTo7LUJiqBwzZzWDrrXMt8I&#10;oSVjPXFfsXD9WLoci3R6NCStZG/FfL5ZI5qEEZZzzVGzheBQjcjHerSHnHavtLaHYWICCCT1qdVI&#10;warDGRjpT0nPmYxUlJk867+B1qxZRmE5aqwnDSAY5resbb7SB8vFTJ2LTFt2JOccVfij3DI4pptd&#10;pwop/nx2QzOwjX1biuWcklc1V2Oub2HTbSSa4lWNQOCxrxvUPFPirxb4gOmaPZvNaO23zVGRiuz8&#10;S+FtQ+Kd/DpWkysI9wy8fSvqf4UfDjRfhN4RiXVooRcxrlppQM18BnWb8r9jSdz38HhLL2k18jiv&#10;hb8GNO8GeGV1vxPIpmRd5SU8A4z3rz651e9+I3xOiGgzldLt3AIjPy4FYn7WnxnvfHqf8Ix4LleS&#10;ZjsYw/l2rsP2Sfhrq3gDwu0utqxvZl3Fn65r41xah7Wo9X0Pb2Om/aCisYvAUnnBZJ4Y8ZPrivkn&#10;4B6TJeeJ7m+aECLecHFe+/tI6m0Og3duznzJchRXD/A7Q5dG8LG7uY9qsSdxr6jIFaomebjfgPVt&#10;ysMAjigNncue2KybO6F7IZImyg9KvrhAZM5PpX6aeCfPnjrwt9k8bC8UBN7dTXc27bLWIZ7VifGq&#10;zvLm/spbfKrvG7FaUDlNPtQeW28mvjsbTtVZ+ycNV+bC27F4EOuKa8ZReOaIT8oIFOfcVI9a8w/Q&#10;ktAh+YYNDlsbRS26GNOeamC84FJIT1Z5R8St+n+JNNeIlSXGStfTfheX7V4ftG3bjsH8q+Wfijft&#10;Z+LtOidS6M4H0r6l8IRpH4ftGjPylB/KsK/wo+Ng/wDbaqNhU6DvXl/xoMVtd2RLHcSOBXqkWCwr&#10;zL4yWqPd2kjDOCKMJpXic2b/AO5VLG94XIfSImAx8orXjUhs1keGpA2lQnAAAHStmNlfFfpdtD8V&#10;LCnPepo54wQoYFvQVTmZ8BU796isNONpdGV3LZ7GkxWNxSsuBJyPSt7T78QqEU4UdBXL+cRJgcg1&#10;chkKsMnFZSjcR3VneiTHNbFrKpHPWuGs73ZjBrodPvPMUEnmuGcLEXOnhCs1XkVRg96xbK5UuMmt&#10;hW3L8vJrjmgNWECaHGRuqndWhXNJal8g5xWjPcxC3Jk7DrXMxI5TVYVSFiSBgd68p8RazY2lwxml&#10;UY966Xx/4hk8xobdjg8cV4p4t8K6hqkMkyyN0zW9Oo4BexV+LniXTrvwVdQpKrMykAZr4ij0S9t7&#10;qcCE4nY7Dj1r1f4nalcaHbSQTTH5T0JrG+HOof8ACU6lZo8QKRsOcda83M8S4UnPse1lFBYrFRpP&#10;qej/AAO+Dsej2o1TUB/pL8gMK90hjRFCjtVOFFjtoEQBVVQMCrtsAW9a/F8TiqmJqOpNn9E4fB08&#10;FRVKkrItRZyBVyO3DGq8WBJjHFXkOCNv41w3CTsiWOyJ6CrcOks69Oams/3mAOtb9tB8o4qOY8qv&#10;WcTnl0tumKiudEa7jMEgzG3BGK7BbPJyFqeOwJ6rVKo0cMsVY85sfAmn6O7SwW6rI3OQKkutMIXO&#10;Oa7DVUjsmG/qarR2BnTzAMqa6VUb1buaU8QopW2OBu9PfbyKw73w7a3Z3SwKx9xXpWoaYey1gXen&#10;lc+tddObWqZ6dOrGorHEjRI7Zv3cYUD0FRzWWeorqDbFS25fxqjdQZB4ro5m9TvptLY5v7KpPSnw&#10;wBZPStB4VUmmCLLjijmaO+KueX+NyumakZi+N3rXqn7PmrMJdrsTG5rxr46K1vHHIpK812P7PPiu&#10;1jSBJXG7gc1+pZRNzwkWz+ceJ4qjmlRR0Ptaxsba4jBCg5FXbfRLZCT0NZ/haQ6hZrJEMoB1rW8w&#10;I/zHivUcep88qs2tzJ1XTZBkxHIFcfq2pzWLfMvyjrXpePMjbPC4rzjxNcRCSZWAOKTpRlujWniq&#10;1L4JNGda+LrR5QsuF+tcx8QdQ+2qBA6m36nBrF8QkMjGH5T6ivPNY125tkaN5m20LBwbuj0KebV0&#10;uWbudN/wm2nafB5Mz8rxXI/EDxdY3WkmQsCoHyg1yNzqEdzM28ZGetcv4ziOoWqpA5wP4a3jhEpJ&#10;3PV/tuU6EqckS6J8Z7zQLgiJiYgeBXt3w8+Lj+MYCjjDYr5NutNkTau08HmvfPgJoLQWhmZSK9yB&#10;8lLfQ9plmYDdk4NVjJuqWTjtxUL47V0iElI7GmZx1NJ35owD1NUUBP400uOhp+4YFCIM5Jqg0Ggg&#10;EAjIqreaba3B5iXn2q25GTgU0AMMHirUnHZmc6cZ/ErnN3ngy2uWLAY+lYd/4MdSRAM16AoAz3oR&#10;QrE+tdcMZXhtI8mvk+CrJ3ppPyPKJvDV5a9YzVi50LbpLyyoSQOmK9R8uOQ/OgIpdSt7X+znDRjG&#10;K7lmtTltJHz8uFqKlzQmeNeGTDIz21xCHt24KsKx7jSbv4XeLIdd8HFkYuGkij6V3VvoyTXj+Su0&#10;Z7Vr2ukvYyfPD5gPqK8bFYajjYXbtI9Kh9YwM+TlvE+ivhJ+2H4d1bSLWz8SXC2mphQreYcc161H&#10;8bPB05URapA5bkYcV+YHxt+Emo+JrZ7vQ2e1uwMjyyRzXzxo2h/Fzw1qxDXF3KkZ7scV8XVwEqdT&#10;l3R9RGrzJOx+jX7anx18Max4fm0lryNn2kAButflpr13ZxXMvkbcM+Riq/xEufFGp64z6xPKHH8L&#10;Ma5zT7SfUbkJksw6ZqJ0Vpbod9HFunFwS36nsPh3VGt9CGxgrY4qz4f+Ouq+GzPaTSloTkBc15Zq&#10;11qOlQCPLRqBV74beCdQ+IGrqqBnVTyRXFHB3u5a3PfqZspclOmrWOjgGofErxIxKOLZ25OOK+jf&#10;hd8PF8GKrQfxda0PAnw4tvDNnHEYB5oHJxXfQWflKAowK+hweF9mkzyMRVVSTb1ZoIpMYYnmpbe4&#10;ELhvSqjrIVUdBTgpVfwr3FoeZJkms6tJdbUThfaqsDFB8xpAokbk9KfcABBitESNurkMoC9arecM&#10;gHk0vyoD3Jqq1zHASTyaRJZZwDknFV5LiBWAlbg1k313NcMdmVFQwwO3MhLfWlcTNCWW1EjbScUV&#10;RKAHpRSFc3h8OdU8AfFqTUY2ZLGaTJHal+OXh6W/mF6HzHIvFe0/Hi3ni8PvqMS4WIZLAV4/DrUX&#10;j3wjCkUm+eE4Yd+K/HsurNVFJn1mZUualddDxnw811o7vaXOdjdM1pXcYKMAOK0vHWgNbyw3Jfyl&#10;TGRVaOPzrAOnzcda/Tstre64tn59jYJyUkjGidkG0HFWra5KSg5plwqonB+eoLTmQ57V9Be55q3N&#10;g6iZHCkcU9iqRluvHSsqO486RlXsauvMIkA6ms2kdEWcLqWmQ3mryPMNoxwK838QxCy1KRF4XPFe&#10;j+KricXi+VGck9q5XxNopESXE42MRnBr5TMIKzlY9Gm7HIsDwegNOXjqc0sg3g4PAqLPB9q8I1PT&#10;vhD4sg0fWY4WfBY4xX1LYXi3UKyjowzXxN4BsA/iCG5Y8BhxX2J4cO7TYTngqK+WzaCU1JdT5bNI&#10;KM1JdTcSYREknim214b2YoPug1GIvMODU+n2DxFpUX5R1NeCeOjUE4hULjJFQ/b5Z5NrHEfpVOaZ&#10;jJkHNNaYohbqao6IyL7qiMPmzVy3vIraMhR8xrnIp5Z5MnIGa0DhYwepoNec3NHuY7Sd5Sm52rYi&#10;vSMsBkntXO6bJvGCK0obsRyYqWrlRkdDaXW9Pm4NM8Qzi60iSNDghetZT33HHHrUT3f2i2lUHoKl&#10;RSZsqh5vpLzRapNHMN0eTyaWa2i+3NITgDtWfcz3UWvSdoQas3dwj5I61+pcN0pWc3senhlu2Jez&#10;CSQBBgH0qMRNERznNRwyDBzyanjJK5Ir76x6BMqkrgD8aBGT8qjJqSOfau3FJJcGKNjGuZMcCpbs&#10;UV01O2iu1tgwe4P8Ndpo0vklFkABPauM8LfD6cao+uXjEZ5CGtq+1KO0uCXkCt/CM1y1JpK7NoJv&#10;RHTa3MNHtGu2xtAzivMftep/GfVRo2kBomVsM60/xJN4r1bbDBZyTWjnAKjIxX0J8DfBOkfCHw03&#10;ivXGjtJmXcVkwDXwWb5qrOlRZ9FhMLyJTqLU6j4SfDOz+CfhV73V5VkuUTcZJOucV8w/Gz48eIfj&#10;P4rfwv4WaRY9+xpIs9Pwqx8e/wBqG++LWuHwv4RDzJI2wtF6fhXtn7L/AOznB4D0+PWdUhDanKN5&#10;3jkGviX+5/e1NZPY9u3Vkf7PH7NUPgXT49T1xftOpONxaQZINeq6zf8AlXYtoowFHoOldlfT7kcd&#10;Ao4Ari5bsebPLLGAqA/Oa4HOVSTlIZ8oftHa19r8a6bpIQkyOAcV2txpY0fwpBYqNpeMHA+lYHii&#10;3tPFXxPhnRBL5D/e645rrfFl2sl3HGOiKBX3/DtJzqrskePmErJI5/wvaNplo8bnJY55rVQFuM8Z&#10;qG3+cdOasL1/Gv0a1tDxL3OD+J8b2n2c7d4Y1nJEws4SR1FdX8RJorfTRNKgfZyK5fQtUTWdPMmA&#10;NvAr5rM1yzUj9O4Sqc8Z0WyxCDtA6UjsW+UdamxgDFMC7CW71889z9cT91DoFIXnrTw2SMHmmoxY&#10;054yCCOBRYVzzr4o6G82uadcLH5iqwJOK+jvCTJP4atNg27UGR+FeTeIre4u3txBD5oBGT6V6r4V&#10;IstFiRxtbHIrkrSdrHykoRji5zRsoQuAO1cT8UtO/tC0SY/KsfU128bbmBA4rB8eW4uvD1wmccGn&#10;hXarE83M9cLNGR4LKzaIpVtwHGa3YEP4VzPw2tmstAdCdwya6mAl19q/TU7pM/FrEinninjnB70g&#10;+VeBzTo2AOD1oeoE0akc1OGPemKuB6Ul5OtlaNcP9xRmpkyWaFvISBgE1s6fctFyxCj3rw/Vf2g7&#10;HSJJIY4gzLxXEar+0FqOqystqjRoT1FYSsyWfYNvrNqnLSqD9a3tL1WO4+4wYV8LQ/FDVyys0rEZ&#10;5Ga9/wDgt8Q/7SUJcN8x9a45xuTc+hIboMeKLydXjKt6Vk218rsD2NWZ5A65HWuNwsM818WGG3uX&#10;d/rXm+teLb0RyQ29vuixjdiu9+JK/Z23OPlNeeahqkNtZbUA+apsZs+Wfj7ZST2s1ywIbk4rC/Zr&#10;vTc35jdPung16Z8b7AXWiy7V5YE15N+ztff2Z4mktplxl8D868LOI82DmfT8NzUMzpX7n2HC5VFy&#10;av2cwRtxGazuCiH1GatW3C1+MM/o+suhsQP5sm7pntWjbxktxWVaHcRjitqx+9jrWDPLqaI09Pj2&#10;MDXUWUBkUGsGwj3MK6vT48oAKzZ89jJpbFy3tMgVeSyyOlOtoiFAxWjDF8vSs2z5upVdzB1Dw7Hf&#10;kFx0pqaQIY/LUfKK6RosrUEkYVfatISbdjKNeW1zktQ0wBDha5LUtLaNie1eham4WMgVyeoESK1e&#10;lTZ7eErTOKu4s5GMAd6yZoRk966bULclW9652WEx5yea7E9D6mhNyOQ8X6xF4Y0972b/AFa8mvO9&#10;O+N0XiKQxabA0rqcdK9L8R2ttrqf2bdx+YsnGK57VfBej/Ce0hvLTTwXfk8V6uGp0ZR99Xk9j4Hi&#10;binE5XiFhcN21PPfGWheKviGghj06RYx/HiovCXwz8V+FZYtls7bTk7a9fh+NlwujeVZ6YFkYYDB&#10;ateCPiLq2nLJJf2n2jzDkArnFfTYXHVMPD2UIqyPxnG5vUx1d1qzXMz0XwD8W73RdNg066gZHwAx&#10;YV6rpmsjUFWb+Fua+frrxZa67exA2wt5CfTFey+EJUj0+NWPYV9lhpuvSVRqxrSn7SPMds1+BbsQ&#10;OAK8L8c69I2oTKgIwa9pCCS3bHpXjHjXTf8AT5SBjNdKVtzU85u9Ym+bOcVzOsW/9oRN2JrpdTsn&#10;iLfLlaxfs7uSnTNboR53faVNasx5K1kkkOcjNelarpjCEgjPFcLd6e6ztgVtECilhDdzRptGWIr6&#10;U+GvhhNO0OM7QNwrwDSbEyajAoX5twr6r8NWcltoNuWGPlFbRZRTvNKO04FZU9k8Q5FddcSZiIxz&#10;We1tuGWrojIdzmTGSM4pgX2rcvbHI+UYFZklu0Xbit00ykytjB6UElTjHNObpjGDQPlHPJqhMibI&#10;NBB609QWJJpATnnpTGwXA6jFMCEn2p5/OlBIHSi4XYKuBS3kHnWrA9MU7aQmelSIPMtZAOuKQzjt&#10;L22+pkE9DXU3F0kuPlAriIA415wxwu6uj1vWbPRdPaeaRVCrnk1m9NRFtr6G0VnlwsYHJPSvGPin&#10;8cdG0AyW9jHFPdHj5QDzXnXxd/aRjnim0zTX+ckrvU15V4S0CbX70XsztdXDHIU815lWum+WIWIP&#10;HWn6j4ymOotF5ZY52gVg+HtIh0jUw9+PIjXkluM19VfD74SXWoXEdxqCbIB0jIqf4qfs2WvjBo0s&#10;yLYD7xXjNZrDykriZ8z3elr8V9VTTNIiOxTgyKK+ovg58Hbf4Z6YhkUPcMOSRW98Kvgtpfw109Vj&#10;iV7nHMhHNd9PEpGXNddHDqOrKWhjTwhm3BBzR5DtjAxV2Uhh8tR+aUXHWu7lRdyleNswo5Pes+e9&#10;AbYDzWo8RcM2OPWsmVY1mztyaaJJk/cxGRuarPfPeHaqYAqS5BMYycD0qvEGT5lGFFMCOUGMkOcV&#10;TAR5DzuNT6k0l6QE47ZqBbNbEBmfLGgBrxhD1/Ck6jikMiNk5yaqzaiIsqBUkkh6miqJumY59aKC&#10;Ln2f4y0+HWfDdzaTqGjZTkV8ieHNf03wt4xvNGgiKgsQPzr7QFut5FLC/IIIr448WfD+TS/i3Ley&#10;Apa787j061+F4WSjLU/Qa0eaDRs+NPDkeqaDNO/UAsBXlPhrUHnSa08shY+ATXvuq3+nahYG0gdW&#10;O3GBXhEyyaH4lkhKbUduK/QMtraptnwOMpaSjYptZmO4kL/Nu6e1Z7RPYzMSc7q6jVIxGd4GMjNc&#10;nfXBRy8navuabdj5a+pPCPLfcON1X4FDN8xzXPR37yMCB8tblo+UD9atmkWY+rbodQacx7kQZArj&#10;n8Pa38RdWdo4XhsYupxxWz471S4idBAdq5+Y10WkfFzTtB8LtYxiNbmRcMw614eLUZpwbPSpXtc8&#10;Z8TaWND1B7RDu28E1R0+0F45DuEHvVvxDqi6jqUkwO5mJNZ+M9Gwfavl3GzsdRo21/8A8I9fI6tl&#10;Qw6V9b/DDVodc8OwTBgWCjjNfGd2hljyxzt5r034IfEqa21GPSwSEztry8dh1Vp8z6Hk5jh/a0+Z&#10;bo+q5kaMeY3yr2qa0uJzCU6I1YWs3NzdrawxNlTgnFdONMZLOBvMGAORXxbVj5PYz5AyNtUcmk2b&#10;SFbn1qcEeYcc1UecRzMCck9KW5aZOgjEmAwAHarMStNJtA+Ws4S2tjGzSyAyHkDNV5/GVjbqq+ei&#10;N7mrUZS2RSTex0qXItgV71JHcPsJxye9eVeOfilB4es1niPnsey1wer/ABv1fUtG8ywgeOT0xXoU&#10;cuxOIV4ROynhqtTZH0bLeGBSZJFAPvWTcfEjRNBsrr7VcoJApwM9a+fNA1rxb4jtfMuJmi9iaZe+&#10;BZtYf/TZ2Ynrg19JhuF682nUeh2xwbT99mT4u/aQRdeeG2UtE0m0MBXqnhLWm1zSork9HGa89T4P&#10;aHKQDEGdeckV3XhIR2cX2OMbUj4FfoOAwP1OPKtj1bRikonURp6VbzhQKyvtBjn25yK0ME4Oa9ct&#10;FqAZ61YEflOrgce9VEcjgcVyvj7xuvh+z/dyDeByK5a9WNKLlI6KcJVJWR3+p+Ljp9rHFI4CPwAK&#10;ktPhDq/j+a2lt5GVHIIYV4V4I+IUPjfXILO9k2oHGCTX6HfDm+0fwx4ShmNxGTHGCOeelfnmc5rJ&#10;x9nR2Z9Lg8Jye9Pcht9DsvhP8Pg+rpFNcQR5BYcnFfB3x3+PviH4was3hvSFlhtN+wJHkcdK9k/a&#10;L+MPiDx1qB0zSbOaS2U7SyA4Iro/2aP2dIDMmv6taBZz8211718hCUaUHVnqz2bN7l39jf8AZmtf&#10;B+mR65q9tv1BgGBlHNfV12JJXURny0HGB0pkii0tUhtkEaKMAKKZJceTa5kbHHWvLqVJVZc0hlLW&#10;rlIbZoy+HYYBryH4iajqWiaDcLEfM8wHkelehXd9De3IQguo7ivDvjnrWoW8xhtHxCRgg1pQg5zS&#10;Hokc58M4LXy728eQSXeSSD1Bp1xdNdXkjue5rj/BTS6e88gY7pD83pXQ+b5hJPGTX7DkmF9hQ53u&#10;z5XG1OerZdDUgkbPB4q7Hk96yYHKrgGtK1+6DmvomjjTOe+JL2r6JJFdTCEMMBjXAeCr3StJsJIF&#10;v0nZjxg16F4x8FJ4ztzBNIVT2rwnxZ8FdQ8MXJk02aR0HPWvGzCjKrHRbH02SZj/AGdiPaWvc9eR&#10;fNQMhBU9CKGGwcivA7P4k+I/C1wtvdWsssa8Zwa9K8F/Ey28VMY51+zuOobivl5UpQ3P2XC5xhsV&#10;ZRdmdjGfmGBUtxIzYGKdAqSHdE4dfalZcnpWB7fMnsULq5mtZYyJRGuec16b4bZbvTUbO/jqK801&#10;nT4rqNXmfYiV6J4FubU6MFhcMgHWuSsjxcRaNW5uO5gXjpWR4oUy6BcN7GttfLuUOxg2Koa+n2bQ&#10;rhyuVweKzpS5JqR5OLh7WjKPkeUeAPEspvpLFmIUMeK9QUlMAd6828HLYXepSSRxFJtxzXp0UZwM&#10;DJr9IpVFKKZ+KTi4ycRQ5UgVdggDEMRTorLd8xHNXYbbpxitudIxEEHy9Kbqlit1o08RGcqavRRH&#10;djGauR2gkjdCOCKychM+FvG+lmy8U3Me0hCx61c0TR8xbgBg16B8X/CbQ+IJJQmFJ64rI0DR5GjV&#10;QOKxbM2xtnoIkAUDJNd54Dgl0nUYgmQMjNJpei+RtJXJ9a63SdPWKVZAOayciT23R5pLixjkB+YC&#10;tKC7dVO89KxfCFzus1Q1vzWw9OtYtlXOe8XaZHr+nSZ+8o4r578RaXf2skqJEzqpOK+l57fblQMr&#10;XEeJNFmefdFGCncYqeVMHqfL2s6JqviqCS1Nq+7oDiuW8OfBrUPCmupdzxldzZ6V9g29lHbW7Olo&#10;olUZJxXg3j/4mTtrctmYdhjOAcVz18Kq8HTezN8PVlh6kasd0zp4HcJHHkFsetaMcgtQDM6qvua+&#10;dfGPxI1nT4fOtCePSvL9Y+OniXUIzF5zKR71+d1OE8TKq1BrlP2SjxrhpYde1i+c+7bbWNLiA33c&#10;ak+rVt2FzDc4a2kEi+oOa/MvVviT4ke13C9dWB/vV9ZfspeKtT1zRFW9mMjf3ia8nNOHKuW0Pbym&#10;mPBcRUszrexhBo+ptMbPWus0psmuI06fypPmOa6my1FIl4PWvjGjqxcZSvY7C1kUnHetGPkVytjf&#10;jrnmtiPUMr97FZ2PnKtOSZpMdueazby525GeKSa/+TrWTdXm4EZropw6hTptvUq6jKzk88Vzt22w&#10;kdq1bmfGRmsi6G857V2x0Pcw65dDIvAdrE9K5y8jYncK6C/mwCuawb2dUTOR9K6Yn0dB2OdeENrs&#10;GVy2a0vjCI/7GtlnUZ2jGRXJa9rEmnatBOH2qGHWtf4p65DqnhiylU+a+0fdr1KSfuM/C+O7rMb+&#10;RyWkRokC/Io9OK6nT5xGNu1Tx6VxOj3Xm26AnBx0rrNHXzATznFd8VaVz8gV73MxIZL7xVCA2xVY&#10;cCvojQv3EMCk8BRXhWh6f5PiHzpDv+bgCvbtOkMtujY2gCv1DL1/ssEfa4T+DE7i1n/cHB4xXA+J&#10;xDdXEgyMiugtbp1iKZPIrmta8O3F3I0kUmC1dbgzsOI1KyRVYnGK5iaBFlJArupvBF/KSHlyKoT+&#10;ArxASo3EU7Mk8+1eVQMGsIWtvcS4IGTXX654Q1FGJELHHtXJzaLf2srM0LjHtVoDa8MeFYZtWiKk&#10;H5hX0FHZNHpkMQH3QK+f/hvLeP4kjjljZUB6kV9IvKqQxqvPFaJsa1OeuLZkHzDmqwjJGSK6C4QX&#10;AwcDFZ89rgcc1qmWZbR7uMVDNZqVxjmtB4jGN2OaiPzHPetVKxJh3OmgqSBg1nS25RsEV1EsR7VR&#10;ntlZskVtGoNMwJB5eR2qIg9TwK1rqzyCQKzLiF1XkcVummWRoQW5PFNim3SkHoKVEyvPGKRIlJJH&#10;GKBkjuz8Z4q1ZY2Mp6kVXdQse7NZniHxBD4e0S4umYBlUnrSbsriPMfil44h8GXErgjfz0r5h+IX&#10;xo1fXlkiinYQnjANQfFL4my+LNdu0Lny1Ygc15hPNLcMIYQXdzgYrwq9dybSDYn0LRJ/EmtLFGGk&#10;kkbk19p/A34NLodvDdXYDvgEBhXDfs1fB7yoU1K/hw55G4V9T21stmgWI4Udq2wuH+3ICybdYAAo&#10;CgDoKru5bPPNSPI0p61VkODjNetayAQ5bjNVLwYGCasNKE471SvZQ9V0GRKvy8UwR7s5qOScpwDU&#10;X2lgpGeamwEV1NJJmOPgCqKKI3O7k+tXlbYpLdTWbMQzOc1Qm7EU8258E5FVri8IQonFQPKC5wea&#10;ryOSeOtAtRouJUbrRLun5Yml2ZYZ5p0h2Ljuam4FYIIgc1V8kOxPWrEoZutSQRqBmiwbFMx4OKKs&#10;tb5JNFIk+4ol28r1rxP496eHmtxHhHkOCwr3GIZTPQDvXjvxpg/tuNRbf62E5yK/Aqbsz9GeqseO&#10;HQZ/D+t2zje8MgBJ7VzfxIsjFrUN2QFjzmvfPBOkR+JPD5F3teeEYyOvFeffFjwuraRKwBzH0xX1&#10;GX4izcep81mNH3lLueb3Ei6jEpXlQOtc5q1tDcsYxwRWxoGG0woG+ccc1na5bpZQGXOZPav0/B1V&#10;Uppn57iKfsqjRzbAQzCFRx61sWk6wxlOpxWHdNLJaGVBhx3qxpEnmWpLcy969F6mCZgeM9MudXiZ&#10;LbJb2ryq88E6wt4qkv1r6AsI3uZmigXMncmoL1Ba3HlzKrSZ5IrzK+DVaXNex306zgrHgesaTd6D&#10;GhkBLHqaoW887vuwTXvWueG7XXbbEijI6cV55qPg640+fEK5jryauX1IPTVHXGvGS1Oftp0lt38z&#10;g1N4Km/szxFFcRsFG7k1oX2jRrblRGwkI7CuQH2u2u2RY3G09cV5dSg1eL6mrtOLXc+6/Bt8mp6d&#10;FMsgkbaO9a1xrht5fKaUAe5r4x8J/GfWPCzm1VXdcYGav3fxC8XeIrvNuGCsa+Tlk1adRqOx8zPL&#10;aik9dD6j1f4iaVoyOJLlPM9M15Pe/G1jrbRx5aMngjpXn0ngfVtYVJ725cSHqM11eleA7O3tE80Z&#10;lHc17+D4ZlvUN6eDo01eTuyDxD4/1tb4XCB3gboBUenWmra/N9rmkdEbkLmurhsbeKMRmMOB0zVy&#10;ORUUKiBVHYV9dh8jw9BJ2OmPJD4YlSDQIpIQLsmUjs3NaVtZWcEe1YFAHtUf2gg809b1WGAvHrXt&#10;RoQgrRQ+ZmhFLsj2xDYPamBnwecmoIrgAccipYpFJzmtrWGmXbMrEpZjyasW6RrKWi6t6VQC+YOu&#10;Fqa0LJONmSKhlR1Z0dhCkhy4+b3q6T820VRhl2gHvjmszUdQu7u5WHT42dwfm2jtXNUrRpRcpbHV&#10;CDk+VE+t31zG6w2yl2J5Iq/rHwnt/iBocNvZkvqbjDAdq9O+EmkaV4geO0urJxeHhmdeK+hfCHwc&#10;0vwfeG+hG+V+cHoK/Ns3zn2j5aZ9VgsL7Jc09z80fFP7Mni74ayf2hBFI+35vkFelfs2ar4r8a+I&#10;4dM1t5bbT422kSZGRX6KanoVjrVuYru2jkU8ciuSf4O6LaXHmWMK2zk5ygxXyM8dOcXGS1PZVkXt&#10;O+HOgaZFGIbSKfjO8rmuosLKKzh2RIsSf3VqLTrMadaJAWL7RjJqwz5Yelebq9wv3FklUHpXP+LT&#10;LLpbiEHdjjFal/MIxuHI9qqWV+tyW3r8o9adguc54WtGi0ad7hcSAE5avnT4l+J4JdektJHEp3Yw&#10;tez/ABj8YvoeiTLZMqOwIwK+YNGgS+nm1C9YyXBYkZr6HKME8TVWhzYisqNNyN20CRoNi7Qe1XFA&#10;K5rNj1OLOGGD2q5BIGAOeK/ZKcPZwUV0PkXLmbZet1BxzWnC+1QKzExwQatRyYIzVjRppwMg0k1v&#10;FcRFZQGPvTIGDDk1M0YcYPSpaNU7HG654a02SXBtY5Ce+K828Y/DVraNrrSEMUnUha9xuLCNTkfM&#10;T61E1kCMbAfauGrhoVOmp3UsbVo7M+S08b+JfBF8n2tJDa7sEkV7n4U8Z6f4m0uO4WVUcgZBrrdX&#10;+G2m+KIvKvLYBT3ArgvEnwFv9L/5F93WHqQK8WtgOqPqsu4mrYO6n70exr+K3t7nRJAs6occHNXf&#10;hFfW+maVIL66Xyj6mvA/F2geM7JjbPHK0a/3Qa3fhx4M8T67st5hNFCTzkGvLqYOTVjtq8TU69VT&#10;ULH1Vpms6V5byW9ypiHUk1zvjT4i6QmlT28d3Gz4IwDVLTfhRLo2nbJ7plhZfmJNeX+MPhILi4la&#10;wuZJATzzXl8kIS99no1Mwq1adqSTuX/Afii10/UpJ5GVoy3avbdC8R6bq6B0nQMf4c18/wDhb4ft&#10;pyCG4LE+prsYPBz2KieznYOOQua9OOb06Vo9D5dZPiKt5Nas90gTzFBUbh7VbWPoMc14RpvjvxBo&#10;9+kdwjNbg4Jr1TQPiHp+qlI2cJJ3Br3aONpVleLPCr4SrQdpI6+OFeOKtxAIc1FA0c8QeNww9qmh&#10;APWujmvscDTPJPjNbwhfMIFeb6RdRQxAjGa98+IPg6PxNpxWL/WAdq8WT4X6tY3TL5bMgPHFJszZ&#10;t6dfpIq5xitq2mdX3LytZen+BNTdlGxlArs9J8C3yqA4OKzZJ0/ga+aQhScV3k0w2c9a5HQPDz6Y&#10;4Y10uxn4qWUO8zcORmq88abfmwatDbGuG61UkZWyWOKaApy2yvG+EABFfJXx6tLXS9XeVECyE8mv&#10;rO71aG3jYZGcV8j/ALSkEt1diaIHaTk1tFWEeUpKutwm38vIbjNeW/EHwynh24yuCW54r07SNSjt&#10;USNV+fua5n4m6cdTiEqHcQK1QLQ8X1R91iwzhia+rv2RryW30gLIfl9a+V9Ws/Kt2DnBFetfs/8A&#10;xWtvDsi2dw4RM4yTXyvE1KVbBckFdn1/DNelQx6dZ2TPvK01MbvvVrW2qHd96vLtD8TW2sQLLbTB&#10;1Izwa6K01Mg8tX4hKDjo0ft08NCoueGqZ6VYazjjdWtDqzOcbuK8vi1cqevFXYvELRrjdWbVjya2&#10;X82p6X/ailcFqqSaipcjcMVwja+5jOG5qrea88NruD/N9a1i7nnSwbp6HeT39v8AxSqD7mqF9qEC&#10;wnbICfY18i/HX436h4YQixlIl9jXjej/ALUficqftEhI9zX1+FyDFYqiq0NmeJVzTD4Or7Kofd+p&#10;6ogBwwz9a5W91B3k3buB2r401X9pLxFIxaFifxq9pv7R+pHT2FznzscV0vh7HRXwno0+JcvWlz1/&#10;43+KPsmmBoJQsw7A1V8F+IrrX/BZMkweRF+6TXkvh3Ubr4n6wEvXIQngV9LfC/4Xafp37idzsYdO&#10;1fT4TJJKhGFT4j8m4jxMM3xTqQ2OX8I6lmNhMhLg4zXdQ6zJZQFkgZhjjAr0uy+Fei2yDy0BB5zi&#10;tgeFdPt7fy1iVseor0P7Cg5czkfIf2ZFu7keV/C9LzXfEEkssbJGp/ir3jCRBUUcD0rn9K0y301y&#10;YIwh77RWr5xA3Gvo6dJUoqEeh7NOCpxUV0NIEIBubbTZJiFOGrCmme5nDPKFUds1b+0KkZ+bIx1r&#10;ZRNB8l6ynG7n61Yt9WVSFbBNc/PNl8g5qtJcndkE1fJcLHbCe1uBh40OaguPC+nXoJMS8j0rkxqM&#10;kWPmrStfERRME1LpsCxF4NsNPmMkMYV/UCrTgwqepptvrUUwyx5qyskdyM5FSlbcLlEzsy+lIHIH&#10;PNWpoFA4qm6FW9apDTFID8GoJIFXOKkdyoqItuYZqkIiMeahkhAPNXQQevAqndajaQNteRQfrVJi&#10;ZTli4OBxVKW2V8gjirr6vYk489PzrE1PxPYWrEecv51upIq4ye225xVQJsJrJ1D4gWMAPzgj2rCk&#10;+KenoWG4VrzILnWX9wqQkdOK+fvjh46+z6ZNYb8FgRnNdf4s+LNlFpsrRt+82nHNfI3jPxPqPjLW&#10;5Y2z5WTg1w4qsoxsF9Tzy9JuNRkw33mOTXpfwW8ANrniCJ3XzIlYGuC1aySxfyU5lPevpb9nK3t9&#10;JsEmuHAkb1rzKEPaTQ276n0loOlxaZpkMEShNqgcVqRnjBPNZ1nfRTRgq2QavowYZBya+jjtoArv&#10;tPHFRMOcmppFBAPeomywwBVDvoVZ13GqbRB2ILdKtXcvliqKMFJLHg0DK8sYDHBzUQKqeTSzna52&#10;nrVKaQbuTQKzJLmXPfism5m2FuaknkaU4Rs4rMuXCthj81AMiOWYmlAx05J71WkuW81Yl5z6VcC7&#10;cKQQam4MFO3HrQ43nJFKVGfegsBTsK5H5WD7U5ICzcdKeg8xgOxq/HEq4Ao2E2VxbLjpRT5LmKNy&#10;pkAI7ZoqeZCPsueRWtigOK4rxrpKReHLyaEbpdh57108khmJI4UVWv4hd6bNEBnKnivwBH6OeGfA&#10;fX2TUr2zuC24sQA1dF8QtIcWN75qjawO2vIr/wAUXHgP4orA0Hl28kn3se9e4eMJW1vQYrlOUdc1&#10;6+Gfs6i8zy8bFSpt9j4zsft9h4nuon+WAscDtW3qdqot2klfdnoM1vfEXQf7O23C/I7GuKkS4fyw&#10;5ZozX6ZllT3XE/PsyheSkZk7hbeQDgdhVTRHlLupUqD3NaerwCwuoS2DE3WqmrXZG0W6BUI+8K+j&#10;jK6PF5bFz+020weXDgyOfvCqWq3gsijTHzJpD2rMabyyMtuarqlLpk80b2HTNbJXRVzciuLe200S&#10;zH52HArNUJckuwG09M1BM4LbHOQOgqpLe+X8oOBVKFx8xoixtnU5iBPrVKfQrAqf3Klj3xUkd95c&#10;BA5JqM3TRrkjOal0YvdB7RooReDdP87zDEpP0rd0+wtrDmJF49qqQyuy78YFS/ahEmSalYeEXdIr&#10;2ktmzTmuWOMcCp7O5iuMqWG4VkbZ5Yt7DEZ71DBaeXIzJIea2UbCvY3XkVWIVgcU4S5Gc9KzYYvJ&#10;6vkmn+YVHXNWO5aZ2k4HerKzJBbeWBlj3qjBKFOW4okmV24pMLl2GQ7CKu2S9yazreQKvqanSRgd&#10;wqCkzSe7VPkrU0xkEZYnketYayKRkjJrY8O+H9Q8QzFbONivsK5MRWhRg5TdkdNKMpysiT/hIoWu&#10;Ps6AmTpXr/wg8DXd/qEd0toWjYjJYdqyfh7+z3qeqeIILm8tykKMCSR1r7O8PaBZ6JpsEFrAsbIo&#10;BIFfl2b5xKsvZw2PsMHhI0lzdSnoXhDS9LjjkhskiuCPmYDvXUoqxx/Oe1QKADx1qSVxtwa+Ibcn&#10;dnrpWRAJwXIUZFKSc+9QySmHlVpEeUjc64FIolZiTg9KZMTjigtkZ7VXnuNoIHJoEB2OhUnNU28m&#10;1SRpDsXHWnW8cokLt9yuA+KfxC0/RLKSzMoW4kGFwa2pwc5WQm7Hhvxg8QySeJZYJZCbQnAIrkIG&#10;jhT92fkbmqus3cusao6TneM5DGpVTYAq9BX67kWCeHo+0luz5nH1/aT5F0LB2svAqzazsRtzVVEd&#10;uAOKsJYycYyK+nPMRrW0xQYJzV+OYMBjrVTT9Pfbhu/rWxa6YEwe1ZtpGiGws24dRWrGry4wDikh&#10;s4yR61qWylSFC/jWUpmtysNOdsEitPT9IVsE4/Gr1rETgFa0oLTBB6VzyqANttJjbAKita30+KIb&#10;Qox9Kda25HOcitBLY8HFckpXHcw5/DGmTlmmtEkJ9VqK00Sy00O8FskYHPArpfIJ/hqN4I9jKw6i&#10;udq47nz18QPFN/qes/2dasUjDYIFbOg6eltYhJRvlxyTV/xr8Orj7c+p6eNzjnbXnH/CzD4d1Frb&#10;VF8ps45r5zMqFWabgtD6vJ8TRpTXtHY7K8sYi5CqAfWnW1n5a8c1l23imz1VfMilU7umDVGbVdXt&#10;NRXZCWtD/FXw+t2mfrdoOCktTpm0+CUFZIwc+1c5qXgiQTefZOUfOQBXQQagJlUng1oW91jByK7K&#10;GIlRd0zxsXgoV17yMPQvEOr+HGVbwM8Ven6F4otNWhXDbWPXNc3vtbtdsqB6qT6ctvExtTsY9AK+&#10;hw+aSgrHxuJyVN3R6fCkancrhh7GrcbwEcwqfcivH7Xxbe+HsG9JMWepruNB8cafrUSmGRSe4zX0&#10;VHHU6q10Pl62Aq0na1zqQIS/EYX8KnRyo6ACs6O6jk5U1L9tSMfOcCu5aq6PNacXZmmrZGRyakjc&#10;ICScGsSbXobWPg1yXiTxxJYx716VapSmI7LU9TS2JJb5vSucu9ccqzZworlovEMmqQiVieaffJPc&#10;aPdNHneEJH5V0xopbjSOU8Y+Lr6aRk00NIw64ry7xzr1xdaaVv7ZzIBzxWToXxX1Hwn4vuodUtC1&#10;krnLkdq9Q0/4weAfGc/2RooxKeDuAFfJYzNcThazioXijzpYhxnY+YprkJIzJA459KyNVu5bhDHg&#10;gnsa+zz4A8Jamm6I24DdMEVz2o/s56VqlyJ4ZFA7BaxjxLRX8SDQ/rUeqPhDxF4auZoZHyFUc815&#10;5La3Ns58ssm0/eFfo1rf7LFtqyhFkKAdQO9cf4z/AGSrLTfD9xJEAZUQkHFXLPsFiGlszWOKg2j5&#10;0+DHxnuPDF5Ha38zPD0yxr658N+PtP8AEFuklvOrEjoDXwFr/hO90bV7mF4yvlsQDV3wn8QtW8JX&#10;Q8uV2UH7pNeJmWSU8Z+9paSP0PJuKK2ASpVfegfotBfeac5OKsi5yeD0r54+Fvx9g8QbLW8ISbpX&#10;s0Wqh0Do2VbkV+d4jB1cLP2dRWP2fA4uhmVFVqDudF/aO0HJxWXe6nmOQs/y4rPm1MeWwY4JrJNy&#10;16HiBOB3pU4anROhF3uj5r/aAvxcakypzzXkttH+6Ga9v+OuhLDG0xGD614fabkTnkV+7ZJOM8HH&#10;l6H8/wDENKVHHSUupOUAFLHCJHA2804Df06UklylmVPcmvoHdI+WZ6/8JrJ7OeOUDnPavs74f28U&#10;unRz3cixcdWOK+PfhJDdziOZF8xODgV9DSWur6no3lRO1vlcDFKFCpN3SPLrYylSfvM92PiTS7OH&#10;aLuNsf7VYWq/E/S9JjZpJA49jXhWh+AdYWVvtV/IwJzyTWzqHhiCwh/0qYyn0Jr06eW1JtJnk1c9&#10;o002tToNS/aIsIHfyI2b8K5TUfj3q+pkrYQsAeORWFJFpiTH/RgwrVtIbJIvMjiSJRzzXrxyVLWT&#10;PBnxROV1GIy58Z+Lriy8xNwc84rf8L/HZdEijtPEAZZW43Vhz+N9M01D586AKOma4LxP468M+IGa&#10;IhTJ2cdq5q+X0Yr3ZWZ3YLO8VP46d0fVemeJtP1y2W4tbmNkYZA3c1O12p+7zXwxD4j1/TNUij0O&#10;4klh3cLk19VfDHUNW1LSYn1SMpKR3rxJR5ZWZ9pSqqrFSR3EkhcikMhQDbkmpVtWYk02VNlBuNS4&#10;fPUitK01VoWALVj78Z4/GmeZluM0OKe4JHZQayrkAmtBZ45sYIzXA/aGUjkirUWqPGBhjWbp9hnX&#10;3MAYcVU2be1ZdtrrMQGNaMd9HL1rJpoBZM+TJ2wK+ePiR4pubLVnjjlYDPrX0WyCW2mKnjbXyd8U&#10;iV8QyjOcMeKFqSyuPFl2FLfaGz6ZrHu9avLqYs07fnWY85OfWqU2otGxBpiNaS/bo0hb61hXruZG&#10;ZWOPrTWu/wCImqr3fJPalcRk66zmA7icYrmfDmlLe6qwwM810etXAmjIHatj4V+FRruoyMPlIBNe&#10;RjZKOrJbtueReItC2+JCMZANdfoep3OnNGI3KqvYUnjfTG0vxhNE3QGrNsYnRcDmtsI7LmXUpM9p&#10;+H3jG6vnjhlJ2jvXs9hcq8QxkmvAfhqF89OO9e9aWyhF4r3ospFuJmaQ56dqlDYyae49FwPWmspV&#10;cYrS47mfcL5rnPSsq+YWqGU8ovatiVDuIqpNAG+V13Ke1AXMOO5OpxGWBGCDqSKpXZYRHbyxrp3u&#10;ora1NtFCIwe9YckIDcc0WKuZsVu1tas7H52rnnZ2mbdya3dUd2GxOKyktSrZPJoFcbaRfZ7kTt8z&#10;DoDV6SUyyGQjHtUKQgvyfwqWWVQoUDJpWB6kZfHNKitIaVYWlxgVoQQiNeRilexLIo0EQywwB3ql&#10;qGsoInjtWEk+OAtZ3ivXysbWlpzM/AxWP4M8P6il+WQNcXbnhDzXk4zHQw0fM6qGHlV2MK803xHd&#10;XUsvzLubOKK9vh+Fvi67iWZrMqX5xiivjXnKvue4sA7H0lBLIsZ3nAp91eQ2cCOGyW4xTr2PEJHS&#10;sRcPJtk5A6V8Qj6Fnlfx18Fw3qQ6sifvUIbIHNaXgfxP/wAJH4TW0K4a3XBzXfarpSa3bNDcLmPG&#10;BXP6P4Qh8P8Ani3Taj9cV0Qm7owqQ5otHinxai+1aa+1cNHXnA1m1TwZMxUG6QECvd/GmgJcCZWX&#10;5DnNeA+KNOt7SdrSH7pPNffZbV5uWz0Pg8ZTspKW553oV1fa/dvHduRHn5Se1amqubDFtGfMx3rQ&#10;bTxYyIsK4Y+lQ30SQvuPzSHqDX2iq3dz5zksrHO+fukBbg1etpHmnXacAVk6qv8ApAKnbk9KvxzG&#10;3hXacE12RmZNWLtxLiQ/Nk1nysXkzmlmmbGW/Oq6TrLkJ8zd66Yu5mzQEwVQKWa/Vl2jkiswOWJ5&#10;xjqKpPfxRz+Wjb5DwQKu4LU3k1JjHtFRpcM7gMcgVSidkPI61Ztxl85oBo3JdWzbLD0ApkFztXAG&#10;TWZdW8gdT2qzhoVHrTKLpkbHXmiKYhvmNVY2c8mnZL0hF57kEcdPWhHJOarx28jKMA4q1axAnEhx&#10;UydkNFy2cZGTV8SBFLk/KKZYWCSAuWwg71PY2o1G/W1iBdGOOBXnYnFww8HOR10KMq0uWJFDI2tS&#10;rBYqXmzjAFfYX7OngeSw0TzNTtBE5GQWHWsH4N/s/wBvaLBqc8QBOGwwr6Si0kLbxQxARooAwK/L&#10;M1zqWJbhHY+uwmBVJFnT5YFjENuigjqQK14SFUDuaoR2cdgo2fePU1PJcJEgJb5zXx8m5O7PbilF&#10;Flz5Ryehqs5bdu/hpjTGRMnkdqcrkpgjioKF/wBe45wBUs7F0CjoKiUheAKZNN5SEntVIW7C4YW8&#10;OWOB61mRzC4clTkVi67rUl6/2a3Yk9CR2qWxk/si1DSvnjkmqsUW/FHiW38MaLNc3DgKFOK+GvHf&#10;jl/FXi+SRHZ4g/y16v8AtA/E+5MhsIIzNAeDtrxnQdHW8c3Hl7DnODX1+SZfOpNTaPNxteNKFr6n&#10;Q2lsZwsjDDkVqW+ngtzVW1RxhcdK27C3ZwM1+pq0Vyo+Sbu7iRWCKeK0obVdo4qe2slYjNaENoEP&#10;tUuRSdinBbMW4GK1YLYqoBpQEQZHOKpHUlSfaWxWb1NLm3bQR5HrWnEqpjj8ax7a6iKAg5NWBcsW&#10;H92sZXKTN62ddwNaUcq5HauchnCY5q2l6pPLVi0Xc6W3uPmAB4rThn6ZNcPc+KLHTVBmmCt2FWLf&#10;xH56CSI5jPQ1k4XKOwurx0XCc1Qk1FUj/eAZrCk8RME96x7nV3uJCC2M0Kk3uCOnfW4VDRgg57V8&#10;hftT+Hbx9Qju7WJlQnJZRX0gStqPOlfCeuaqeIdN0rxjoVxExSUqp57iiVJNWNE7ao+L/CPiXUtL&#10;aEbmaNcZya910T4nWt9FFbTMqnGDmvFdfiXQ/Es+nxr+7DEA0SqUH7vKSdmr4vF4KnUm+ZWZ+iYD&#10;H1qVJOm7rzPpSK4gulBglU/Q1dgikwPmOK+bbPV9W0uMSx3LMF525rt/CHxq8yZba8XaRwWNePUy&#10;2pHWDuj2Y5xTk1GquVntMKunrWjbbiOawtF8UadqoURzLk+9dFHJGg4YEVwyg4aSVj0I1I1dYu5V&#10;1XRxrFm8MvccGuGg8N6h4SmeW1dpEJzjNegvfYOKo6hJJIhA6GqjiZUVaO3Yr6jTxU056PuYVr8Y&#10;4NIlWC+fZKeMGursfiDb6wqlJAVPTBryDxp4Ot9UYu42S9Q1eb6r4ju/h4MiYyovTmvSwWcVKc1G&#10;KuuqPOzDhyk6TqTaT6P/ADPq+71BpVBByKzr5FvkEbLmvnfwL+0Hfa3fLbiBpEzgmvorw3fprFqs&#10;pXa+ORX6dQqqtTU49T8mrUnSm6b6E0NgscSRoNuK1428u1eMjqMVNb2XmnOOlWDp7MDkVfMY3PDv&#10;F/hvSJ72WO4RC8hPavPrz4LWHmGfT3NtKecg16h8S9Ce11RbxsiIHrVCzH2mFZI2yvrmvzPNFUoY&#10;mVnufIYznpVnZ7nlz+C/FGit5lvqUsgXou410vhf4keMdIkEc1tJKq8ZOea7uFT35+talnaIxBMa&#10;n8K8vnVRWnFM54159TCvPjzqekWJurqzZdvUYq8fijJ8RPBF3c2URE6ocrWnqPhay1u0eCaBSG9q&#10;0PDfw9tvDfh68FtGEVkPFEcLQauo2lc7aE+d6nyZP8Ob3xvp2pTi3IvIyTgDmvm/xBoN1o2qTW1z&#10;E0cqMQQRX6b/AAl8MAXN8zRgh2IORXHfHD9l+z8RJNqdnEqXHLEAda++owvTVz6Om/dPgXwPdppW&#10;otPKSjj7v1r3fwR8a/KkFtqBITopNcld/B25tNaS0mhaN9+0HFdV4h+C1xoFjDNJbsyMud4HSuTG&#10;5ZSxsOWa17nvZZm+Iyupz0ZadUev2WsW+vwrLbyqVxnANWIrkwZwMADk14Rpx1Dw5amSynaTHWPP&#10;Snal8WtTew+zxwMJzwTXw1XIcRSnaOqP1rDcXYKtS5qrtIrfHfxpa3ObEODJ04rxezk+Taa2PFFn&#10;d65cmXy2kujzis/Q9Fv3vFhuLd0GcHIr9Hymh9Uw6pn5RnOYPMMVKt06Fq3gdvujNS3GjNfiOLaV&#10;JI5r1DSfA0QtEcDLEelS3PhZbSWJyoABFfQU2pySZ83Wm405SW5rfDa+b4fQQC7y0DAckdK+gNB8&#10;e2Wt2yi0kXAHevLodJtdU0eGGePPAwa5rxgsngfSJLiwlMZAzjNfZxw3sYcy2Pyqpi/rNT2b+Nv5&#10;Hump+O7bS5D5syAj3rzXxp8YNNj3GS5XA9DXyhq/xH1rxHLJuunQgkdaxrh7q9UC4nZ/Xmoji7aw&#10;ierHJObStP7j6Gb466YJG8phIRXJeIvjZqd/My2ZKRH0ryW1sooDwDmtCCTZwOlKWJrTVmzvo5Th&#10;KMuaMb+p0kWuahqMpkuLhiG6qTXS+G9KhvLgZJLE+tcZZMDjNdl4XuxbTo/pXmVIPdnswSirRVj3&#10;f4deEVW8hKqDyOTX1f4c8NB9MjwAGA7V8ofD3xLPNfwJCM8jNfXHhTU2WyhDHkjkV4tZu561BWRZ&#10;GiPHkHnFQT6IzocCunEglUHrSABuOgrm52jrOEm0mSPI21g6lJPaXaQxRlix616ybGKQEECsm80K&#10;F5N4Ubh0NbRq9wvc4RkkjwJBgmhDtPPStjWdKkhJkPPpisRlaOPfIMDtW6aew2SNJ8wIq3b323A6&#10;1Qzvj35AUdSa4Lx78X9I8EWkjGZXnUfdBqKkowjzS2LjFzfKj2GHUcWc+XCgKepr5T+IWswSeI7h&#10;SwOGPOa8+8UftQ61rYkXSVkC9DtzXnqeN9Q1e6LXqtHKxySa4FiaMnaMip0KkNZRPardILlGKsCa&#10;yNRt/KcnGRXHWPieW0AAYmty28Tx3MY83GfSt07o53oQXbyZ4HFQmQlMdDWkZUuh8uKjlsQkZbvT&#10;WpDZzl82cgnivVf2eJbe51o2uQHYYryu8jJLcVrfCjxKfDHi+CdgVXeB+teZmVFypOxjfmTRp/tL&#10;eH/+EW8Ved2kPWuH069QWaygZ4yTXv8A+09pVv4s8P2mqR4LbQSRXyxa6skUqWKNlmO01wZdXTpp&#10;PdGsHzRPevhVqKX9wvlc4PNfQumxMYkJFeAfCrSotCaEId7S4J9q+idMVhApPevq6UrrU0LEkrkB&#10;QOnenOflHc09sYGeKY5z05rew+hXIyeRVSVCZMn7tXWIHaomG4ZNMRlXcaj5jVByqZOM1p3seeBW&#10;bdR7F5qgMe5iMjlsYqlJEVc461sBN44qnd28iSIEXczHFKwirDYsQWPU1ImmEnLdK62LwpdWmmLd&#10;XCbVYZFZUmSCB2qAuU47dY1rkfGHittFjMcalpG4GK6nUmlt7WSUD7gzXk6+L7fXde+xzQFm37d2&#10;K83HYqOHpNt6nTh6TrSsP0ax1fVr1JoITNNIeFHOK+yfgf8ACFrDTotU1aEJdkAgMKh+BXwNg021&#10;t9amdZUYBlRh0r3q6YLGFQBVAwAK/KMfj54iVkfX4ejGkrGY06xnaFXA4HFFVpFYuxorxD1LnOXc&#10;hkXFZpg8xsgdKuTSHzgo6USFYVPIya0JZVVyDtJ4FGEnDLkCsrVtag0qN5ppAgx3NeJ+NfjdLYTy&#10;RaaGmkPACVtCDnsQ3Y9F8TJbzTPblgGPFeLeMPBPkXZkjjLlj1qbwJq3iDxhrfm3kUkSg5+avYr/&#10;AEWNLPzZgOF717eDxMqE0rnhY3DKceax8veJtJXSVSReZPSuQ1CBp8SHhj2r0b4kXAi1by1iOCeD&#10;2rkr20KqshXAHOK/RMLXVSmpJnw1enySaOG1G1MLgyVXWVnYcZUV0er2o1GPKjG2sj7OIoWTGCK9&#10;eE7o42jJv9QdZREOQeDTtPvUtpzGqbmI60C0DyFm5xULKsTs68N611xkzGSsWpJFDPjgmmaXpEVn&#10;K93Mu/PIzVWDzJyzYJHrUr3UsqGJW4HWtrkbFk3Qu5yU4A7U69vhptqJTzziq2mwbC7McUkhW+Pl&#10;SDKA9Kq/QXU6KINLp0N0z/K/QVIG8wADmtIWdrcaBGquEMY6Vg2s0jO6op2joaqN7aib10NBYWlb&#10;C9avWcEdupaXk+lZ1jcvAG3Dc5qYGW6znI9qluwasvHUQP8AVJkelTwz/aiF8kg+wqfSbOGNAZAA&#10;feu78C+Dm8R6vHBDHvVj1Arxcdj4YWDlJnpYbDSrysjkbbwzrWrzR22n27vG5wxUV9U/Bn4CQ6PY&#10;W93qVvvm4bDDoa9R+F/wqsfCtgr3ECPKRn5h0r0SJUhXaqAL2GK/KMxzatjJNX0PtMNg4UIpJalb&#10;T7VLS1SGNdiAYAFafnLbQjjJNQgDIzTJ8sygHivnt9T0bWHRM0khdzwO1Vp0866DdhUyjnrS8elA&#10;EoG1AKeGwOtQ8nk5xTJmwhA4zSGSSziMZBrl9b8VfZ5PIX5nbjAqv4s1Ke006VYGzOQduK5T4b6P&#10;qF5czXWrZZskqGraMNLsqyOz0mwSJTdS/KW5Oa85+MnxCi0bT5Le0kHnEY4NdP8AEDxVHotm6+YE&#10;IHAzXy94pnufE2qmRWLpmvWwOEdeabWhjWqqlG5hWV/qGq6k73n72NjnJrq4LJYh8gAHtT7XTUs7&#10;ZAQN2OtSb9g9q/VcFQVCnyo+MxVZ1p3Zat4UjUEjmrcUwQgrxWWlxznPFTJcRsPvAGvQOS9jT+2O&#10;pJB4q1DfyOoFc/8A2gtuTuIYVG/iBY/unFFi1JHXidgvPU1C0ETtvJG6uNl8STyD5W4qNdbnccti&#10;jlZVztRqEVp1bpUn/CSJjCsK88n1R3bliaYLmYjCE0cl9wUj0b/hJtinJqa11z7Qe4FcFp3msc3D&#10;4UdzVy31aP7T5cEgfHXFS4I0UjpNR0ZdYuVeSQ7VOcZroLW6W0tlgQ/KoxXLW11IzDBIHrV5JDn7&#10;1RaxsmdA10GXJbJqjLMxJKnBqvEw7tz9ad5qxkZ5pWGX7eKW+s5IpicEcVz2n+FbzR7uZxdEwP8A&#10;wZq7ca60UgSPhaa+tI6/NJk/Wk0UeWfEP4cwXdxJfqwjcc59a8qmmSGZonYErxmvevFk51C1lQH5&#10;AO1fLPj3UHsdTcQ5AB5NeFmFBW9okfR5XXtL2UnozrBqsUMbAsCPSsee9tmm3DCMT1FcA/iGV0zv&#10;waz5dZuHY/PXz3O1sfVvDRqfEj1mHxZdaSQ9pcHI5xmuz8MfHi7WVIbskqOCxr5zh1qaPkvn61PH&#10;4gYAgnGe9Y1Iwqq00a06MqMr0pWPtnRvilpuolAZ1yfet+68X6dDGH+0K3tmvg6LxHcWy5hmZW7c&#10;1ftfiHqNoha5nd1HbNcKy6nN3UjslmWJoJ+5fzPrfxL4stNWtnitnHm46ivnXxra3tzfSRTy70J4&#10;Gap6D8T0uciMlZO5NSXGoTarehy2c1awtPDy91ak08TXxsL1Xp2On+AVta2XihYLgKVY96+19E0C&#10;CJUe3GEYV8M+GZk0XxLazFsEsOa++vAYXUfD9rOrA5UV9nl9R+ws2fn+cQjDEWijYs9K2DkVK9qq&#10;5GK1beP5cZ6VBPGu454ru5meFc8o+LlhF/YEkkmMYrx3wpp1wqeb9o3QE8LmvZ/jNcQjw9LETk4r&#10;xjwmzfZQgYlc18hn0Xzxl5HzuaJ88WdhFGhYD0rXtgABgisaIFQMHJq7bM44r5dbnio09UvDp+ky&#10;zoMuozxWr8Ldel8U2M8NzwvIwayHjElo6y8rjpWn8Lgj6jNBbx7B6ivUw6UotW1PTwu7Ow8PaQml&#10;ahIkIAUnmuvnsI7iPawyCOQazNPsGtL1zJzzW8ELcgHAr7ChpTR9JDSKPNvEXwc0zVL5bwwqsgOc&#10;gVV8QeAba+sBazRq0arjkV6ykIuBhu1eL/Fzx4/hy7+ywjDnvXXGRZ5V4n/Z/iUSzWBCdSVrwzUf&#10;AN5p+tvbfYy7E43Yr3l/GfiG6HmJE7xn0rCl8QambzzpdNZmU5yVqnGEt2acs+kWT/DP9nOzljF/&#10;foplcZ2sK7yX9nLQ1czm3TcfQVd8GeOJrm0XzbR43XjGK7iDXpZosvGVB9avnjFWTDknu4s83ufg&#10;HZx2rNAAnHArxj4ifD240GTIBdVPQV9daVfm/n8o8rXJ/FjwcjWwnCgg9c11UJr2kbnFiU/ZSsfM&#10;mlXDS2scZj2FRivMv2g9SmstLSNeA4xXuPiXSxYRq0KbT7CvnL4/anJLDFFIK/Ra019VPybBUnPM&#10;ldaXPE7SLAL9zzUwYg9eabG6xqueOKJGLONq140VZH6G3qWYzxknNTIQeKqnIAB4NTQjDCqJRrWZ&#10;5ArpNKLq64Nc5Z4JArrdAjQzxhmB5rGexcdWe1fCzw/qDTxXUTfLkcV9WeFZ5Le1jMx+YCvEPhTa&#10;zxWcTKMx8V7ZaNmJQOvtXiz1buezRVoo7S111duDWjb3iT8hq4pGCJzU9tfyQ9CcVySgjoO0ecgc&#10;dKqSTtn71ZVrqryL8x49zVTVfFen6ZGxlnUSY4XNZtcquwSvojXmdZhiXAX3rgviFrlro9lviIkY&#10;fwivPPFPxT1XWNVNhYq0MecB6fp2gaheMv8AaEhlD+teLis1p4b3Yas9zBZVWxer0RzniX4jarqm&#10;ntBYQtCcYyK8qHw3vfEd99o1Z3kRjkg19T2fgG2giDMilSPSobnwpb+ZsVAFr5LG5nicTpeyPucD&#10;lmGw2s1dngdr8LNH0zAtbdR6kisvXPhVaXgZ4lVJB6CveNU0GC1O1FrmruxRGOOtfMvEV6c+ZS1P&#10;tY4LB4ily8isfMviDwbeaDucglVrmob1yxYkrjtX0n4isIp4JFuVGwjjNfOXxDtIdHuJHt3GzPQV&#10;9pk+b1Kn7upqfmefZJTwzdSi9Oxo2evSxrkHIFacHiffxIcDvXnmi64JrUqetaEbtJGWLYr76n7y&#10;uj88kei2V3a377cDJpupaIsMiTwfeU7uK8/ttVlszuRula+n+Mpp5QkjfL05roq4f2sLHA58krnq&#10;V74uk8V+Fv7IY4lRdozXkHh/wn9i1m4F5Gd6klWNasmtNp94s8D8+1a3hZZ/E19czzkKApx718c6&#10;Tws5RWx3Qta6L3gnxt9g19YJW+RWwCa+qvC/iO01Oxj2yqTj1r4iu7bytUnCgoynhqvab8QtY8L3&#10;K+XcM0QPTNetQxThpI0Pu0qkgyGyKYzBFOK+bPCH7SsIZYr04I4JJr0ew+OOiagRmdFB9TXqwxMJ&#10;aXA9E8zc3Ioc/L1rlP8AhZehsu4Xcf50sfxB0iYFlukx9a6FUj3Fc2pmAJqhNH5x56VlXPjfSS2R&#10;cp+dVpPGulxDJukOfel7WHck2HVY1wo5qaztCNsrDJU5Ga5C9+J+jW5AEyEj3qOT42aJBGAZkH41&#10;lPE047sTuz0+7126vrRbeU/u1GAKxks/m4Ga87n/AGgdDUhRKn1zUU37Qui28TFXVjj1rz6mY04r&#10;TUWp2+rQxagptI5Ash6r613nwb/Z30jVbtb25tQzA7ixFfOMfx70NLkXgXdKDyK9S8Oft3aX4d04&#10;W8FqVbHJxXwma4nE4yVoR0PZwVSnRT5nqfbdho8eiWqWlsNsCDAFRXeAcHivkK0/4KG6XuAntyDn&#10;0r0Lwz+2H4S8Sxq89ykDHsxr5aWHrx3iz2oYuk3a57ZInznmiuCX49+DplDjUYcEf3qKx5Kn8rO3&#10;28f5i/5H74s3SuI8dfETSfC8TqbhZLo9Igec1F8QvjjonhnzNOhcTXz5UKhyQa8V+Hnwl1Xxt8QJ&#10;PEWuTP8A2eW3pEx4xXTCnZXkdTkZniKLxl8TtSX7F5ltZFu/GRXsXgf4JaVo+mwz6mgmvAASW55r&#10;0S20+0tJ0trOBY4kGMgda53xv4uHhsGOVTg9DWjk2rInQluH0PQAWAigI/CvAvjj8Yb5F+w6HE8z&#10;E4Bj5qz42tNY+IEsUekmRCx5YdK9F+H3wbj0Gyhk1iJbm5IBy4zzVxaptS3M5x51ynkHwr0HUfF0&#10;Yk8R25jbGVZxSePvCY0a4kUDMB+6R0r374laJMnhh4tHgWG7x8hQV4bZS6lJbjT/ABCpM2SAxr3M&#10;DmE4S8jwcbgIuN0eYnTQsTYGQTXN6zp7wsCBwa9n1nwiLSPfB86EZ4rhNVgRWZZU5FffYXExrK6P&#10;ja1F03ZnnEqCFWPeqUsHnwtt4Naep6dNJfFh8sOe9RXhihiCxcuOuK9eE9TjauV7K6jtNOkhZQZD&#10;3qCxtmaN2I5NMjge4kBA6da1Lm7htLYIn+sPWutMxaHvYx2em+azAse1Rw20b24KYMhqmJHnj2yN&#10;8vvV2xTyfmzkCtEQywkcsSKrsdp6gVYjLA7IlwD3pIA91L0yK3LTTMYbHNDlYSRUsLCSM73GSa6D&#10;TdL81vMKfKOtX9I0CbU5RHGuB616J4L+G+pXGtQWr27NbORlscV4WYZhTwkG29ex6uEwk68kktDj&#10;fC/w11bx1r0EVpC6WysNzY4xX2x8NfhHp3gyxgfywboKMkjvXQeC/Adh4P0+JYIFEhUEtjmulLbm&#10;6YFfkeNx9XGTbb0Pt6NCFCKUUOd9oGPypVORz1pM4OMZpwBPSvMSudSFMgjHJFVW1FBcLDjcW9Ks&#10;PEsinPWn6dZwRbpZBmUdKfKTcqS6vBb3Agf5XPrV4rlARznpXH+JYXn1eGQcHd0FdjG220iz1xQ4&#10;juN5C8/nWJ4g1ZdNgL5yfStK9utq8EAVxOrxT6lfoindHnmqhBX1KTMfSmvtd1ozPn7OD0NdH4r8&#10;QweFtJaYYBVe1c/8WNWbwdoNsdMwk7EBq8b+J3jy4vPCiReaGunXkA16NHDutJJImpUUVdnN/EH4&#10;it4qu3RXI5xwaztIvPsNkASGY15toUN6t08l0ep4zXRfbJI2wuWr9Ly3L1RgpNHyWNxbnLlWx2Mu&#10;tx+Sdx+asm6199uI6597pgcyHHtUM+pRxxnHHvX0caaR47m2asniGZFPPNVT4hlP8RzXPS6gZiSn&#10;I9aYjuxz3rXlRHMzp49cllG1mzVlZjInDc+lcu3mtbts4kI4NTeFLS9t7l5L98x9hUM0jK50yTyK&#10;uAMmnCWUj5jimvfQqxKkY7VFJeI65J/KpNC7GDJ3q9byxoMZB965q41VYoiFPzGqUGtMkbAsSx6U&#10;+W4cx3TXttJbtHJOqDHPNUfDGpaTb30qRzCWT615JrlnrGpXRW1naNGPrWv4N8Pnw2ZJ7y4LysM9&#10;aOQakeyNreJCEIC0S+K0gG3cC1eYv4icu+1vpUMOqO8haRjR7MtVD04eKH5O6k/4Sptp3PXn66uo&#10;4z1qRbkzsMNxS5EjRVDtn8RM8ROcmo4NU8wZZutc9C5RQm0k+tWViO4ZbGOwqXHQ1UzoRKLlWQ/d&#10;NeffEnwHptzoU88MebrBOa9AsNvkZZT9aw/GEEsmkSi3G6QjpXJWpqcWmjop1nTkpLofGd1C9pdS&#10;QycFSRULM2OOTXZeLfDMsN080mN5OSBXLFBaAlhXwdam6U3E/T8LiI16amitu+X5jg03d1qCS4Ds&#10;SaarEsMVgdly9AQwOTStICpDHIqIQNGAxPFDASRsAecVSRMnoavh5IDISvB9q9A0YRoQWNeYeFyI&#10;rplZsnNeg2U6MoXkEVE1Z2HRmpQukdFe2oa6tplbhWBNfa3wW8Rx3fha3hicEooB5r4RvbyQWwET&#10;dPWvoj9nvxYsGkmIPmTHrXv5b7y5T4nPYNVVI+s4dXijQ7nANc9rnjCOLcsbDPtXB3PiOTn5zk+9&#10;PSe1Fk1zcNnivooUVe7PmDN8WSPr1jJE7ZJrzltTj8KqIfLLufQV2jagl1cN5TfJUbaPZTy+bMgd&#10;veuDMMsWP5fetY4MVhvrNtbWOQk+JSWW0vaOc+1WYfigt6AsNq4b1xXVT6Npl0gRrdMeuKksvDem&#10;RMPLhQH6V4/+r0Y/aOH+zUupm6P48jud0M8ZU9MmvUvhbJbx3rTrjDVzNl4G028cEoAT6V22l+GU&#10;0e3AtmIojlSpO1zopYRUne52s9xFNdblYE56VsWsybAGrhbGN4Jt7sSfSt+3vc884rvhS9nHlPRj&#10;orG8XRT8p4718x/tOkxSrPbDMqnrXvOpeIItOt3Zm6ivkr9pPVdZv7J5dNG8Z5x6V2UqTabLWuhu&#10;/Dn4r6dpeiKupwo8ijuK2Ln43+G7h8R2ceO/FeG/D/TY9W0VTfZFwPvCuntvCGmxsSa8arFczufp&#10;WBy+pUoRlFo928K/EPw9qm0RW6Ix9q7/AFOSxbR/ORVAI7V82+GtNtrS7URcAGvTtX1wxaCLZJPn&#10;IwBmueMVzKwsdhJ4ajKUrbHceDZbN3LhgTnpVv4hRCfTgO1cX4D06eOGOcuSxOTXY+KZfNtYxIQF&#10;r36cdUfmFR+62eN+KvDqNpjTBckDpXw/8fJjJqXlsMbTX6P3umxXVi2cGPbX5/ftQeHJIPEUkkSH&#10;yt3avroYluCps+OoYWKxHtUeCyqi7CxAFW96PtaIZUDrVR7P7UypIcKK2ohaWenmBPmc966Fc9hp&#10;W8ygrp5wL/dqRpEaTKcLVLGxirc81ICF4FUQW47gpJ14ro9GuHlkRY2+fPBrlY+SBXWeErWSa+iV&#10;FLHI6VnU+FmkN0fW3wHuLyKxVLxwyY4r3CzvF34X7teWfCfw68GkRSEHcQK7i81iz0BC1xKqezGv&#10;BlJLVn0EI9EdYsiuOKo3vifTNLRzLcIZFH3M815f4j+O2n6cjW1mDNM3AK815dJYa3r2qtqLSyCO&#10;Q5CE8V87jM4w+G0WrPpMDkeJxmy0PR/EnxR1jUdTKaTEywA4zV7QtGvfEDC51ORw45xTPBcBsYB9&#10;qhUt64rtoLqMgbVCj2r4TGZzWxjsnZH6LgeHaOBSnNczKtp4YtlmWR4wNv8AFjmtbWLWS4so47Jg&#10;si96U3MawlmPAFRaZJ9qmMiMVQdjXmwk3uzurU4xdoo3tLjnttOjW5fe4FRSMu8k017vHy5yKydV&#10;8R2OmqWnmVCPU1snzaI42nDWWiDWWtUUtK6p7k145488bWfh5ztcPnoQaxvjh8W7QaeYbC4/ej+6&#10;a+cdY8Y3viGAK7MxHcmto5fKs1KeiIjmqopwpas9H8TfFP8AtGNo0frwMGvLtX/4mhkaZixPSqVt&#10;bup3O2TUk77FJzXu4alChJRgeFi+fEwlOo7mVptkbaZuflzWq8rKuFOKz4J/NdsetXidse7vX39B&#10;JJH5jNasqvPIBgjAohmMZ4PNQXFyztyKZE/I4r2Y2seXNO5sRTPKcZrXs9T1HTEzASFPp3rBgmBw&#10;AQDWrYSXs9xHGFzHnrXkYvDwqu73OmjdGva65byyBr5NjHr703UJtOu5AsGMHua6HUPhzL4jsIza&#10;gCfHaqNv8IdW0q0fzonZuxArwXh5weiO1HBan4Ua4uS0E4A64BqtbeGdUWTbFcPn2NdHceBNdsJW&#10;lWOUqegxVJ7fxHpkgK20hPpis7uL1GLB4Y8Rb1HnSlT712WleDdea2+WSUkj1qhpd74uvAgjsHOP&#10;9muosNZ8Y6e4DWD4H+zWUqqXUhtGS/gXxMW484inw/DvxRdzqg84A13Nt488S20O6XTjgf7NFv8A&#10;G3VbbcH00hh321yyxFV6QRHNLoc2/wCz34mulEnmyfN71Vt/2VvFepXZVppAp6c16HF+0Zfra7fs&#10;jCQdOK29K/aLv4LUSywbW+lcU5423uom9ToeVJ+xd4oinLPcMVPvV5f2StYs5USWRmB969P1H9ql&#10;2t8KMOPWneHP2j01edRMy5U9682o8xSu0NqqcMP2YLzTSHMDyL16Vei/Z8aSLd9hfcP9mvoDTfjx&#10;ZpChmtRKn0rpdJ+O3he4kEc9slsT3cYrxauJx0dXEwlKtHWx8s3PwDt4dnmWDk98LXN+J/hdBpTB&#10;ba0uYj6qDX3npvivwrrsuYJbaQ+gIrQ1Dw3oesID9jiceoArKlmVWMrVEYPESi7yPzMm8OapDIyI&#10;90FHQZNFfofcfCrQJ5nc2iDJ/u0V6yzCP8pX9owPnDwP8F/E1/8AFSXUdYDzQGTKq+cV9b2/hyew&#10;eKNMRxKANorcXTkhvXZUUOO+KliYB5J7iTAQZAryJVXUep+rONjC8V6xaeDNEa8nIEhHyj3rzXRd&#10;H1T4k3JvNSi2aeTlG9q85+OnifxP4q8YQ2On28jacjgHA4617P4Vh1+HwrZ2kUGzCgHitWuRJvqZ&#10;p3N620rR/BVsCRGqgfeNc9qvxa0vz2hgPnsv93mt6++G914q0wQXUzRPjsar+GfgXp/h12kl/wBI&#10;kPdqyuuo7nJWnxAn164ZIYGO045FO8U/DyTxRpwuIECXZHpg5r1TT/BWnaJK0sVugLdRilvoCsqG&#10;EbAOwoUnHWIO0tGfIPiK1174fSsdXiZ7Ts2O1c7Alr40Dz2mMDkivszxh4KtPHWkPaXsStlcbiK+&#10;W/GXwi1j4VNcXWlRNLakkkAZ4r38BmDptJuzPExuAjVV4o8x1rwy0zPGvylK4WfTWtLwqfmGcGvS&#10;NNvrjW5JHmHkMPvBuKytTsbZbhn3g4r9GwmIjWjdM+Ir0pUZNSRybWhtjiMferG/s2SW7Yv0rsJb&#10;cSHhh7YqNNLaSQIg+Zu9etHTU4G7nPQ6aXJ3nCD0rV0/Rp71CLcbkHWttPDjxYRhkt2FdJoukyab&#10;BtijJLdeK0c0kTa5zuh6cImaN1+cV12jeHZLglyvyDqa6HQfBSyA3VyNi9TmvR/BPgW48RXiQWkJ&#10;FrnlyK+ezHNYYaLSfvHrYPAyrtSa0KXwr+Hdz4j1GNYYitup+ZsV9aaB4Ts9BsoohArSqPvkc0eB&#10;vBFt4P0xIokHmEcnFdGYiTzX5XicVPFVHObPtKVKNKKjFaFRoCSM0phB4q0Y8DPemFDwe9cljYiW&#10;3NDDy+BUjsVGKTbkcigQ2NQRUmQvam5OcAUrHaOeTSEUJNKje489+SOQKTU75bOzknkOEjXNWbif&#10;CZXtXlni7xdc3OotpqITFJ8hIqkrjRn2fxdsvEWvvptsSZFbaa7ITrpkbSP1Azk1zPhf4XaV4Zlb&#10;VwAZ5PmJNecfHP40QaBE9vbODKRjCmumnTlUmoxCUlFXOP8A2g/i0ZJjaQv8wOBg15PYatc38Cy3&#10;cpZRyATXO31/ceL9Qa4uchSc5Na1tYsFWNWO0V+mZRlipxU5rY+Wx+MT9yDNOfUY9vyjFQwamYNz&#10;Y3E9Kq3CLCMN1FVROpPoBX2CikfOuVx8t7JLOzycDPAqGYm5G3O1TUFxqMannHFVpNQ3KSCABVWJ&#10;5jUXy7W28tfmb1qJr+O3XJPNcvfeKo7Ine4H1rDuvGkT5cMG9AKhuMXqwu2eivrQMfyDmo5Nfmjt&#10;nLsRtGea8rX4gTR3CosLEk8cVb13U9Z1C3hEELDf97ApK0l7qM5VFB+87F+T4ux22pmCZtqg4ya7&#10;jS/Ei6rZ+bC25CK8d1P4U32siOfBQ4yTW5oem634ZsmjRC8SDrWMaeITfPDQr65hnZRmrnpn2hpE&#10;LE4FNMhVQ68155b/ABCBmFtcqY2zg10UXiOK42xRyKc+9axaexu5HVHUUgg3yvsOODWLeeLbaViv&#10;m7tvXFZWrM9ygQvgH0rJttFjidssWLetdCijNzaOqTxHZ+UJA2B71Zj1WK5QPG2fpXMPoSzIIwdq&#10;+1XbDTlsyAHJAp2J9odGuoxIFB+8a3bKeK2iEs7hF68muTbydyuTyKkv4f7ZhVPNMYHpWco3LVSx&#10;6DZazHdr+4UOv96tWx0mWdvNzlTXGeHGXTLIQIdzeproI/F5sbRoEwXPH0rFxZqqp0l5qUem23lZ&#10;UtVeznF1C+7ncK4+SUXULTyz8jnBNWtD8WW7xuB/BxmpcNCo1rvc8/8AiBoDm9lMYJ3HpXk2u6M1&#10;sreYdpHrXvni++MlnNfKmUQV86eL7281cvcFvLhzjivjczpqNQ++yWtJwaT0MEPG0pQHpVu10974&#10;s0f3V6msm1gbHHfvW5FqcNjp7wRn984xXhWPrVNkDqyOVLZApGfYrHOKp2zSrkyhuT1NXtkc0Lbj&#10;gYpdTa90VdLuIrS5adnyAeleg6DZ6t4iVWsbZyh/ix1rx29b7HcZRiwz0r6c+B3xBGn6GiXNiNoH&#10;DBa66lNKPOtTw8NipVMQ6E3yo5a/8O6xYK8V1E0Yx94iun+DHig6HqMkDyh+cYBr1K517RfG9jLa&#10;SKsEzAgORiuI8OfBIaBrzXkd4JUdsgbqvCYlUJXaNMwy+piUlTfMe3WerC8i8zOcjpVtrl5rcxOS&#10;FrhLm11fSpF+zJvT0FTJ4kvrAFtRj8uPFfW0cdh6kfi1Pj6+W4qg3zQ0OngC2smQeKuJfDfnPFcd&#10;ZeMLTUHbD7FB/i4rWj1SCePELK/uDXoQamrxdzyZXi7S0Og+3q/ArS0thuySea5a3uVAGRzXR6I4&#10;ndT0ApyWhk5noPh22Bw5PFdJJdhU2iuY0m7EabVwBVw3pd8elebOLbKTNuGUbdzU99RVbd8MFPua&#10;xxqaFtm7nvWFr91vU7ZdgHXBqIwux3sVvFets8DJvz9K8v8AGdwU0aViN4wetbeoaiHkKlt4B5Nc&#10;7rFzHqkMtn2KkZr0IQ5ENM828G6k0s0/ljOCflWurM04QuUI+teJeIdT1r4cazcPZQtcROT2qxov&#10;xU8Q6x80toUTuMV83iINzbR+o5VjqdOhGlO9z2vTvEi2U67xzmta78Sw3t9boJsMSPlJrx2HxhJK&#10;TuiO8VhHWNUvvE8E0Suqqw4rmpw95Gmb4jnw0orVn3z4MbZpcTH0rnfHvi0W90ttk9arfDnW538P&#10;wtc8MEFYHjGdLvUixAJJ4r36MG5o/IMRLlpSZ0dp4iE2nbN4xjnJr58+OHh2LXYJ2UBnAPNd74gv&#10;G0TSWkD4yPWvOJtYGp2zhn3lsjmvUr2hNcp42CvKDkz5D17S5NLvpIm4ANZjkg5HJr2D4m+EAWa4&#10;QZJOeK8nmsntmw4P416lOopq50tWZA6BgGXlqYT82MYpzsUbIpgYs/NbXFYuWseTmvUvg1ps97r8&#10;K+XujLDNeWW8mDz9a96/ZsSfUNULImVjPXFcuInaFjehG8j7J8MwxaTYQxBB90Zrxv4+x751dbgx&#10;pnkA17DaTboU3cEDFfNvx61Y3XiCO0DEKTXzmIu6bR7kXZpmj4C0/wAPssJmcTXB7ue9eoyWCW0Q&#10;8pB5eOMV4joujRwWcMqSFZFAOc13sPjabTtLC3HzIBjNfleaYFuXNTd2fs3D2bezhyYiNl0aOpjv&#10;PKatSDU92O1cJpXie11VS0Ugz7mtn+04rWIySzIqjnrXy7U6bs1qffKVOvHmi7o7VZxJHkniq1/4&#10;rstBsXleRUVRkjNeOeLPjVa6fbyxWUoeVQc4NeAeK/jRqmvCW3DMFJI4NexhcJWr2b0R8xj8fh8N&#10;eMXeR9Ea5+01p4aaG1cb0yOteI+PvjDqPiXd5UzJ9DXl9vEZWaWQlXPNT/KDzX0UMPToP3T5V1Ku&#10;KV6o4z3WpOXuZWY+5q7bTxwLtA5qnlgvy9KiEh3da6btijSjDY1jJu5FQ3Kl4m+lVY7wqcDpUi3i&#10;hWLelaUoylUSiZ4mUYUZSkyjYgxu2fWtJmzEazYJw8jkdM1YaUsMdq+8pq0Uj8vlu2ROm6mBTnpU&#10;uSfpQGAcL3Ndam0c8qaepNY2b3VyqKcc11sNwumSxW+QZD6VgWsbQsrg7T61o6da+dqKzO+4g1jJ&#10;uRpGKij3X4fTGF4Wc9ccGvetKtba8tFaWFX47ivn/wAFwvciLaDxjpX0D4dRo9PRX4OKFEbY4+Gt&#10;NumObaPA7Yqlc+B9Jd97WkZx2xW8ikHrTLiYIuKJUYT0kguY9hpNnpkvyWUZX6CtG8+wSoP9BjB/&#10;3RTCxx1qByWNcby/DvVxM2k2RSWVhOhRrSMA+1Zk3gzSJ8j7JHz3xWvt28mnLnNUsHRh8MQ2OYb4&#10;Y6PJk/ZkB+lQ3nwu0u4tynlKox2rsS54xSXjmOyeTpgVNWEUtjemnJnzP8Q/hxaWEpWAYJOK6z4T&#10;/sp6l4ttRewFl7j3qlrupnxJ4yt9NjyxMgBx9a/Qf4NeGE8M+DbNVAVygJ4r4PMcZKk+WB9DRwkZ&#10;K8kfI2u/ADxf4S04ulr58cfPTrXiHjHX1TfaarBJYTp8u4DFfrFOyXsJjnVXQ9QRXjnxL/Zk8MfE&#10;bc0lukEjfxKMV5dLGpu1VFVcFde4fnd4TlvLENc6TqkkmOdpY1694G/aQ1Lw2wg1ZGeNeNxruvEv&#10;7Et54YR5fD8zSY52c186+N7K/wDBOqNY69YMoBxu211SpYfFPTX8zw6+C0/eRPqqy/aU0G7tY5iQ&#10;N4zjNFfH8d1p8iBonKxnkDPSis/qETyHllHufppdSvHdMmeW70G2DxlXbIPWvOvA3xm0PxX5MTXS&#10;C6IAKk969MaNWjV1bKkZBFfNtOOkkfrGj1RnwaDpsUnmG2Rm65Ircsp0iIRVCr24rO4Xk1LEQDkm&#10;j1M3E6UMu0EEZpPLLtnrWPFfbTjPFaltdLIvJrRI5pJobPb7j7VUksRjOK1yoYcc0i24brTsQpWM&#10;V4ioGBxVS+sLfU4mt7qNZYmGCCK6Cez+XiqEttjmnYtTPnD42/s8KdJudV0Q+QyAsUTvXzTo3hp9&#10;Ujktr1zBcK235uM1+kTxLc2zwTDdEwwQa+e/jH8ETOXv9Gj8tlO87K9bBY6dB8tzlxGEp11do+ZN&#10;d+GWraJCtxBunQ8jHNTaLpt0iIbmBkf1Ir1jw94vSxRdK1WMNIh2/OK9NsPB2m6tZpOsKENyMCvt&#10;6OYupCzZ8niMvVOWi0PlyH+04NeCratNFn0r234b+HU1a7T7dAIVP94Yr1DSfAmjaOGuLyOMMBlV&#10;IGTUOn+DdQ8S6+kltCbWyRuCBgEVw43NvZxcIPU1w2WqbU5rQvaZ8Gv7U1RGDbbIHoOhr3Hw34Rs&#10;PD1qkVrCqEDlsVa0DSl0vS4oD8zAYJrTxgYFfAVsROtJuTufSxhGKtFWQzy/mprqBxUjHCnnmoTl&#10;jk1gmU46CFQcDPIpVjDk5PShhzkU7bhuDRcnlZSINxOQOAtWxENv0pCqo/yjk9akwMdarmJIQoye&#10;KguMIrHNWJPkGQa5LxL4qttOBgaQCVuAM0LUNyr4g14Wv7oMAX44rKh0CMYvZgDnnJrJDQm7Fxfz&#10;BYycruPFcz8Xfi3pfhjQJEivow+07QGFddKlKTsjOUkh/wAa/idb+FfD0i2koaXbjANfF15e3Xi2&#10;/kvrxiwLZCmoNY+Jt34qvp/tEpkg3Hbk9ayW8SiJGSPAC1+kZNk/LapVR8zmGPSXs6bOpgRIo+AF&#10;A7VPDqKlGCsNwriYvEklyh3fKBUU2tCIFkfFfoEKSitD5OVR3Oi1DW/LkIc5NZs2u+YSF4rnftbT&#10;SF2bINRT3O08GtORIjmbNOa6d5CQc1VmvJAcb8CqS3W0Zzk1HcTgoSxxmk1ZDUrnKeO2mkizFIVx&#10;zwawvB14l9qMdvcSdDjmtfxZKBathq4/QVVL9HU7Tu5avna/MsUmj04pSw7PpjSPC+mSpC/lIzAD&#10;murXTreBQPLUjtxXmFlffZ7CB7W78yUDlM1u6D46ea48m9XYBxmvusPVpcq5o2Z+X43C4nmbjK6R&#10;2oiwm1cBTTZ4FEBQ4IbrxUY1O3nj3ROMfWlRvMUEtkGvYUYyWh845zg9bpnKaj4Asrx2l8sB27is&#10;OX4bTaaHuYZ2YryFr0nZwAaJSoTYR17Vy1MDRnrynp0M2xNF6TujwG/8V6tp+o+VLA5gU4LYrpdM&#10;8QxXiq3T616XP4b0/UEKSQKd3U4rntW+H8NvEzWqbcc4FeJUy2rTvKLuj6zD5/QrJRqKzK9ndic4&#10;DDH1qeW4jjHBya5a/wDDGu2Uf2i3RinoKrxXOqQSKJoGI78V5jcou0os9+NWnUV4SR1N5qCW8QJO&#10;SelQw+IXRQAuRXMXXiKJp/KmUqR60iatHnhgF7VpGz2KbaOyj16VV3htv41G/iCVyWDZ965BrmSU&#10;5D/J9atW17HFEQ7c+lXyoz5jrbe9uL3CrKQrdRmtaYHSNPyoGG5JzXm58SvCwRPlGetai6sbiECW&#10;73D+7ms2i1LU7l746h4anhxkFTXzhr93NDqEllu/d7jxXvfh7VYZreS3BBBFeA/Eq1n0zxLLKikx&#10;ls5FfNZvhnOKmlsfV5JjfYzcZPRkCEwkAdKlt2hF2juvA61jprJWIM6datG/gkiVg3J6ivjpUpLW&#10;x+h0cVSm7Jm5reuW12qQ28QUjqRVcCP7KPm+b0rPglt26Ebvepxt65z+NYNPqelFpq6ZRvbBZoiR&#10;ww5r2z4H6vHJp7WcsIlKjFeNSxs04+bC16H8Jr1dM1FstgtwAa6Y6xsZ4ZQjjYya8vU9VuLNJL4h&#10;M2/PBFSSDVraRXguneNfetGK0+0L5snQ81o6bapISrNtSnZM+xqYKi7tKxz918WNZ0uaMGEyxx/e&#10;JFT3fxh07xPJFDdYixwwIxWjc6bZyXDRlVdDweK5bXPh/p145WBPKkPRhSUInhYnCVknKnK67D/i&#10;lqlkPDnmaPMI5wvAQ8muE+DPxL1k6r9ivgxBbALVlTaPd6V46t9OnnaWBiBtJ4rpfElhB4e8T2Yt&#10;VEZYjJFezhJypySiz8zzWLnKU5KzWh9DWd55rJn+Ku+8NQKU3E8V5l4ZjkuEt3PzBlHNeqaZALW0&#10;yDgkZr6iVz45yuzXN4YGwlW7S5ZyQWxmuZlvxG33smpF1kooK81i4NlxqWN+63Q5cNzXO6vcu0Tb&#10;nxmpX1gSxkyPtAHevO/EXiG9nu2jtkLxjuK0p0+5vGaLVzdGKXYvzZNI4RcYXDnqayYLttoeXh/Q&#10;1LJdNKMqck8V0cpXOiHU9FsdTfbJGsp75FZjeErS3VliiVR6AV1GmtBY2shlw0rfpWe7uWaRTlaw&#10;lhqcnqjrhj69PSMjm4PCMPnbjGB+Fb+n+ErSO4RxEoYe1TJfRyDggYq0l7gAg4AqFhKSeiNHmOIm&#10;mpT0PSfDzqln5S4wo4ArldZs7g6z57N+7B6VjXfjC50aANbqZD3xWXZ/EIateiO4Plt6GtqcOWoe&#10;DjG3SdjO+LGrutqIUb5a850W9O0KTXS/FjUEMqCM5Brg9NlZZc9AadZXqHNhVakkdLqFnDqsZRgD&#10;Xj3xB8NC2n3Rphc9q9aivEt+euazta0uLW7dwQCTzTpz5DpaPnHWITaqhA4NQRJlQ2a6jxpoklpc&#10;GMqdoNc0sTqD6CvRUrq5LQ+2Tz7lIxn5jivqL4G2knhZYSkeRNjJxXg/g7w3LqeJwn3TmvqL4Woj&#10;2cUUygMnArhxErvlO7Dx6nuFv+8tRID1GTXzl8cdR06HUg2AbkGvf7a58qHZu4IxXgPxy0CxSf7Y&#10;0gMuc4zXj4l2g2erSjzSSOc0zWZG06NidvFVNT8TyywtCxJQ1lRXhFigTpWfPPljmvh6jUpM/T6F&#10;JKlFeRom9vbTTZJrOQpgZ615nqPxN8QX15JZNcuFBx1NdnNqckVnJGDhSK80MayanI68nPWiEKbT&#10;lKKbOPFe2jUhCnNpPoi0GuVYvJMzO3XJoSBB82AWNSMcj3po5bripbO2FKMWOBJ4NEgCgc5pWIA4&#10;qJup9KlI6AaRlXrxUMRLEnNNnYkcVWEx3YzirSMJzsXmcKK1dN0GTVbZ2jBOBnisM5EYJNex/CvS&#10;xPpbsU3bhjOK9DAJuujxs1klhXc8d2m0uZIiDkHHSpftOBjYfyr6H0v4SafqM8s8ijJOelaq/BrS&#10;mGPKGa+2jTZ+fc6Z8zLNlfumnxEO4bB4r6S/4UfpsjZ4A9KY3wS0+I7RjFXyMXOj5/8Atu4BMEe9&#10;buiIvmKd2TXr2p/BWyjtcx43nvVbSvgsYQshk4zS9mw50dx8J/Ia2UkZYV67BOQoAGBXB+EtDh0C&#10;1VQPmHeun+3ZwQcVaQm9Tc+2FRVdrnzH5NVEuQydagWbEhqibl55ip60yS444qlPcBTyarPd9MHN&#10;JoVzSF1zg1Ot1jisXzuRzVkXCxpyeakLm1DIrMAe9U/HF+mm+HJ5AQDsNUVvzuGDzXI/GXWpLTwu&#10;3PLDGK8zGSUKbZ34Vc1RI4v4Gxf2x8QjeSr5gWTjP1r9GdJ1bGk26JhQFHFfAH7K3hm61DWPt0oK&#10;RbskevNfb8Vz5MaInQCvybHVOetoz7mlC0dTq11J1GSamttULtya5MXbsOWqSC8cMeeK4C3A7uG/&#10;JGMjB9a8K/aP8G+G9Q0ma71G1jMu0nftGa9FXWGj79K5vxnpUXjSza1ueUIxW1KThNSRlKkpJpn5&#10;u6rbaVb6jcRwNiJXIUe1FfT+q/stadLqM7oRtZsiivpljKVtzxngnfY+ZP7N1fwrqUWo2EsgKHJA&#10;NfXXwS/aAg8R6fDp2pOEulAXLGvLtW8BXN45aIYiPUVx+seGZvDE63NoGimBzkcV05hlTtdDwmOV&#10;7M++LfZcxLJG4dT3BqcJtGMGvlP4b/tBT+HoIrbVGL9Blq+kfCXjrT/Flok0EikkfdzXx1TDzpP3&#10;ke+qkZ/Cbqp04q5BxjBqNmG2mq/HFZomSua9rPjIJ7VDpcszajJ5hJj7VSjmIq1DdhD6GrTOdwZt&#10;PIu4jtWdeTg5AFM+1gnrUEkm80yVFjO2CeajusSWzwnBDDBzTycVD95z6VNjdHz98aPhhHHZS6hY&#10;QE3IO7KiuY+G3xMuNC0/7PqkbI8XChu9fQPi/wAQWOnWzxybZXPHl9TXC6P8L4PHl+t1JZm3i3Z6&#10;YzXdTxHJC0jKpTUtTD8MHXPiN4qjuCrrpysCB2xX1bo+nx2GnQQpGqlVGSBWZ4R8IWfhaxSG3hUb&#10;R1AroxjGSK86tWdWVzHTYQgqBjgUrAhRg01iW6dKRTgYNc4rXFfseoqNssQe1Kzc+1G4UBYXOKeG&#10;GKYCD9KQuM8c0r2HYeAOTnrTWIZajILOCDx6Vn69rsGj2xaUhTjgUuYjlE1XXrPRoWN3KIweASa8&#10;wufAc3iTXF1c3RNop3AZ4NSSxP451E/ayY7NDncTgVy/xg+L9n4H8OSaRpMoa4UbQVNdFJSnJRit&#10;RSVkc9+0R4nt7bQ5LSzuBBdRphSp6mvz81/T/F/iC+na+vZZIMnYCx6V9FO2oeNbdrzVGc4Ocmq9&#10;74bi1Cx22bKzLwSK/UcnyuVKKnWPl8ZiVrCmfM9jout2COH3Y7Gkvrm/gMZVWOD83FfR1n4GZ7Rk&#10;uFBb1xVJfh1bDcJIg2favtVpoj5yUG9WfPc2tX0syeXGwjH3uK0LfWFmnRJconfNeyX/AMM7eZQk&#10;MYQZ54qCf4Jw3hjCDH94itVNrqYulc8q1i+W0g3QtlexrCbxM0cGQDIxr3nX/gxFLpiQ24yyjmsE&#10;/Ar/AIlxaJP3g9qtzk3oL2SS1PMbHWNygycE9qWXU0u5du7aBXWr8GdSScswOwe1VdZ+EV6kB8gE&#10;O3eq5p2I5YrQ4HxTPA1rtBycVxVo7RXHXAJrvvEnw41LS9LLzbmI5JrzhmZZvLzhlOK8jEcyqRlJ&#10;HfSUeVxTOrt9UuLPa0ErA/Wuz8K+NrdJQuoIHY8ZrzmJCYhluat2RWOQM65xX0lObjZo8avhoVk4&#10;yPZ9RvTq6xjTJvLOfug120d4ui+H4p7t8SoOc96+e9I8TyafqySxsRGp6V12u/EuLV4Et5VO3vXo&#10;0sR7OMp/aZ8rjMqnUnCkvgWrfU9e0fxHBrdsJY+O1XTAzyBi3HavNPBPirTraNIgQB6V0Nx4pafU&#10;kSBsR5r0KWLjKC9o9T5zE5ZUp1H7NWj5ndW9oYxuJ61bSMEYcZFYkOtooj8xua3oZ45og4Iwa7VK&#10;M1oeNJSh8SI5ZdsRTYpj9MVkNp0EpZ3iX8q1LuYBPlNZ7M5+lU6UZ7oI4iVPZnK6p4F06/ufO2BW&#10;+lea+M/AOoRXTS2Rbyh0UV7e8QJz0pDErjBUEfSvPr5XSrL3dGexhM+xGGknJ8y7M+abB9dti8Ut&#10;s+xe+Kv2WrB9/wBoBQp619Az6XavEQYUGfauevfh1pt+jkIFZu4ryJ5RXp/w5XPpaXEuGqv97DlP&#10;D5dYFxcnaflzUy3flvuLnnpzXba18IBCjG1fB6iuTuPh9qtsuSrPt9K86pRxNL44Hv0cfgq6/d1U&#10;XrDWZrSJjG5DNUWoRjVrctc4dqyNSjv7OJEW3fK9Tim22sLEn+kNtI7GueUoyXLJHfBNPmg/uOU8&#10;SaHdxyk20ZZPQCsm2t7qNwJYWQe4r1vT9TtriMPtUj3q9NFpl6FDIik141TLaVS/JKx7VPMalNpy&#10;Vzxu5Rg25HKkdqrxa1NZyZdiyivVtT8CW10TJCAoPpWND8N0kl/eDK157yurF2tdHprNYyXNGTiz&#10;nNK1CXXL2IxqRGDzXoDyJpE9pOo2BSCxq/o/hSz0eMLHGM9zip9e0lL7TXUDGBxXdDLVCk7rUxWb&#10;VFVjLm0TPYdC1iLW9KglhYFVUZxWssohhJxmvLvgp5ixPZM5IBxXtMOlKFKEbq+QqR9nNxZ/QWXV&#10;pZjho111RlWNujMJX4B6ZqrqlwZLgJCnTuK2PsDb2VztUdBVcWxt3aYjKrzUI3qU3FWZ5Hr+jz3X&#10;jq1u+mwjrR43jb/hJLJ3BPIrTvtXGt+Ooo4CFVWwRUvja3B8RWinBwRXp4X4kfjedtXqOG1z1jwp&#10;589rapDwoA5r0meRoLFVL4fHWuM8GRCOyhIGPlFaOt6iyttB+UV9clzOx+dOdkSee3mEl881fNyt&#10;vbZByx7Vyv8AaiZHPSo5tYEeXZuO1dCpmPtLGnql2y27BpNpNc6mrvbwyLHhmPesLXPEEszEBjg9&#10;Kz47+S1i3PyzdK2VOw1WNkajvc+Y2H9K0bHUUt8s5z7Vx6szuZpDjNLPe7j8snFPkLVU6Ca8ka8Z&#10;2k/dnoM1O+ouqEBsKRXKC8LSrvfge9Wf7QWV9qngUcliva3Ols7mGOEljkmpTqCsODgVy0d6iyYz&#10;xU634bNHIP2xvreGRtvBB9aq3tlaWSPdhN0oGQBWbHfbD1qeO+RmxIcj0NDh1IlPmR5hrviW61nV&#10;WWeFo40PBIp0N5E7gKcV65aaDpOrA+ZApY9wKrXnwrtLqYG3Hl1504TTbsdEZRaSR5pdqLsIqS7C&#10;DzzWvEIrWBAHDHHNdjH8HWM4bzPl9KbefCC4knAhlIX0qNUtjSyZ5t4k8PW2tQM0YDSYryTVNFaw&#10;umiZDnOAMV9WWnwZvLfcRITmo7v4ExzRNPcAPKORW1OrKKsyuS54FotleWGkB4z5QJr6I+EWlMNK&#10;iuJ23M1eY3vgbUo9cS3ZT9kVugFe1+FoRplhHAqlQAKyldu53U1ZHSzXiiTyxXzn8db5jqSxlzsz&#10;0r6BZcKzYy2K+V/jlr5t/EAt5Iyctw1eXj7qmexgkp1LMqQzAWEYU54qjIzBzuNQWVyWs0I6Yodi&#10;3JNfDS3P1OnG0F6EF2S8EgzjiuGto2t7yYk5ya7TUnMdq2ByRXIqpWVmbvWkH7rOCuuatF9iZW79&#10;6UsG5ptHTipN7ki/maabczP1wKA3I4p6tnNDC44PDZE+YN/FZM7rcXBdFwtaEkAl3Z5q3p6W0dpJ&#10;E6ZlPQ1pFpI46sXKSsZgXcoB9a948BPJpXhNJoozIx7AV4hBaETqh5y1fR3guZNJ8KRBofMJHQiv&#10;ZyqPPWb7Hz+eT5cOo+Z0/hK7ku7Xe6GMnsa3g7KevWsrSbxZLUMsfl57VKzSvICDxX2sVofBNmiZ&#10;cHrTGk3uMkmq5LAgmkMuCKpom6NG9XFnvz0FN024Mtt1yBVLUZmbTWCnkioNC8xbXBJzmk0CZ0sU&#10;gwKmB561UjO0LinliehqLmpejlwcU5bgISxqksuBx1oeX5MYpjI7iK51i+WOAlY+5qxNZtp7+Szb&#10;29aZbXctrkxce9I0rSuXkOWpCBNxfJPFSswY4zURzj0pAM96h6FFqFCZVPWuA+Ml/FdQ29mZACWw&#10;RmvSY2SC1Zz2FfPviWOXxV8RIbVJT5Yf7ua+bzaoo0T18vjzVT6k+Augw6ToVs8JDblycV7P5hPS&#10;uO+G/hk6J4ftlVDgIMk11/bpzX5NOV5tn3UV7pKsx3datRzYGM1njPXBpDKd1QpajaNPepBpqHJ4&#10;OKoeaT0NRT3/ANmUlm5FbQlczaI7u68u4kXPQ0Vzl34jhNw+cZzRXTcmzOPYAJtAH0rF1vQYNUhI&#10;dRuFbsrqccc1raV4a+3L5sh2p6mv2WcVJWZ+f2a1PAPEfgfhpEjJ2+gre+D3iufSPEVvZO7RxbgD&#10;ur1fXLzw9pAMMsiSP0IrgtVi0O9l82xAhuRyCOK+Xx+WOor0kerhccqbtUZ9OXfiOztLeKQyqVKj&#10;nNWtP1CHUovNgcOntXybbeMr7S7lLfVJWe1JwDntX0R8MdVsb/SVFhJvBHOa+Dr4eeHdpo+np1I1&#10;VeDudmGz0pcZ68/SonJibB4FCOWJxXKWWFkp4kquRsXJOBU9tbtOcqMimIcDkEngetcj4z+JOmeG&#10;LOSLzVe6IIVQec1h/FD4sW/hdxplsPMvJPlAXqDWf4F+Cs3i66i1vW3fDHeIzTXLFc09iW7HO+A/&#10;A3iL4geLBq92XTT9+4I3QjNfVNjYW+m2cVvDEqbRgkCk02xttFsY7e1jWONBjgdalLZG44rlqVXU&#10;fkYSbZYQ7V5NK0o6CqazFifSmSTZbisyC004GcUiyk96qGTB96cs/OKCi0zADrTYzuY88VEXLdak&#10;Q7MetS3YCUjsOKa6leFOKTzMH3qlq+pJp1nJNIwG0ZHNZXAkvdSh0yLMzhPc1wniiJdfdZml/cLz&#10;wawm12fxbNOLkmK1jJw1ecePfiJNoED2tk5miHHy8110aEqslGIpNR1ZmfGX4p32hW507RDsfG0s&#10;vWvHPDmj6p4kuzeaszvzkhq7XTrQ+KmN9coQ3XDVvW+nEYCBVjX0r9NynJ1RSqVFqfOYvGuV4QMm&#10;ayhGmvaQpsVxjOKy9D0KPQ4njyWLnPNdVd26k/LjiqhswRk819skkeE0Vp7ZCgxiq8tnEFHArQe1&#10;JIz0phgXcATVk2M1tKjfBxgVJHaCFfl61piDcMdqaLRkcEcincXKhlhbRo2ZVyD61YmgtQ2IwAvc&#10;VHKGzjHFMWBjyCRTuFkTvp9tMm1UXNVbnQrOOE70BqRTJCD61BNel1KvzTTfQmUIvdHD+NvCcOp6&#10;HdBIxtVT2r4b8Vacum6zcRqMFXOK/Q28dbizlgA4cEV8WfGvwt/YviiSTornNTVvONmZqKg7o4Ox&#10;JaMZOa1IOUIxWZAuxiR0q39rKqBjH0ruoS9xJnJUVpDvsDSSFlYDmiYbcI2CfWopLgsAVJFJ54kw&#10;G6jvXVcxcSeG4uLFg8ZPrXQ6D4unju42lJ2g81gq5aLHGKIgBxkCnfsYTpRqK0ke36Z41sdVvba2&#10;XlzgHFdx4oE2n2lsbaTaGxkZr5itryfw9ex3URzIORWzc/FnVLmdPtTEoOMCuqGIcU0zwMTlCqSU&#10;qfQ+hNN1ZZ1SFjukPU1fnnitiPNcKD3NeI6H4yuJXFwvyR46mtQ+M01bMFzLtOeCDXr0cfBxs9z5&#10;PFZDXjPm6HrSSxzDchDL2Io4Xr0rB0O8gGmokU6swHc81bt9TaWcxOpGO9epGtCVtT5mphqlNy00&#10;RflQyHjpSOuFAU801ZxkqDmpCDwTxWpyEXkEDJyTTkWPaQyKfqKlL4XpUe0Pz0pvXQeq2MybRrK4&#10;ZleFTu68VxniX4R2ep5+zjYxOeK9DEYGfWgghevSuKrhKFZWnE9PD5ji8NLmpzZ4x/wp3UbAYSTK&#10;VQn+H+qwMWyx29MV7t57su08im7V6bAxNeZPJcM/huj36fE+Nh8aTPAFtdes3YPE5jHtUdr4k1BL&#10;kxPavgd8V79dC1jj/fRIB7iuP1XUrAT+Vb2iMx43AV5GIyx0FeNQ+hwfEEsU7Oief/8ACarCxWW3&#10;ZcdyKcvjmxuQ0RIXdxzW5r/hkeT9puESOIjOK8K8UMsWqstsxCg9q+cxdathdHqj67Byp4xaaHuH&#10;ww8VWun+K/LDjy2PrX0XaeLtLsm3SSK24etfF3w/0qfzlu5GORXol3cXLpxKx/GvIWVSxl6zdrn6&#10;VlnGE8noLCOHMl1PfZ/EWn3t6XS4QIe2alfUbMgqJFZWGDXzKkt/HPuWZwM+tdTpmr3uxQ0hP40n&#10;klRaqR7P+vlOorTp7nReKtFi8Na5/bVsf3XUgVB4Ut7zx74ojuyjC2VhgmpHFx4itUs3O4GvXfh5&#10;4eTw7pkcYjAIHXFZwwk6E/3h8ZmGPpYuTdDRM61baPSbONVwNqjNYOq3H2oEpxVrXNT81di8EVyl&#10;7qv2UYyCa9yjK+p8jUi9h7hj8o4PrWXqt0YYtmcmobzxGY4WbgHFec6n4r1C+1D7LbqWaQ7Qa9CM&#10;0cbg3sdBc6mhuxGG3P6VaguJJ5gJeFHIqj/Zdv4W0/z9QlD6hIMquaxbnxatnZyTTcMeiituZNXY&#10;uVp2Rq6heX/iLUV0rSY2Z84LL2rZvPDknhK0WG9mEly4yRnpVf4aeJ/7Igl1FLba8nAZxUevX8mu&#10;Xj3Nw5ZmOQPSpTvqbWSVim8hODu4qeG5EYODyaQWapBuJqltyTt4FaqzMXdF9JuSc81JHcSDPP0r&#10;KMhDYB5qyL1RhAQWqyLs1RdEqB3o+0EHrWY8xj7gk04TbV+Yg5o0KUjrtC1M2r+aTlB2rqNI8TLq&#10;tyVX5AK8ttdQJzGp4ra0jWI7GdVyASeTWM43NYzPXk1DaAAcmpoLxmcMTiuUs9USaMMpycVdGqbU&#10;5OK5HA61UO7tb4Oo+YZqwcMp3ck8YrktNvlCht2a3oNQSXHPSsnGx0xqXMnU9AAlM2wc+1Qw2uD0&#10;ArqGkFxFtYdqxLiIxSE9BU2OyE0UbqXYjIgy2K+Ufjdcwy+IgkyDdng19aNsjikcfMcV8q/GrT0u&#10;NcM+PmDV4+Yr3NT28vnabaOUsoz9lXAwuKkcZAxVqyjL2UfGMCmPEUOa+HlHU/VYSTgvQy765jRC&#10;jkZ9K5ojzJ2JHGa3dcso2Bm3YYVz1uWZiM1SWhwzk+ezJGxu4NByOB1qYrGF/wBqo+c8dKRSaYKv&#10;509R61IIxtycZpyLnmjUdxqr7YNTRwFjkCo+rc1p2MQcAU0ZTY3TtPebUYMDjIr3GVLiDQLaK2UA&#10;4Ga828PaeZdRhCjPPNemat4it9Hjt7ZxljgV9LlUeVSmfE57V5nCmdFojt/Z8Yk+/jmrpkYj5Tip&#10;dFsRe6fHJGPvDNLdaLdqcIh574r6uL0PjXJMfaTCUFXPIqs8+6YjsDU01g2lWnmSn5z2rIS7ZnyB&#10;1rXQjmNfUplGnnHDYpmhSMbbk96q3Lb7Q7u9Lojlk2KeBUSRUWdVEf3YzzTicjjg1BA5Khc4NSs6&#10;R/MxzioOlMliTuetPdeM1jza+iS7UrPutdubibyoR1qHJIaZ0bssfJYAVXn1S1tRullVR6k1zCWu&#10;qTO5mfCVi65p32mN0mufLTHXNYynZXKsdzF4q0yU7VuEb6GpU1OC5kAikDfQ185X2uWWg3jW0Erz&#10;yE8FTmu68AapKrefcsVQ8gNXN7e+hfL1PZry9SDSZS3Za4D4T+Do/EfxFF5u+QSVp+IfEls+hTFX&#10;B+X1rf8A2a9J/tG5N5E+07+lfKZ9UtRST3Pfyte+2z6rlEmnWtvawxfIFAJAqGRSg5GK623tybCP&#10;fGGwPvVRuLKOXt1r82PrFNHPg7lxmomIDcVtT6SFTK1kz2xQ4NK1jRNMrysQpwefasbVpsxkA5I7&#10;VpX04t19a5+6c/PL19q0juNnn+q6t5eoTqQQQ39KKxta1OP+1bndgHdz+VFdq2M7o7S7lhhuFjbG&#10;TUGs+K7qKJdPsVOW4LCs7W7eSW9jZCSueordtIIltvMCBpAOpr9o3PhJLQ8m8ZnS/Ci/2jrV9hzz&#10;sZqxPD/inRfFitJp1yu8dADzXmn7SPw/8V/ELxCYNNd/JB4UE4qT9nf9njxR4O1U3+su8duhzsJO&#10;DWbrSVTkS0OGUT1rWdJuJdNL3Ayo6E1r/Cnxxe+Epgw3NbA0/wAWaolwkkSDEaDFTfDi3sdXtZbZ&#10;8FjxXiZvhIYi2mp6WBryoXa2Po3w14wt/FdsJInUuRyAa3o2aMYr5msYta8CeJY2tC0lgzfN6AV9&#10;P+FpbfXdNhuJJFi3AZ3HFfmuKoTws+Vn1tLEQrR5kKIXu0P8KLyTXmvxC+Mr+Ft1lpULXFyfk+QZ&#10;xVX9of4n3fw9tYbbRB9rlnbY3lc4rqfg94JstS8O2+uaraia7uBvKyDkGuZyUY8zHKSOV+Evwquf&#10;F2q/8JL4iQksdyI/avoqJI7WJYogEjQYCiq0CJDAI4UEUQ6KBQZgveuSUpVHdmLbZYM+5MHimvLu&#10;UDsKqvMAKZ5oK9apIRYafaMLTfOOarM4VeDzSxsSOadgLQfJqVGHYc1VVuKer8/WpegFvcN2BT2f&#10;aKrbwvBPNQ3d+lpGXc/KB1NZsCebUYbONnldVx2Jryvxn4obXZntLdioX9aw/iDqmp6hdGewlP2e&#10;M5IB615Tq/xCu7G5Ny0RRYxg+9deHw0q0lYmUlTV2dLqPiy9sPMs2AjgXhiOprlbFUvr6SQqZISf&#10;4qq6Zrf/AAmlw1wcog6g963gEt02xrtFfpuV5PGilVqbnzeKxjk3GIj7IcpCgRfQU6PeE64Hemgg&#10;jJqSPlcdq+wUex5PmNFu0ik54qJovk68ipjuCkA4FV1hfd1+WtESBGMZ5qEwgyA9anlZEwAcmkBw&#10;PWlcVgIBIAHFP8wIAMcVGvydetORg2Qaq4gC75NzD5aHKiTgcUgk5x2psjZ6DFADJXVe2c1UkjQq&#10;Tjmn3M4QgdWqPDPg4qiSkbYLlu9ePfHD4eReIdNe7A/fKM8V7qLQTrgVkeI9IS50+WNhuO2pb0sS&#10;0fn5eaVJbXP2cAgqcHNLNYOuAR+Nej/E3RY9I1KVwoU7q4+KT7RBkj8ajCycG4swqq6uYBgcHaBU&#10;E4MJwRzWvIoEvHSle2imiYt1r2lqjhMVblkHWnJd5Od3Ip/9mvNcKg4VjitHUtAg0qBDuLSNVDtd&#10;XM+TUGnAB5xUSSK0waQZAqxdWkUESFW+dqgks2gj3scg0CSNi48QlrUQQDYo7iqUd8+R853etZrk&#10;ovA4p0co3cihA431N218W6npsyPFM2FPTNd1pPxlZUVblQr9N1eWmde9SWlkt3IN52r61cJzpu8W&#10;cNfB0MQrVIn0DpPj+yliDiUb29TXYQ6ujWAuWkVkxng18vXRhskAinII9DVm28fahZWrQJI0ikYw&#10;TXp0swlBNT1PmMXw5TqtSoux9NWeswakv7lwSO2atu+1fQ18zeE/iBc6VqAmuHYITyterv8AFrT7&#10;q1jaJx5p4xXXh8xjOLdXRng47h6vQqJUFzJnoAlwORTGk3H3rK0zXLe8tYpXmQM/bNUPHfiBfC+l&#10;NdrIr7hxg13zxNOMHUb0R4MMFWlWVHl95ux0ks0VvHvdwB7mub1vxpFaAR248yU8ArXhdr8VL7WN&#10;X8q4kMdsT1z2rY8Q+N7bRIVFopupmHB6183Uz2FSLdJ2SPr6XDU6M0qy5m+nT5noN7fXd7bh7iZY&#10;l6kE4rC1TxdZ2EAhsk+0Xf8AeHPNcn4a0nXvHUwe6ke2tyenI4r1fw78NrDRSrkfaXHUtzWFL6xj&#10;dYKyfVnXiHhMtXLUd5L7K/U8v1R/FPimIKytHEO1efDRJ/8AhI47SVSz7vmr60u4oLazk8uIJhT2&#10;rxWz06O48YyTcEhu9eZmOWKEoXlds9bKc4deE2oKKXY1LbTotHgijxtytO3gv1+WpvETI9yimRQA&#10;PWqRZSoVXB+hrsjFQXKj0Kc3Ncz6lxVVugH1qxbqwIPQVTiyABWjankZ4FROVlqdEb30On8NXbJd&#10;R7Rk5r3bQ4Lu6sEKockV5D8M7W01PxJBasOSRX1da6PbaRBHGgHAFfnWb5uoTtA/QckySWN1nseC&#10;+JBqFrfeSIm3N3Aqjf8AgrVLiy8/B3EZxXv13o1ndzCSSJWYd8VW1G2iSHy1UAV85LPKqXun18eE&#10;aUpWbPlC68N61NI6MjBRXMXOka5Y3u63tizqeDivrK50u3TLbBn6Vnroto8pcxLn6Vl/rJiI9Tf/&#10;AFIoy1ufJOu6Z4m1S4SedJGZOi1kx6LrN9rFu91A/wBnjPzDHBr7SHh2wlbmBefarFr4I0q63I1u&#10;gz3xV/6xYiStcw/1MpRd7ny14p168SyhtbK38qJABwKybPxBd+WFkU7gK+oNc+EunylgijHXpXA6&#10;r8LIreRmjjHHtWkeIK8VZs558IRbujw258e3VvceVIjbc1tWPiEX0QIODWxrXgeGGRzLDz9K4G+0&#10;660i6aWJT5Ir6DA57Ockpu6Plsy4d9hFuK1Oue5LHINEBZX3bsmsPS9XW7iznkda1YroZBFfe0MR&#10;GpG6PgqtF03ZmooZ/mJqfy2kXk8VXiuEKLuIFaEd3EI8HgV181zDlKWxo2+U05rgwkE/e9acLiIy&#10;k54poK3MuMfL2JqHIpI6PQvERh2Rk/M3Arprq4ktAjzOCHGRg157FELdwedw6Vr2t5NdkLKxYDpm&#10;s2bpWO60/W9gwDkV0emawqEMW69q85hmNsvI69K0bG7YEO7Ee1ZtXKTaPWbPWEfAyKnv4jdW5MYy&#10;TXD6bfgjcW6Csm58c6xJqf2LTY/NycVi42OqFRnb3ds1vpr/ADDfjkGvl74ol21YsxHl7ua+i7+3&#10;vLXS/O1CTZMwyUzXy78W4L2TU/MiY+Vu6V5GYQbgmtj3strqM7PcQTILJPLHFUrqYpEznoKWzJ/s&#10;6Ld97HNJOA6bW4U18NL4mfq8Ze4n5HN3t4LuNj0ArJgVQWKnitvXLWO2tzs4BrGs4twwKb2OK759&#10;RxGaVU7frUjxiM4PWkHXA6VmdFwIII5p3NIwApAcGgdyVeBzzV+0JA4OKoKwzzwKvROqJnqPaqRj&#10;Jrc7XwbeJbXiPIeB3rdv4R4h8RQhBvjUiuB0WWW+uEiiVgCcE17l4P8AD9vY20cjkGU85NfV5ZTk&#10;4O60Pz7Oq1OVZOLueg6BZfYdOhAA+VelbsGqoPkeMfWsaxuT5ar2xV4xKyE96+hSsfL7lLxBpQ1F&#10;SVPHoK5CTS3tJMY6V2MjPDk5O2qrhLkZIFaJ9BHLzri2Yydqg0lyHzHwCa6XVNPWTT32DJxXAx64&#10;LCdrcqQ+aUnY0idbqOpLZRg7vmrDbX5rmXZGSwqnetLeqCQ3PtS201p4dUPcOCzdqxcram6NzS9N&#10;eSYyS8Ka1glnZ5cyLuHvXlvjT4pnRrUm2IYEdq8sT4lavrN0VjZwGPeuGpiIRdjojBtXPorWvGNv&#10;ZxsqzL+deO+NfGq3O5RPtHsa43xFqF39nzJcN5h7A1zltp17qqkNuPua8ytiXLRGqikXj4os7C68&#10;5B50g5+alu/i1qMrhIU2J6LSWvgB2GZFOaLnwkLDkp+ledKs0WrGhaePNTuIgkrsUbqM19jfsl2V&#10;xdRJMrFY+pFfEcSiKZFxxnpX3J+yXdytaLGgwMCvnMynKUNT38vVrs+k7jV/ECaxFBCA1iMBjXZR&#10;/MiEjnHP1rktNNyurbZX+TPSu02DC4r5ex7iY1wGXBrF1W3ESFq2mXbWZqhBQ55rOSNYPU4y9VpH&#10;5Hy1zviSZrSxkMZ+bBrqrxizEAVwXjuc21hM7ttAU1cNzqa0Pm/xHqV+2uXh34+f1orivEXiuQa3&#10;ebWyvmHBor3FB2Wh5zkr7n1nqFywiURJuJ71Drd/Lp/h53txm4K8LT7ViVUnkVBq6G5VQhwBX6rc&#10;+VauedeFrrVJdRkvdRTykUk8irni34zcfYLFS7dCVFdhPpaXlusRAUHg4qm3gHRbFlk8pWlbksab&#10;noYez11PKLrxLeXsf2dLdvMl6nFej/DbwzLpNuJWJEr84rWg0PS7WVpfJX5Oc4rzbxd+0BY+Dtc8&#10;hMMqcYFeXiqypx5pam8KbekT6FbVtK0exZtblSOMDILda8O134reKvGHitdF8HJL/ZytjzUzjGaw&#10;9Gm1n9o/xBbw23mw6cpG8jIGK+0Phd8JNF+G+nRRQWyPchRukIyc1+dZhi4uTbV2e3h6Xslqc/8A&#10;DL4QP9jgvfEx+3T4B2S84P417FaiCxgEVvGI4V4CjoKbJJuHy8D0FQednIFfPNubvI63qR3WpSJI&#10;FjTIPWpg/wAgJPJpi7CCTgY9ai84En0qlGw0SPMCcUnmD1qAv1OKUPiqshtE33sc08y9AKhRhj1p&#10;4ALYApsknVtxFTgd81EuEUetKZgoJPQVgxBPcJDlnYALySa8s8f/ABQsUkawt5dx6MR2qD4vfFOw&#10;8K6fIpnAmYY2g81822/ilNU1Fp5Adsx4JrqoUHN3lsPVK50/jP4mTaJDIttJ5iHtnrXGeGvE1z4t&#10;uWF/beXbE9x1q/eeAZLidr2SXzLbG4ITXl/iH4qxeG/EC6csXlRBsZxivs8sVClZ9Tz8TTnKJ9D6&#10;bY2enoBbKEU+lTztzxXNeCNei1/TkljcNx61vzfKck1+gU5KUbo+ZlGzsyUD5efyp6fKlRxtuGcU&#10;u4A8mt0zFoczMUpryBIj61EWLPweKZKCWx2qkIhUlyWPFAkOck8VJMyrEcfnVKaTYnBqkBYafd0o&#10;R2J4qOB1MROOacsoTmmhMmzsOWprSiQ/L0pNomXJ4Bp8cQjXaOtMkYLNZJQTzVloUtVy/SpoFCDc&#10;1Q3sq3PA6ihsNh8ezZuBwKp3bRhG385qpPdyxFUVDgUlxq9oQIpeJMd6TJZ83ftAeDLq6kN7bA+S&#10;OTivCradoMoOo4NfZXxKWO+8N3UUeC2018Xaq5s9QlgI2nceayk1GSkZtXTRNJIDz0pIWy4X+H1q&#10;tLwAVbcKVLkrgAV7UZJq6PPcbMuF0F7Hk7VU5zVnxFrNvNFHHEA5AxuqnqdpHFZrMX+Zu1YIYE8G&#10;tEwHXOVAYtk9hR5zSRgM2RUczgnB5qJjkgCncGiwXBTFIqgL70wAtweBSthOBQA12BxxT1nkHyqc&#10;U0kBfemIhALZwaZBI5ZjzyafGoTk9TUY3AUbS3LGgZMwRxk0xMxnMbEEUjsNoHSlJGAB1pWuJNo0&#10;YdZ1OAKftLBV6DNV9Z8Vavq0PkzSNLEOgJpkKNj52qYooj4xWFWl7SDgnYSUFJTcVdHMQStFP82R&#10;j0r1X4Y+H4deulkni8xV/vCuFgtIzehmUEele4fCmBYo2Ij2L29683LMGlilCpqjkzrFulg5Thoz&#10;0Sy063sI0SFAqjsBWxYzRwSDK5zVBB84OOKubQ2CBzX6YoqKskfjDnKo+aTuxPERhfT5fLADFT0r&#10;57t1dvE00KybHLcZr6Rk0uKHT5ZJ2ySpwK+ep9Jin8bPIZvJUNwa+Xzd+9Bo+54di3Cotjd/4VJq&#10;2usJFmY554NNk+GGtaIh+V5SK96+HMTmCMAiRAOtd69lBPKFaJSO5xXz0p2k7H6JQoc1NXPi6+0r&#10;xLbSr5dm7L3OKdew6yPJAgdDkbuK+3V8OaaU2m2Q5/2axPF/gfTrfSmlhtlMhHZa4a9Ryg02dkcM&#10;ou6OT+BOhaesEF5Oyi7UDOeua9zutSjOC0gxj1r5p0uxvNCuWcStEhP3c11y+KHvLcRPcbWAxnNf&#10;muYYSUql7n6pkWYU6dBx5dUevNq1vnCyqT7GsrUtZg8wKJFz9a8ts9S/smaSea88wHoM1zuqeLYp&#10;rmRxd7eeOa8iWEk9EfWU8yju0eu6hfRhM7x+dVLe9jPPmDH1rwqb4lC1EkT3O8Hoc1St/iIdjKt1&#10;1964Xgalz0FmsLfCfSVrfQN0cE/Wr8eoQxKSZFT6nFfOej/EyGwkzJcb8+9GtfEY6q37q7MQ9jU/&#10;V6idrGqxtKUeZ7n0S2sW4BJmVvxrn9V1yzUtmROfevA18bSWylDel93Gc0kmrrfRbWv8EnOc1XsK&#10;nVE/WqPRno2vizvI2k3L+dee6yunPaywlkLEYqvrGqRyacII7v5wOua85nlntp3LTGXPvXo4TC1J&#10;a3seBmuOpRVowuRy6lYaRevb7woJrUsr2G84gkBH1rz3xNpQmmFx5mHJ6Zq1oge2nhaKU+4zX6bl&#10;k5wSi3c/EsxjCc5SSselJaXEZDufkq2shGATms8alJcQrluAOlMW4ZpMngV9VGR8/wApsoygYNWh&#10;qdtaxYl+Vu3vWNFcLuyx4pRJFNeRM6F41PPFNtsElc3IrvzozKVIHbNWdHvp7iQqEwBVfV9WtZIU&#10;W2ULgcisuHU5o/uHZ71Cv1KdrnoMc25QDyV7VYS4dlDMu1RXG6fqjggs+4nrXQJfGSIDPy0mxHRW&#10;eqiNHHqMV0/wzs7e2+3X87ASAErurzddRRTgdqm/4S6WUi1t8xr0YipkrlxdjsNZ1ubV7mYSSbkD&#10;EAV4L8X1mtm3I2BnpXrInEEY+bLdSa8/+IulvrKgp82K5MRDnpuKOujPkqKRwWkX8ctjGrNh++as&#10;XxOwbCM1m3+hyWsShMow61XuFlWBN0u1hXwNWi6dTlZ+p4XG+3oJi6oWmgCyKfwqvbWO2Mbc1vWt&#10;5af2eEnCtJjjNMhhVxlRgVDjoCre9uYNzp0n3xk1V2MhwwxXZxpECAwGKoa3pgaEyQpk+gqPZt7G&#10;v1uMHaTOaI2nk4FVZbtYycAtj0p66ff3t0I/LZU9cV2mgeFLayIe6US+oNelhMtq4h32R5GOzulQ&#10;Voas5/RdIn1pcqpVfcV33hrwMkUZ+0/Nn1rTtFtYgFtoxGPYVo2+oiHKt1r6zD5XQor3ldnxeJzf&#10;EYh72Ra0vQbPT3DJGARWvHezm8RIhiMVlLdAruzVq3uCRlTzXqeyjFWijyXUcneTPStHv4vLRXYb&#10;u9a7XcSKSGGK8utdTaJhuOK101YlB8+aydMpSNo6zdXN5JEY8QDo1UYtUlW6aPHGat6XfRBGMrAA&#10;ise81OCO9ZYvmJqH7u5d7l/U9ee0tHMY3vjpXN+G1t9U1Bp75AjA5wanuLlYnZpyAp6ZrhrjxD5e&#10;qzCJ/lHpXBWrqJ006bex2Xj7xjZ6PF5NpGpYcZFeL+IPEeo6y4S3V3cnt2rpbTSrvxPqZeQHyQep&#10;rotTt9H8K2B2qj3OOD715M6kp6t6HWrR0RyWieE7Uaf9o8Q3IQ4yEY1hanJYTztDo8YOOAwFUtcj&#10;1PxTM3LiHPAGcVpeGPCGp6fLG8Fu0ozzxmuCpXWyNL9yrZ+HbmZ83aF/TIrr9I0GONQBHg+mK9S0&#10;DwXLq9hGRaZmxyMV01j8MzYR+dcRY9iK5HUTJbPL4fDqCAySKF47iuA8VlUvPL2/LXvur6AZWIUb&#10;UHQCvJ/HPhJoJTM5wopPUabueYXFkpvotvQkV9u/sp6DcWNqlyy/udoOa+MII/t+oJBEMlWHIr7/&#10;AP2ezJpHgB/OTAEf3yOlfOZi9kj6vAxtC7PU7a+trvXgqTguD90Gu+CEKv0rwL4czR6t4umlglMo&#10;V+QO3NfQJf5VHQ4rwWekRyIMZrG1dfkOK3CcViaxKEBqGjWnucrcfKxJryz4uXqRaNcFzgbTXqd4&#10;4ILV4N+0dfi08NzFPvFTWlJXkkdcnZM+RNWvEbUrkqcguaK46e9uHmkYA8saK+nUXY8Vz1P0HsmA&#10;t1DnBAqVmR+h6VTZ0S5aNmGQelThoY+SwFfoVzwybzAUz2FQ+QLuVcP+FEk0UibFYAmrel28dp+8&#10;J3N2FZznyq4rFLxVbf2b4bu5QPnKHH5V80+CP2f9R+J3iuTUrvcbJZCTnpjNfVHia6S70WVJ12KR&#10;3o8A6xD4T8KSvbRCQMT0r4XNMVVeh6mFpprmPT/hF8P9G8A6VFb6dbokuAGYDmvSkAySTya8++G+&#10;tf2tZ+cy7c9jXb+bk8HivjHFuV2elYmnm2nAPJqJDjnrmoWlDvwaTz/KBA5otYVguw8pARsAUsTb&#10;V296iLkc55NLnaM96YyyhGOTzQGB71V8/JoFzGrYLDNMRcj5q1HgLnIqlDIpGRzUvmdqzZLZO7Y7&#10;1558VPila+CtHlUSBrpgQqg85qT4m/Eu28BaJNcNiSbadqg818YR+J9U+JXjRtQ1F2SyD/JE3fmt&#10;qVFz957IqKub095N4sv5dT1kM0LMSkZrrvDnglLyE3wh2wKMquK6TR/CEGr+S0kWyBAMDHWvQ7HT&#10;Yba2FtGAkIFdcqlvdidMYrdni91NfxXZjEbfZjxtxXkvxc+EZ14Ne20OyYfNwK+r77T7Qz+WiK59&#10;cVyni3RJusKbkIwQBV0qzpyTQ5QU4nyX8PPiHc/D67/s69J4O0bq+jfDuuw6/ZJchgdwzgV4b8VP&#10;hLc6jfi+tUKupyQBWl8KvFLaPcjTL5vLKfKN3evucux97Rk9D5vF4XdpanvEkny7V4qEc9TTIbhL&#10;iMOhBU9Kd5gCGvrITT1PClGz1HKCT8vWkf8AdKdx5NMWcqpK9az5JpGchzk1ujJqxbaQFCOtVY/m&#10;fn7vanIc4zU+0EYAq9iLi+V8ny9KWK2y3zdKUHYnXmkilIpoVyyIgo2jpRGuw8miNtwq1FaM4D4y&#10;KG0gI5VZk470610l5TuAIrWsrISEbl4rfs7JUUYArmnVtsK1zCt/DSyjLgVjaz4FiuZt6jDeteim&#10;MCE44IrCvpnVjWPtJNg0eWeIfB3lWE6YLEqa+NPiR4Ml0/XLiR0KgsccV+hs8Iu4yGXJNeEftAeA&#10;Y/7Ge7ijBkxngVrKfNGzI21PjSGAISjNilH7ptvb1pl7btFdtubBU9KJ5V8oY54616eGneNuxx1F&#10;rch1C83oEJyKz4TvYqOKdcHzDxzUIyBx1rvMh0hAbHcUi9RSrHt5IyTTgmTkDFMB+WIpj8LnvUzS&#10;bYyAOaW2iUtl6BMrg5UU8+9SSqrS4XgCldN3A5NO4rWI8HbnNR7s96mMBDAE4FMdQhwKAsMBGM55&#10;qSFwG6VCU+fjpU24KRincksuc809U3jPaqo3H2zVlWBTbuwaTZJDKpjfdnGK9v8AgveNfW7LIvC9&#10;DXjS2jE/MNymvXvg6k1sHBUhD0rLBPlxqZ42dpSwEkevSIo4HanwqSRg1FChLZPNamn2pupdqj5q&#10;+0lOx+XU6NxJLV7m1dZCfu8V47faBHNrdw8wMaRknfXun2do96t1ArzVpIdQ1m8tpUyvOcV8lmU+&#10;aSP0jJ6Xs6bsjufhDrllNB9lt5RKV4zXsMcCBQcc18/fCqxt9J1+T7NGyoW5zXvcV0Jj6DFfO3uf&#10;f0klFJF6BRu9a0LuzS4sH3LnA4BrMtGDS9a2VuUMZXINYz10N7ninjGFLazuHkwrrnbXli3kpDP5&#10;pB7c16R8b9B1OUNe2xItl5ZRXjKX4nhwDhx1FfMY2LUj6TKrNOJoXmqzupEkhI+tcf4j1LylwrkE&#10;+9bN5PmAljjFcHrV0GlOWzXkyPraUepTkuHkY7mJ980gkZR8jH86rm4DYxSh/myKzOstJOeCWP51&#10;YGoNgAE/nWeZN3BoDFORwKpMT1NNLznDsfzq0l4UXhmz9az7ZYpgSxwRUZLbiAcgdK0RDVzUW9kZ&#10;uWOPrTZLnYCx5qC3LuuQpIHepmiMsL8dqqJzzimndHFa3Pc3d2TFkj0FXNFiubNfNdCSOxrd8K6X&#10;JqmtfZjCSScZxXqf/CprpUDeXkEdMV9lgaa5FJn5Xj3+9kkjyJPHBhfy5EK47mtKz8VxXJxuGDXW&#10;6t8F552yLcjPXiuT1n4O6pYtvto3wOwFexzTj5nk8kX5GzY6pF5odyGT0rSm8VWygxJDjPevPJ9K&#10;1jSrN/MhcOOmRUNhrFxBBm5iIb3Faqqupk6b6HeR3yFzhuTU63O3q2a42w1i3uWyz+WR61pprVs7&#10;gBwcd6pSTIcWjq7XUVi71tWutq0eA3NcKtyH+ZTkGnW1w6TgliFqyTvFv8Anuals7tEfd3Nc016H&#10;jGDinQ6iI1+Y5IqbIDszqLMeGpk0u4c965qw1YPL81WbrVBJMFQ4FQ0Wivr+miRC68GvPdatZ3Py&#10;qSV9K9GuLoSrjOaw7yHbJvKfJXn4jAU8TJSejPSw+PqYaDhHZnlk13dC8VGBTB6V1+km5mjUFSKT&#10;U9IGoXyyxJgDrgV0ulW4jRBgcVw/2Xd6vQ6P7RcVpuMs9AubghmyK7HR/DSMiiZePeorC4Xco4rf&#10;jvA6hAcV108BShra5xzx1Wp1Gz+B7aeAtbqoeuS1DQ7nTpSrAsAa7xJphFsik2k96e8EdxD5czK8&#10;nrXo0/c0S0OCTcnds83WUxNjoasxThj8x5rU1zw6UYtDz9K510kt2w6kGutO5nsbSXSoAN2fapRf&#10;mI5HSsJctg81dg+78xqhJmyt41woI4rStJ2CgHmsCGbyhgdK0be/UADvUMtM3hcM0e3cQKz9QvYN&#10;OiaVnG8etZureII7C33M3Neb+IPFx1Cby0YlT6V5WLrKkvM7KUHLU6O+8Wz6lI6bjjoMVb8H+Dbr&#10;XL8yNnZ1NVfh74Xl1uZSIywPPSvdfBfhuazvfsaRYZuOlfK4nExoxc5vXsdzko6I5v8A4Rmcp/Z2&#10;nITMRglRWr4Y/Zl1PWrnztWkYLnOGr6C8EfDWLQ2+3XCh5m5GRXZ3shniEUeIz6ivi6+bV5ytB6G&#10;XtOkT4x/aJ0nTPgj4ajaGFZJWGMgVw37M/xQn8W+JDaz2O+3c43EdK+l/wBpb9nW++MOgW8FtNiR&#10;CCTWP8A/2aj8K4dk8QluMfexzmvSoYiMsPeo/eOiLTjrueyeEPAUOmO84ZW83kJ6VQ8dfZ9JtpDc&#10;sqKBnmtSyv8A/hCI7m81a5AjAJRWPSvlz49/HRfE8s1rYS/KMjKmqoJ1ZXLSuZXj/wCPGmeG7t7e&#10;HbM2cDFeWeIvibL4ktyfuq3QV5rqWkyXuom5nYtk55rWisj5C4HToK9CdorQ6KcFKSR3/wAO/Dd1&#10;cX0N0sRdS2TX2LoniwQ+GIdGto9s0oCMAK+O/BfinVtPurS0ihIRmAzivvH4S+H9KGlW15qSAXTK&#10;CCRXy+MequfV0FaJ2Xwn+HcPhGw+2tzNP8xzXoTTDqTWfbX1qY1jjnVl7KDVhSHcHIIryXc6UWDI&#10;GTINYerkbTnmtm4dNoCcCuf1dsA5NSzWnuYM+GPtXy3+1jqTW1h5avtB4r6elk8xiF5r5M/a3KSq&#10;iscYNdGG/io6Kz9xnzDFDvjVvXmitu006OW2jYEYIor6q5889z7B0yxnubx5J3wxNXlsne5ZWYlR&#10;Whpz20sz72AYdqewAmJjHy+9fcNnBuQWWliSQHnINdHDZRWqozMC/pWVDIbZt2RUsVwZ5xIxOAa4&#10;6qbQ0rGX8U2nbQwsK4ZumKb4F8M6neeChGvyyE5+ak8fa0ix2+4qqgjg133hK7bUvDETWjKpA5xX&#10;xubRcbXPSwrsmdR8OLNtH0tIZyPNA5rrpL5Qdq9/SsDQLc/Zl8w5f1FbaWqjljXyctzv2J4ZlHzZ&#10;qTO45qmQN2EHAqTL4xUgT79zgYpJpzwoqCLeCSakiHmtjv60JAPjVnGKWPTVZtz1Dc3RtXEadalb&#10;U0hg3SuqDHJJpN2IepaDLECq9BXl3xZ+PekfDqwkSSVGuiMKoPOaqfGP40ad4O0OT7FdRz3bAgKh&#10;yc18r6Z8Pda+OWvDU9Q8xLUPuCt0IralRUvfnsUlc9K8GSap8WdQl1LVSX01jlEbpiu3g+FWn294&#10;s8aBIkOdoFdF4U8NQ+FNFg0+FQBGAK2RhVwTxVuWvu7HUl3KdrNGY1iiTYqDFWpHLRlPX0pixKrZ&#10;UAVMibmwBzWZRUht0gPqfenSosgIZQQavGyI+Y1UI+fGKCrmNd+F7S8jcFBlh3FfO/xK+Dd3Dqcu&#10;pWmUEZ3fLX1L5R61R1HTVvrd4nUEMMV0Uas6UuaJlNRmrM+VfA/xNW3uxpd+3luny5avWYyt3Erw&#10;MHQ85FeS/Gj4RS6VqDalZowwdx2CtH4Y/EmG0tUsrzIcfL81fc4LMdFd6Hz+Iwiex6jHHtXBGKqv&#10;Dumzj8a3LdINStBPEwIYcYqpLbGI/MK+pp4iM1dM8OpScdysIVRc1Fu+bA6VbMJK+oojs2kIAFdK&#10;qHK0VnQt0qazs2dsda0U0rABJq5DZLCOOtDqk2ILfTAOta9pCiptIGKqwyeY20dRVpVK9655ScgL&#10;SAZworStXCYzyazIAc1biYp+NYtlJGg7b1Pf2rMuIPNfpxWhE/lKTjJNVpJcvwMZpJgVDZBU6Cud&#10;8XeG49Y0G7SUBvkOM10d3dMnArOv70tp06AcspqrktH5yfEvw5Fpes3ca/KQ5rg2fyYyrdq+i/i/&#10;4PS81K6lx+8JJAFfOWsWU9levHICFB7124eTjNNnPUjdaFN22tkdDSwyKkgLcimtg49KcqoSPSvf&#10;ucRYuLiOUr5YxjrUUjk4C9afIkaMoTvQ6bCCKB2I3fYnPWkgkMh5pJsscdqEwgxjmi4ixtHYZNPj&#10;TnPemxLjkmn5BOVPFMBpUtJluBUUgXecHNOkl3Ag9KhUBWznNFxWA/L25pQBnNNZ8sfSlVgTz0pC&#10;aJixkHXAFMCZ5zzSjGcDpTkwMYptkMlS+mgUBj8nqa9y+Dzvf242kMB6V4RdwtPHtBwK9Y+C15Lp&#10;amOJtxPrWVFuOMizzM1gp4KZ7s2LXG8gH0qxp2uLZzHYmWPesEmS6kDTNjNaFm0aSAAAn1r6uabT&#10;PzqjKKkrM6G2mkleWR+SwPFeN32qNp/iu7EY3SPnivWIbshmCntXiXjXUo9I8TPcRjMucmvm8xpu&#10;MFI+3yrEKc3F7noPwq1O5k8QNHcRbQx617qZNjcGvnv4R+JDrmvruQKw9K9/MZ8wd6+fi7q59xTb&#10;SRs6cNy9eavx7bfJY5zVSwxHDk9abJcq5O41m9TpTKfiy1OreH7mDAOVNfGWpb9J8S3Ns3HzHivt&#10;V5w0Lp2YYr5a+OHhpdE1n7dGpJc54ry8dSU4XPUwFZ0aq8zidXuSIWG7BxXAXJeSZyxyM1uazqnn&#10;xgDIbFYio2wseTXybP0SOiuQo23jvU6FscVUlJDZ6VNBOVOTzRYHIsfN3qRfmIzTchsN61O0YVQ3&#10;agOYdEgJ4OKtRQFjgVBBD5pBU1sWluCvvWkYtkSnYuWASKEx4HPU1Yn0SS6jH2cgZNOsLMMrFuAO&#10;aZoJv/EniWLT9MzhG+Y16OHo88kmjxMfinSh7r1Z7h8HPhtarZreXMQMw5zivWJLCKMqAgwPaqnh&#10;XTW0XRoYHx5u0bsVqhgevWvracVCKSPjJLmd2Qmwt5BzEv5VBN4dtJufJX8quqxByelSiT5e2K12&#10;I5IvdHH638ONN1MfNAgP0rivEPwFsLuDEUSqT6CvXmlLPipppw0YU4HvT5mS6MH0PkrW/wBm2cSs&#10;bdyAPSuL1H4QappEuAjsAa+3o7WNnLcNVW50K0vSd8Sn8Kakc0sO3sfCHiBb7w2kYZWPqMVRtPGC&#10;iRVl4Y+tfYXib4R6Xrs5DRAn6Vwms/stWd3LvtxtI5rRT8zneHfY8k03WIpgpJ4Nabp5o3J0NbGt&#10;/APVtHcGHLKvpWHcaFrGlLseFyF9q1U1Y43Tadmia41OKxgChcyHvToJTPEG6E1jlpWf97EQfcVp&#10;wTgoFxg04yuS1YnFwyMATTrm4a4hKY4qswLEnpVG+1kWKEY3NVOcYK8mSouWiJ42NspUY5qa3uij&#10;9etchd61cSo0i8Vix+NZ47gKyng8mud4yit2arD1GeyafcbnFbcLkAEGvNdH8TLJCrK4LeldRpfi&#10;HeRv6V1pqS5o7HO007M7C2vWA2k1aRuN24k1jW99FORjGatG8VOAc0rjNKK5Kn5huHvUNzpVvqB3&#10;YANVlvNy4NEdyynINCFuZOo6WbJiQPlqmsgA6V0c8y3g2NjNYeo2DQ58vmtFIdiBbnLYPSle7Eak&#10;qeapLE7PhuMVBqUy2tu5J5AqZzUU2xpXdkc74v1zMZQk5ql4E8NTeJtUjVAWGar21nJ4n1QQhc5b&#10;Ar6Y+Gfw8tvBGlLfTgGZh8q96+Ix2Lir1JP0PVuqULdTtvhZ4U0/QbeOAhTdEDivW9A0CGyv/PkQ&#10;bzyOK4r4beCbmfUm1e5YiJjlVNelTzbbsf3RX55iqk69Vtu55lSrrudIJi6jBGBTJYftGMcN7VSt&#10;bncuBzWnYxM8m49B61zqnY3py5iWya4tj8+SKyvFfjGHw7Zy3UijcF4zXQXmow2Fu8suAqjNfKnx&#10;1+Lcd7PLYQfKnIzXXRpynK0Tthds8q+OnxxvPEl7NbLOUiyRgGvLPDOinWGeXeZCeTmtW38LweJd&#10;Y/ev8rHk13GjeEIdBuvKt+UPU19Rh6bsoQR1X5Ucra/D430uWHyg1DqWgRWurQWsUeQOteuQWy28&#10;ZwMZrj4LdtR8ax20Kh3fjiunFwVKi2zuwi56qNHwVpdrqXivT7UFA0bDcO9fd2m+FrF9ItI1YBhG&#10;OlfHHhr9nHxXa+PE1eF2WAkNivqPTtA8SWwgzJwoANfEYhqTVmfVRVjoT4VntZQ8MpwPelkfUbed&#10;AHyo61neJ7fxDLZRrp74lH3jUun2Wsvo4SY/6XjkmuM1RU1D4twaLqsdhdJgscbjXRX1yt3Zrcqc&#10;o4yDXleufCjWfEOqxXNwQFRs5FelC1NlosNmTkxrgmlLyNYblCF1yx7c18X/ALWWovPq/kpyAecV&#10;9lBSEZRwMGviD9qS5MWvsicsTXbgUva6hiH+7PLtPYLZRDdjiinaXp7SWELHOSKK+rVN2Pn3NXPt&#10;rVNOt/7QaS1Y9eRTI9RjlfyRwwq5aqGzxyetUtUht4HUwkGY9QK+vuco5pCeM5pTeeSoAqnJcrEV&#10;DAgnrUbzBm/2al2YXOW+J8E+sxW0cMmzBGcGvSvh9eDRPDUFvI53YAzXlfibUIvt8UYkIOeldhpT&#10;Xhhttq7o+Oa+bzaEZUpPsehh200fQvhuffZI3YitrcX56D0rnfCz/wDEqhyMHHIrdWTLYr85kz0W&#10;TIwTJNKJsE5PFVrlsoQvWs2JrpmfjpU3Fck1vxXp+gwPJdXUce0Z2lsV85/Ez9sPT/Dt29tpjiSU&#10;HGQa4j9rPw3401O536LJMI8/MqZr59vPh1fWXh4X2owyveAfNkGvWw+GhNKUpGcptaHt13+2Zqlx&#10;AzRRM056EVx+t/tW+K9XdLIlo/OO3cD0rz3wLbPqt19mjtgR03MOlS+IPBepWmqs4VVVeVNd3sKM&#10;XawlJs+sPhJ8H9P8Y6dDqutal9onfDeUzZr3yz0ew8N2C21jEsaKMDAr4R+EXinxNoGsw/aLh/sY&#10;YDBPGK+z9K8U2usafAY5leQqMgGvNxFOUHrsddJqSuaZlLsaM5PWoRIB9TUqMMe9cqNbkvsKs2yE&#10;kZGKiiIByRVu2YFunFVYhyLDDdgGoJbTewCjj1q6i7j04qYIF4pqGplKpbQyLlFtSqkcmpIoFdCx&#10;rQuLZZACRk1EISFxjitlEz9oc/q+g2erwPFPGrgjHNfN3xa+EzaHK17pcRAzuO0V9TtaNvJ7VS1X&#10;QoNStnilQMCO4rqpSdN3RDkpaM+dfhv4le001I7wkFOCGr06xSLXY/Nj4UVyPjH4cXNncNJaRlYg&#10;cnAqXw/rzaJbLbSAjHBNe/hsU4O9zkq0ozVjsE0gb8YyB3p0totspwKtaNq0N5EMEc+tXLi1Eik4&#10;r6SniFPU8OpQcTnQ5jBJqSzl+05zwKkuYtpwFojQRAbRtruUrnC1YVIPLkJWp0JX71MBwc9RT0Ie&#10;Tk8UXJLdqxJ9quxJuNZZu1g9KUaoAOKkDWkk28ZqBzhCx61lvfHduZuKp3/iBIozg5pqLYXNGVy6&#10;lmIAFcd4g8QMknkRc9iRVW/1+5uWKxkhTWeI9x3uct713QpqOrCxxWv6Et9qfmSjIbrXgXx2+HEu&#10;mt9stYiYzydor6l1G2Drvx8wrB17T4da0ea3ljEj7TjIq2rkM+BrP/SJPKIKv0wasXdqbIhSck10&#10;3jfw0dC8RT7EKYYnpXK3MjzT72O4jtXo4eo5Qs+hw1IqMtCSIKuCx57VZI8wYrP+YtuNXFbEWc81&#10;1XMRk0ewdcmo9rbNxGMU6HLyjJyM1d1Z40iQLjPfFFwKCuWTnigyeWvHOaZu49qVwCBmncB6fMMn&#10;qaJfLRRjk0x22KMVHsY8k5oAk2Ls3E80tqqysdxximlSByeKaoIbg4oEyaRlVtqmno+zHGaiC7Tn&#10;rTwPxpXM2i5A6ySKrHqa9N8E6haaZdwQp9+SvLFwBuHUdK6v4fNLc6sjXQxtPymovy1YNdzjxkFP&#10;DzT2sfRTJ8qEn7wzTkkEI9TVWF90EZ3Z4qRWwfWvtHqfkUbx0L9vdFTkHJrzjx1p8NzJPNtJl5r0&#10;CJhmuB8Zat/Z16I2jysnFeNmUY+wfMfR5PUn9ZVjK+B+umz8UGFkIbdjkV9daXuuSrnv618n/D+e&#10;Kw8WxM0GA5znFfVmm3Ci2R14BHFfEU9mj9ZpyukzYubhbdMEj8Kyzc+YxI6Cqd2XklyWJFAcHjtW&#10;ljpTNCK53HGOK83+POnxS+GZJ1TdIik130Lc4ArK8daL/bvhq6gUbpSpwKwqw5oNG9OXLJSR8EW+&#10;pvd3MsbjG1iKtmRgwFReItEuvC/iKe3uYimXOOKXcRg4NfDVock2rH6PgavtqCbd2LIuTzTSm0ZB&#10;p4YN1pGX+6c1mjqkmmSQMQOTVrcSPUVRVSD1rTWVDEAACatGbZZ09CehxW/p0LAZ61g2Qx04rptM&#10;jaZAFrppnPN2V2aVvCwX5gdp4OK9g+E3gG10zGqQL+8k6muR0LSoZNHfzFzL2r2TwDCbbw6qkbT2&#10;FfR4Oly+8z4/G1/bTstkbTTsLgJ196XU9Vj0+2yeXNOiRQ5eTg1W1KxW6hdsZwM16h5rLunXH22z&#10;WUnGe1TSYYYJ/KuM8I+KY77VZdNBAaM4xXYsuGOegpoLBG2ePTvT2QSuM8LUQOygyEUwJ2CxkCPk&#10;U1pSnSoQ46ltv1prSZPqKZLY8sq/OBzT4p2xnOKr7hjgUzzSgPFIRZkCzn94ob61l6j4e069Qh4E&#10;yfaplumLEYqnqeuWum2sk00yfKORmmQ0nucTrXw506eRikYX6CvPvE3hW00c71I47V2dz8S7e/nZ&#10;bYYAOCTXmnj+XV9Vu1ksYnlQnoBkVnPExpo5fq3tH7qKGpWi/ZRJGQvsa5C5t5bmcRRQtK7HAwM1&#10;6v4J+E2u+J/Ke/RoYPSvaLb4QaZ4c08TQwLPcIM8jvXh4nNKd7LVnv4Lh7E11zNWifN3hr4Mapey&#10;pJeRFIH5xiu4b9n/AErySGi+Yjrivf8AwzbreWTC4hWNk4C4q9NpsJz8orw5Y6UmfZ0eH6UY2bPj&#10;/wAR/AubQ4ZbqyLGNOSK4DT9eWC9a0nIV1OK+59X0yCfTp4pAqxlTkmvhv4v+FIbLxRIuluZJmb+&#10;CvVwWZVObl6Hzuc5FTw0FUgdTZ6h5YDJIG9ga17TU95y55rxN21nwy8bXJbaexrsdK8TxTW6tI4D&#10;ema+qo4qNbTZnwdTDOB6dBOHGcipReKgIzzXEWuvK+MSAfjW1BdiRAd2TXamcrjY2vtHUimi6Oct&#10;yaoJP8tL5nei4i1cQLKhkGAa878Tas8c5gOSDxXaXd40UDEGuXgsY9Yvwsi5YtxXi4+tZciOyhH7&#10;TOy+AnhmPUNZEs6fKDkEivp/T/Cj6rqsQPNrHj5e1cD8LfC9vaWUKQqFmOM19A6LZrptmoI+civz&#10;PMcQ6lblWyMsRUsy9Ag062SCL5UUdBWbO7tOWJ4q4Zdzc1n6lIVICd6xp00ldngym2zoNDG+PcTW&#10;3FdbAQOMVz2hyeVbfN1NU/E3imLRbN2DASEcDNYTWuh7OHdkkcp8UvH0tqWtY888HFfJnxNvmub7&#10;dkZY9q9E+M3xNj0uwknYAzv0HevnjSNS1PxXq4mcEwlsgV7OX0JS1toevTXKuZnoPgjSWnxKxKn1&#10;r0BE8oDu3rWVokS2lrGoG1sc1riQNnH519tRoKnHzJ5rsZeXhW1cDg4rZ+Afhu31nxit1KN7o3ev&#10;LfGfiKe0lMFuCzHjivov9kTQmuIHvLhMSdea+ZzqslT5I7n0eX0mnzM+poYUhijVVAwoHSpy5C1X&#10;c/N14FLv4r4ax71xXkKLletLExK7uAagMnzYI607dj6VJVyfzmIIPSsDWRhiB3rXMuRWPqueTUtG&#10;sHqZBX5G7cGvh39qVFh193PrX3BIcxtj0r4b/avhcauSD1Nd+B/ihiH7h51pN+W06A4/hoqPREA0&#10;m2BIB2/1or7iMfdR8zKSuz7agBhhZywz2rIhtZY9S+0yklCehrS1DSLi125c49KeLCaeEZzgdK96&#10;5JV1sxS7SAFqkIwoXnjFWL7Sn4MkmAO1VpZAyhE5x3oA8+8Y2n/E6gMfB3CvaPBQifTbeOQ5fArx&#10;Lxfel9ZghHytu617F4B1G3tntoJjukKivnMz/gzPRoPVHsWhxGCAL/D2rZjYAZzms+1ZTEpXpirS&#10;HHevzdnoXJ2YEe5qvdySW1uWiG5z2qTdShvxqQuZqadBqMBa8gVyeoIzXLeL/Aej32h3oNinMZxw&#10;OK7ln/Wql6n2i2kiP3WGDVRk4u4j4Z0H4YXNtrGptZqUAZiuB0ryL4gXXiSy117eTckSN9496+yd&#10;Y8S6R4T8TtYoymaVsEVxnxd8A2HiC3W/QrFxubFe5Rr3kuZbmco6HlegJPq3g0m1JN4F6jrmm/Cf&#10;4kal4R8Qm01iZ9pfADGu28BWlhBA1rbEFhwayviD8OI5Va/T5ZV5BFe+8LGpS1OWNVxmfUvh/V4N&#10;csY7mKQMGGa2EwTgGvlH4UfE260aZLC5YiJTjLV9NaFrtvqsCPC4bI7V8zVw0qUrM9JVFJXOihA6&#10;Zq5AAp64rPifb1qyk/FSomUpM1Y2GODUqD3qjby571fT1zRYwctSZVG0ZpfLU8YpiNu4Bp+/HGaD&#10;O41o1Ax3qs8BzmrJy3ejaWFVcZl3til1CyOoII9K8t8W+G0smLiL5euQK9hdNo61m6hpUV/BIsih&#10;gRXRCpyjT7nz7Jq1xZ3KfZziNTyK9I8Pa/b6paou8eYByK5bX/Ak1lfSXCMRBnlao2Nk9gxubdyF&#10;XkrXrUcSoEzpc6PRbiCNiSBWVeoITnOKy9I8dWuoXAtS22UcHNbd3B5oBzkHvX0lDEKWx41bDtGU&#10;16o79KjN/uPymo72z2sdtZU9yLf5c816kbS2POlFxdmab3XOWbmo21WJFPPNYFzes54bFVHlZhgd&#10;+9dCgupBr3etNIxVSce1UHd5j8zZqKKPjmp1BHTmtlpsFhjbRwOtIwwOeooIPmZFNuJgBj+KncY1&#10;ijKcnJx0rKSELOxPFWU3edgmnTKqthh8xpol6ng/xs8DvqcM1xbw4fBO4CvmIWkthcvFcghwe9fo&#10;TqdjFfWUkMiBtw4r5M+MPgSfTNRklih+UnOQKcZOnK6MZxUlY8vuJUO0IKhDkAjrTCNpIP31ojbr&#10;mvWTuee1YfBu39cVLMhlPzHOKSFMDPekYsuadwIioVhzU21WUHNMUcZYZqaKEyLk8LTuBCSp4pjE&#10;49qHwjkVKqFlLYyBTEV9rE4zUmNhBPSm7uc5/CmFix60ri6DjOwbpxUiOTz+lRnoADUqOEA70ySc&#10;k7cjpW34c1p7CVZcAhTWIkwIxTzbvdkQxPsJ7VhWbUOaO6JcFNcstj6P8KaqurackwfnHQVvo2Pr&#10;XkvwmmurOY2cuSoHevWCCucmvp8HXdahGT3Py7McKsNipQjsTh8EAd64j4k2ipc2k0g+QMCTXaRM&#10;2QSKyfHVh/aOiSMVyVXIqcauahJDy+fs8TCRzfhm/t5/FNoYlDIMZxX0zaOgsY2BwMdK+OfBepNp&#10;GoeYw3EP3r6c8Pa2dT0yFxxwOK+ApTvOSP2GirQSOmNx5jHmnrkjrVKByy8c1Yjk28V0s6Yl+2IT&#10;qeam85d/XIxVNDletJngjvWbN0fMv7Qnh64k8RR3i23+ihss4HvWLFbeHLvS4PLO6XADbRnmvpfx&#10;XoNv4g0S5tpYwzspC8V4h4J8BN4R1S6j1CwM8LuSuRXlVsNGc7s7qOLq0F7jOX1n4cJFpyX1qrNA&#10;wyeK5m58C6i0Kz20TtEfavpJNRtLhRafZtsA/gxWvAllHCkMdovlk9MVh9Qps7lmuIXU+V5PAmpR&#10;24lMT5I6YqlFo95DJtkiYHtxX13d2UCyJElmrxMOTjpWfq3gWxuYiyQKGI4wOlT/AGfHoy/7YrdU&#10;fM9ho1y8wUgKD611ukwWelzKtxcIvrk13Mnwdu9ReQwymP0xXn+p/s9a/qerlDeOsYPUGksG4NNE&#10;zzOdWLi0djo2stf6zDb6ePOhz8xFfQGkxrb2UaH5TgZFeXfDT4WP4IjUSSec/djXqIkVVA717FGL&#10;itTx2yeaRTx3pgnYQuBySOlRE4O7OaVeDxXQTc810HRp9E8bTX02USVu9esySx+SHDZJFc94qijf&#10;7OcBWyORWgqE2sWT2pCuWi+QDmmiX1NRFgFHPAqO5u47S2e4mbbCnJNWhcwl1E1yy7X2gVaXbHGq&#10;g7j3rK0bXbTxArPZSB0U4Jqtr3i3TPDUJa7uFUjtmjRK7Fc3x37e9ZGta5aaTCXnnQY7A151rXxe&#10;mvdNuBpse4AHa1eTaRf634q1R0nlkk3Njy+a46mKp09WzSFOdR2irnu978SLAafLPbOGwCK8D1LV&#10;df8AEmvSCB5XtpX+7zivXtD+FM726pMpRH5INeleHPAOlaFAuYEaQd8V4WIzaO0Fc+mwmQV63vVH&#10;yo860b4a/bPDsKeX5NzjJPc16R4M8HW2lacI7y3WRx/EwrbXyoJBtUBR2ou9Qnu5lRE2xjvXg1cT&#10;UrfEz6/DZXQwuyuzRthHaptjVVXsAKeZC565U1Tg27du7cRTp7hLSBpJGCoozk1yntpK1kWPKWIf&#10;JwfaqtzqdvaOEmlCsexNea+JfjbYWEj29o4lnXsK821T4iz+KLkyJMY5o/4B3reFGUtzjnjKcHyQ&#10;1Z2nxn8aSwWhtdOlwz8FlNeOaZBpljC93eyi4vW5Abk5qKe61zWdb2ywuYicZNb1h8LmfU47yZyY&#10;+pSu+nFUrI43SqY2Mmo39Tx74majc3bbjBtg7HFUPBvgq78QFJEZvL9q9P8Ajjp1tBpKwW8YEnQY&#10;FbfwI8PsmhoZF+YjvX0WH1mmflmMpOnUlB7pnmPiD4cazaSq1mXIHareiJq9lAVu4mBX1r6gXw/G&#10;33kH4is++8J2khJeJfyr3YytseLOm2eF2euRk7JAQw65rViuo5U+VgR9a7rVfhpa30Mgtogjn+IV&#10;yMfwyvdIEhMhdRzVOpY53SZz+rX6BfL3cmrPg63DapDIRuANYV7a+bqv2fd+8BxivS/BWhJp4Rpx&#10;zxjNfM42r8U2dijyQse2fDCzmudZjkClYgK9rvGCqFXsK5L4dWEMWjLcKoDYroJpixJJr8+b9rU5&#10;meHial2xRL71navI6BT0q5Fy49Kh1tPlSumU1FHlxTbsiawvDHbEs3QV5v4vvJLm+kuJnK28eSc9&#10;K6LUtbTT5o4S3zHjFeX/AB98Yw6N4YeKIiOaVcZ71wpurUUY9T3MPF3UT5v+MHiBvFPic2ls26FG&#10;xgHit/wLpv8AZtogdQGxXnHhjTri+1F7l2LHdnJr1Wxu9iIvcV+k5fhuSC8j1Ks+W0EdhaygLmr0&#10;8xSxfy/v4rFsrgFATWi8oFvuBr22raGcDl9GsH1TWWWaMuwPcV9lfs6WkVpp0kaDDDqK8K8EaJa2&#10;9vJqVwoAI4Y19AfAlozBcyxEFGPFfmebyXtHFH2mCi1Tueql+Tk96aXyevFRPJ8zfWkByM5r5y56&#10;aJeM5zzSNJnpUBuFLbFOTT2O3GTQK4/n1qjqfTJOaubjVO9KkYzk0mjSL1MR/m3Aehr4h/anQjXH&#10;EhwM8V9uzv5Uh7CvjX9qzS/tOoNLnvxXbgdKoVn7h4xpVhv0+AiXgrRUWmQzpYQqGxgf1or7mLVk&#10;fOS3Z90XWvLql8YlHCGtGTUFsrXJUYArDhhis3EiLlm6mk1BnuVC5wte0FiG/vP7W4Q7KWZILCwy&#10;F3SY60yysj52FHHrTrm0klWRVGcUbBY8r8VITrFvOy4ywr17wVoqy3NrdNz8orx3xXaXv9swK3KK&#10;3SvSfDHjj+yb20tGiLZAGa+dzL+DM7qL1R9A2WVjBXpV2NiRnpWdp9wJ7SKVeAwzirYk5r84PQLD&#10;SHHvSq/HPNVy+aN5xxSAnY5zTV4yD0PFRGTIpEclsHkUrAeCfFf4bwHxVFrC8bTmmeIdOE3hCeUn&#10;d+7wBXb/ABRiMyj96FH92uQfLaG0DkeWRjmvUpJtRYr6HlPwmFsdQnhx+93d69N1rQ11GBouxHSu&#10;S8MaTaaXrMksONxPavQRcrIcivuaCvTR5FR2keLeI/Ac1hcb7eMgZ+8BXTfD7xXceHblIZ3LKTjB&#10;NehX8UdxZsCoZseleTanZG31Q5G3J4FcOJoJ7nRSq2PpnSNSXVbZJUYEEVqJGSRmvDfCfim40IpH&#10;Mx8s+teu6LrKalCrq4ORXz06Tg7HW3dXR0MDBTjNXUlzgZ4rKiODkVaWXPOai1zFmtGwA4/OlEmw&#10;nJ5qglwI1GTmni5DVlJAXY33Z5xSK+GNVRKQKVZqjYCySKjmkAUgU1pCRxULOWNHNYaRR1Owiu7V&#10;0fHIrznUtL/siRlCbom616bOARgmsXUraKUfvACtaRqamsdDxXxB4fS0kOo2ORIvzFRWv4M8ef2x&#10;Gba7XypE4+bvVfx/dTeH7gSwRl4CeRWBqYW70b+0tMTbOBkovWvSpYl0rNGkqXPuemXJUIWXDL61&#10;xGsMftJI6VxPg/4pXlvqosdZVog52rvr0nWtNT7Ot1GQ6OM8V9Pg8cpNJ9Tyq+DutDnwxanI2Kh3&#10;5yRwamiAcZJr6OM01c8SdJ03ZknmY4pySHPWoGbB4p6Pke9aXMrdyxI+0VQeJmcuTxUkjHB5qNJf&#10;lIJzVIQ6GAs5bPSo5WUyYPJqJdQMchTHWmc+aWPemtxEs54BHauM+I2gRa7oU5ICyKp+bFdk8g2e&#10;9ULq1W6geOT7jDFPoJo+BdctTYazcQDnax5qmpIcCvf/AIz/AAeisIpdTtmCA8mvBZbfyY8g5IOM&#10;10Yev/y7lucdWnb3kTIwDDFDn5xmqyMfWpsZAOa9A5bD1O5/YdqfLOWG0DAqvFNsPIoMnmSZ6UDI&#10;5j84FEkrom0dDUpjBGailGe9FxERX5evWlVWCmpYFUtlqS4mUMAtAESAhutTA5IHSmAhyKncqFA7&#10;0CsSRQknJ4rQ0R0i1SMvyBWfG7bQDwKsCMoAyH5vWi5DV9D17wxrNtFqaBMBjxxXpYl4UkcGvAvD&#10;Ma2VxBcTS/Mx4Ga9x0+U3cEWDwR1r1cvqNwcZdD8/wA6oKnWjKOty+J1ztq3JZfbtPlj67h0qGC0&#10;RpQucmuj0uxCkDOQa6q8rwaPKw8PfUux8/61pyaNqRUjb82a9N8PePLTRtDDSsF2iuR+LNgP7bCR&#10;D64rgNZt7u7szDAzMAOcV+a1arw9WS6n7DhpqdKL8j2u2+PdgJCqkEA1vWvxp0mRFLyqCa+Qo9Mv&#10;YpWSONyQeav/ANjamsQm8uQ7ewrL65PqdySR9gW/xb06e5SBXG5+laWofEPTNHVTPOoZuxNfIuha&#10;9eWsokks5C6dDinaj4g1LWbpnuYJfLX7vWh4+K0Y+dLRn15B4+027g89ZV2Lz1rJvviVoV0S7zRk&#10;Jwa+UbbxDrUjPBbxSiLp3qCKy1a4jli8mUbuSeal4+HUHUj1Z9WWfijw/qJMkEiH1NbNh4h0ufcs&#10;Uinb1r490ddc0cSIscpStzSPEetQJMIopdxHXmhZhS6i9rDufU6eOdK85rdZ0LjqKlHjbR3mFuLp&#10;PN9M18gWM+u/bpZmhm3sevNDLrllqyXYWVmznFL+0aa6h7an3PsceN9LspPKNwqSH3qxD4s0uSUI&#10;LlDK3bNfHGqazrlxerKYJt/40kFx4mS7W6VZhjoOaf8AaNLuP2sO59ptrNog5nX8TVI+K9MDmMXK&#10;bvrXyLJr/i6+m27pUH41gwah4qPiWOEmUoWwzc0f2hS6MftYWvc+1T4u0xDta6QH61fs9btL3HkT&#10;q/0NfIfjfQvEVtHBcW88mGAyAaradrPiXwvYC9a7dgvJQminmdKduzM1XhJXiz7H1CEai8ZJ+4c1&#10;bM2UVQeFFfPnwm/aGg8Tziwvj5U4O3Ld696iUy2yzIQUIyDmvXhOMldGnqTGUAZJwBXnXxZ+Itho&#10;mkPYyTBBMME5rtrmN5o2AOBivlP9ovSru71CONdxXPBFZYibjB2KjqzftPii/hvw81tpJ3s/zGQG&#10;uNvtc1PxxeRIZpJ5s8xjNc/4Z8NajJstopCzY+6etep+AtU0v4favG2p2ZFySPmYcV87PEypx5Vq&#10;e1hcC8TJOWke52vgT4W6nfWcSzKbVMchh1r1bw18NtO8NTCYRq03c4rd0HX7XxNp8VxaMgBH3V4r&#10;RKYHzda+dq1qlV+8z9GwuAw+GguRX8waQuwAAA9qeysy4qt5uyQCpml2Y561lsejzOTshDZ4ILGo&#10;tYvf7Nst6Ac8U3UdRTTbR552CxqM8mvnzx/+0Mhv5LC2XdGn8QrSnCVR2iZ160MNDmqM9tvPE1l4&#10;S0v7dfzqDIMgE14v8SvjW+rW5i0yQ+W3BK15lN41v/iBM1tdyP5CfdFdT4Y+G6yJucExn1rvjQjB&#10;3keXCtiMcuWirLuc9otsL66+0rulnY/Nmu+8PeAxNP8Aa2Xym6kVs6D4MtdIk3IoJrqQRGuAAoFa&#10;OV9j18HlcaS5qurKkdhbWsPMa7x/FiiF9446VJI4kBHakhQbDtqVue+7Ri7Hj/xnIimikZdyjtXX&#10;fBi9W5slIG0Y6Vxnxc1MQXSwzRllJ612Pwcs1WzEqcIelfTYZapn4Hmj/wBqqep6xkljzUUtsJc9&#10;6ch3GpFGFYk4GK9U8grCIRIVTqaytQh8uznd8HitbSbR7u4lZ2wg6Vg+M7gW9hOgcLwRUzdlchq5&#10;4FqOntL4ke7i/hfoK9Q0S9S6lsomGGYgVxOj2rvNPKRuXPWu88D2EV5rNs2QxVulfIZjNqNiKr5Y&#10;3Ppvw1H9h0SFFGAVFSSTFnxnApsT+VZwoOAFxUBkBbrXzFOHU+Rqzuy9DJtIFM1hy6x49aihfLDm&#10;pNSYIkfNTW0FS+I5zXbW1i/0qbG5FzzXxn8d/Gz+IPEpslb90jYHNfT3xs8Qx6RoTeXKBIV9a+Mp&#10;dKl8Q6rNdFt7bs5rvynD89T2rPqcLDli5s6LwzYm0t1Ycgit6CfZMDjNcLF4hm8OXHk3Kt5Y4BxX&#10;ZaBqUGuEGIjd6V+l0eWMUkYTUnK51NnOZwBjFXp7kpGsfcms6MG2kAIxiojfGbWbaIc7mFZ16qhB&#10;tnXQg5SSPTptcS38ExWr5jZ+Aa98+AlgdJ8OxvJJu8wZFfOnxEntLfRNNtIx/pLFeB1r6j+E1l5f&#10;gjT2kUhxGOtflGNqc9ST8z7ylHkpJHdGXrSq5IIqtv3YANPDECvONbj44lhYsetPaXecmot+e9Jn&#10;HcUCsiYy/KRVORtm5mPNS781Uv3xGfWky0Yt/dZkPNfMX7TGiyXVq1whyR2r6OvG3Oa8g+OVl5+k&#10;N2OK6cK+WomVV+A+RbKS4S1jUjkCitKSwkikZd44NFfXqpoeE1qfXsl8zT+UnJFacFlJOBuFVZbS&#10;OC4WSPk981qWmpJJIEBGR2r6NyM0SRWn2NcnArMv75bRWKkZNaevXKRWW/dg4rz66vnu36nFNO4H&#10;OeLNUkh1OBym/c1eneFdFs54ba8miAcgHJryvxNfpa3lsHQHLDrXqNnLPcaHbGDABA6V85m0+WnK&#10;Pc66G6Z7DpU6PbIqH5AOKv7sHmub8JZi01A7ZfHNbW8sa/PrHotlvzOetKDn6VXVwB15qVDkc0co&#10;rjzSoepzURIBxmhGAJ5qlER538VYN9oZskFea8c1HUb29sNkE4Cr1Ga9p+MWT4ZnaL7wBr5c0e/u&#10;RcOjlsZ6V62GjzRJctDe8K6tJ/bHkSZJzjNevWdqDCCO4ryDQ1SPWlfbyTzXs1jMjWqEHBxX2GF+&#10;A8utpIswWyBTnmsPXfDdtdI0oX94vIxWzHLknJ4ps8ijPOa6ZQUlZmCk0edQBZrk290dhBwua6jQ&#10;L648O3C+ZIWgJ45qh4p0FXha8T5XXniuU03xS+rB7KXKOnAJrw8Vh3HXoejRqcysz6O0jWY7+FXR&#10;wcitMXAPfmvBPCfjg6Jei1uCdp4Br1uw1iO9iWSNwQea8WS5Tp5bnR+cR3zUsU+B1rIS5DDrUqTj&#10;I+YVg3cixri7xxmnGYsRg1lhxjrUkc+w8msmhWNYSnGM0wyYqqLrcvB4qCe62gkGsmUk2S3d4FUn&#10;PSsO/wBRDIcckVDfXjMDzgVjTTtsYA5JpKR206fcr38UGrQvHMoYe9eesz+Gtc8tIybNjznpXbQW&#10;8yTl3bg07U7C3voSkiDnvVKTOi1jivEPhTSfGN3HdwbEmi5wnrWlpuupaAafe5WJBtDNWPqsa+Cm&#10;NzEWMfUirQnsfHugyPCQlwBwV65raM5Qs0yWk9Gad1ZWk+XtZFcexrKmieDPavLfDj+IvDXjr7Ne&#10;u500t95umK9ovpbLUwPskyyEDnaa+twOPbtCbPMr4eM1sYfmYWlSUsOKWa2aNiKiQbTg8V9TTqqR&#10;85WouBJISRnNQ5OenNSvhec1GW3HI4rqTOQSSASLuHBFNRGA57VPHgHk0jSqA3pVCK5O4HHWoHyq&#10;5Y8U55wGJBptw/mw8DP0p2Fc53xlZRa7o0ttJ8wIwK+R/Hngm58PX0jAHyWbivtJ9P8A3JZhmvLf&#10;it4S/tnTJWiUb0GaicdVNboh66M+UzGUAJFKr881evbOe2mlt3jO5Se1ZjkqcHgivVpVFVjzI8+U&#10;eR2JWIz1ppOD15qWBFkXLdaikAVua2uRYN+ByaY3JzRuHelypoGKmS3WmGHLg9aXHBINOiG9s0XE&#10;AznjinD7655qQgE4FJIAOB96i4jRKRJGGZgTjpTrSJ5txAwvasr5tuSc4qZNUkh2gDCii4mjd0W0&#10;km1ONp5cRRnOM19AeH7yO5sIvIIwoAr5xTVEwpGQzccV7V8MpQ2nhPMBY9q2wVXkrOn3Pms7w/tK&#10;Sq9j0SwB8wGultGKAEGuf0ixluLkRg4Brb1H/iXJ5KNl8da9Oo7ux8xSioxueX/Fp1tZjOCC5qj8&#10;NI9P1CNhPhpH7GpPidCY7F55TuNcD8PNfS21dACQC1fmueUJKpKUT77Ay9phFZ6o93g+H2mrI0qR&#10;L83PIq2vhnTbeIoYkI+lVNX1m4jgtTa5YPjOKstv2oWYliORX5/OtViviM5VJpblAeHdNLkLbJj6&#10;VJP4Y0xk2/Z0A+lXFOOgo8zIINcUq1R7yOd1ZvqZln4X0+1kJjgTH0q3/ZNkjHbAmT7VZLYhAXrS&#10;IVA561nzye7J5pPqVn0my2FTAnPXiootEsbfISBMn2q8SCTSw4J5pc0u4Xfcgj0u0C4+zpn1xUR0&#10;yzD5eBDj1FXXcA4WoLi3kuHCqcA9TRzS7hdkR0yxdw5gQ/hTzp8DuCsKCP0xVx4I4bdUU5cdTTA3&#10;y46U+aXcLyXUpy6XaFgVhUfhUY0bT4JPNeJFb1Iq9nBHFR39qt/5aZwM84pqcl1HzNdQa0t75Njh&#10;WTtXNeIvCEF3G0ca5jPUV2EttDZQosZycVFuBGSKI1JRd4sFOS2Z856z8O5NA1P7fZI0Xlndla6v&#10;wd8fdTstQitLty1uhCkGvVNT0+HULR4nQcjGcV4N41+H8+l3jXVuhMZOTivqcBmc/gkz3MLjOf3Z&#10;7n1VpHi+y8R2KSWsylyOVBrgPjLowudHe7WMNJGM5xXkvhTxJJoSpNaSsxT76Zr1Ox+Idh410Wez&#10;nIjm2kYavrI11Wg7ntQ11PMfgTPJrvitxKh3I2MGvorxH8JbDxOyy3EarIvQgV4b8Hbb+x/iRNEg&#10;Hls/avrFm2kHPBFfJ4qUo1ND9SyWjCrhfeXU8uj8Ea54YCjS5yIV/hzTtL+MVzYawul6nbuCODKR&#10;xXp3nEE5ORXO+JfC2napYXE7QqJwpIYDmuNST+JHuToOK/dOxuDxJpDwCX7ZGCRnBPSuI8S/GnR9&#10;Lka1inSSY8DBr5I8ea1r2neI57W3lmS3DEZycYrm9GhvtT8RwF5nkbcMkmvQhhFbmbPmp53JVPYw&#10;hrex7R8QPi9r17JJaw75IX6BaxPBngG58Rbrq7QruOTuHNen6H4VsUtIZZolkl2jORW/DFFAm2JB&#10;GvsK0UlBWij6CllEqs1VxMrrsYXh/wCH2n6cQdgDDvXYQFLWMRR4AFUxMsQxnk0wXKluTSd3ue1G&#10;nToLlpqyNWJyTnNE0hbjNZ32sYwrc1KJOBk5NKxpGdywDxViIhYzziqQcdM06Zh9jlOcYB5p21Ln&#10;Llg2eY/Eg21xdhJFEpJ6jtXY/DRo7SxSOMfL6V5lqcT3mpTKZgW3cZNei/DLTriyTMzB1PSvqMMt&#10;EfgmYS5sTN+Z6epDLkccVSKz3FyIwcIanibrUq8HcCAa9E80laNrZBGh+pFeTfGHVJLWBYkYgseT&#10;XqzSlyRnn1rwn45TSrJEqnPzVz13aIkrsq6Lq4stPCPHu3r1rsvhBHPceIjIsbGPdnNcFpMcslhb&#10;B1BUgc19E/CfT7eysFdEUuR1r5PMdkefjavs6b8z0uSbdEgzjAqDftqKWXcx5xTd3HWvIjGx8m9S&#10;7byEyCovEtwY44tpxSWz4Oa57x7eS29ssocKq8nNeXiJ3qch6mEo3s2eAftGa3JLcRWqSEE8Yrk/&#10;ht4YJ2vKNwak+JF6PEvimIBsqp5NegeCrOOGKNEwcda+0yulyU4pn0/LaCQmt/DHStWhHmxjfjri&#10;sSz+DctnKZdOk8vHavVJLYNjB5pyO1v0JAr6e9jPlR5bqOgX+kwO9ydzAUfDOwXUNbe5vl2RxHKl&#10;qvfETxKzSraxHcxOOK0/A+kTanbBAmGAy22vmc0xbUfZxPawWHV+dm1Z29j4v8d28KjeImAAr6+0&#10;m1XT9Ht7dRtCqBivjz4fyJofxOjDRNs3YJIr67knkuxHJFxGQK+Hrbn0XkaAfFPEmRyaqB8Ac80z&#10;Dluvy1zj3LnnYPWnGQd6q4CjOeaeG460DuTmXA461Sv2JhPrUpYDvVa8OYjzQNbnPTBt/PNebfGy&#10;1ebw5K0a7mCnpXpVySCa5rxnbC40OcMu75T1reg7VEFV+4z4CvL29S7lU5BDGiuq8Q2CJrd4AmMS&#10;HtRX1SaseRqfZsNhiIl+9Y+lae9trMssjERds100p2R5JwAK5HxJqsqKfs68DqRX0idzFqxY16dJ&#10;Q5L/ACDtXJCVDKQh4zT1vX1W2KlsEdaopZMkygHjNWkQZXjbThdtbMGCkEc16n4YZbbwpEznO1RX&#10;mvi+zMqQEvsAIrv/AA/ubwmqp+8wtfNZxrE7MO9T0HwRqkd7ARnpXVowz1rzn4fRypu3qVFd2ST3&#10;r4lxO+T1LyuobJprXOWwtUlLZ4NWI0xyetOxNycSZzmoiGZuuBThwfeojKQ+2iwXMTxxYpPocqP8&#10;2RXzhLoy2eoOQmFJ4r6Y8WqTpLlfmbHSvC9fnjtCfMTEjHgYr0sK7XQrXRyazix1RDxya9H06dpL&#10;dGz1FeOahcSnV0LcKW4r1LQ7rNlHk9q+uwe1jzay1ub4uCF5NNN1zyc1ny3gxgdaiM5IHvXp8pzF&#10;+5uhcxGLqD2NcJ4j0A2jG6tl2kHJ211puEhALHmo7i5jliIZcqfWs501NWZUZNPQ4+K5ttT044IF&#10;2g/Gui+HHimeC4NpdOQQcDJrjtW0RtN1A3tuTtY5KjpTZNTA2SwHFwDyBXzOJwri2kj1aVXmPo6G&#10;43qCrZFTLMSeprg/AviE3tiqzODKB0zXXrOD359K8CXu6HZypmp9qdRjNC3rtWYZsZy1EM2Aeaxc&#10;g9may3cnTNLLekRkGskXpXjFEt1lcNWZSjZkV1cMzHniqhLNzRM5c/KOKdNII4AO9B0rYRskcmo5&#10;MN3qETlxjvSMxHOadhlLXdGh1yza3lAwR1rye5tL34eanm3V3tmPQV7Jkk5qK7sbW/heO4jV8jgm&#10;tIy5dBHNWNzpvjTTGjm2R3DLwe+a5ew0G6+HF1c3k0jz2hOQDzXPeIdD1fwt4rW6sSxst2So6V6z&#10;peo2nivS1huAHYjDKa1UnT1i9CWlIwNH8XWfikM8I8vHY1YuLcB8g1w/xM8K6n4aMdz4fiIjBy4W&#10;tPwd4wg1a0igunEd4owysec19TgcYpqzZ51alfRmzKxjPzdKjM2TwK0rmzEqbhzWS8RiY19TRrcy&#10;seBiMO4O62JFl+9z2rPF2Xkdc1IUY7jmqtvbkTNnNdqd9TznoTRwvM2B61tWloI0CsMmorKDZhq1&#10;7VWllChc0pSsQyOW0UwY21yXiDS1EbBh8rdq9AuoxHHz19K57UoVnUhqmE7isfLHj/w5FoWoyX00&#10;Q+zt7V5Hrq2VxOZbZhtPavrP4keGItd0yW3K5JBxXyP4n+H2s+HL6ZvLd7cnjA7VLrTw8rxV0J04&#10;1FruZzSleFqF5GPWqzG5g+/C4H0py3WW5U/lXfTxlOau9DllRkticcjk0L1PPSmxDzslTxThxxmu&#10;xTjLZmTTW5IrACpFbnAqIdKcGK9qsklaQLyOtAfPzGoi2e1HJOO1FwH7z+FWYjC6YYc1VJyeanhT&#10;IIIxSbFY1NNitmYmToK9K+Gt9apqACy4HTBNeU20JVuDn2roPBxNprsTuxRNwrkqVfY1IzMMRQ9v&#10;RlA+rdOk8pfMXrjgiqeqXhlYnPzetN07UoZ9Li8tgx29ayrq6HmHcRX0cJKa5j88nFwbgzH8YQxX&#10;ekyLPzwcV87SX0uk6w5iG1FbivobWXW6tnDn5cV4J4vWKLUm2YxntXzOdwWkz67IJO0qbOutPjLN&#10;p9tGkg3bR3rQHx7iWMN1f0ryaSzS5Qk8Cs5tF3E46V8HUwtGTu0fUSwtKW6PctP+PVs0n73G09a6&#10;S1+NOj3CfeAx6mvmQ6Qw4zTl0mVR8rkZrknl2Hl5GUsBRex9RWvxf0eaQr5g/Oro+KGj7tvmrk+9&#10;fKK6fcRH5XOfrQYr0HJkbjvmsf7Lo9GZ/wBnU+59XN8T9KRwjSLz3zSj4maUZNglX86+UlN45H7x&#10;iR3zTma9TkSNn1zS/sul/ML+zYdz62svHWm3ZJWVePemj4k6SsjIZFyPevlK31HUbdCEkbnrzUf2&#10;m9DFvMYs3vU/2VD+Yn+zY/zH1nZ+P9Ku5GVJRn61NN410qEHdOgP1r5S0+/vLMMwkbJ96q3c+oXb&#10;M32hxn3pf2XD+YHlsf5j63j8Z6XIm4Tpj606PxppRyRcJke9fI9tJqYTaLh8fWpJpr2JMC5fcfel&#10;/Zcf5iXli/mPrZfFGny/OblD+NK3ijT0GWuIwPrXyJBqGrsPKSeRvfNK8uryna91IMe9P+yo/wA5&#10;P9mr+Y+tJPGeln5RcJ+dUtY8U6LPp8iSyxsCPWvlfZqXT7U/1zUjWl9JFhrpz+NUssgn8ZpHLkn8&#10;R0nibWI9D1KSXT3DxsSSo6VW8P6/LquoDyHMMzdgcVzL2ToQkkhYn1rX8P6RNZ6vbsgILkYNfQUl&#10;yxUUezCPIkj2D4VTPpnjhDfPmRjwa+tC4mjRgeCODXx94S0q5Pj2289uODX15bjy7OAdgorycbG1&#10;Q/T+HZuWHcSGWSVJdv8ADUrL5kZQ8qw5p5cMTnrUe4q+DxXBY+rueKfHjwdZ22gTXlvEqzHktivA&#10;fAtuV1KFgMtu5r6M/aKnuY/C0ghHynrXz14FjkjubZnGNzc16lBv2Z8ni6cXjY2R9D2Mv+ixgf3a&#10;sSyMItq9agtVC20ZH90Uvn4JFJH3qeiGkkJyfmqLcVPJpJJ9xPNVXlySM8VaOWrIuCbByDUsNyxb&#10;Gaz1fPQ04TBT15q7HNGdjaWfDcmn6lex2umu0mcEdqyYpizAk1B4qvWttHLbd2RSS1Q69Vxoyfke&#10;b6pJZLcyTiYqS3TNesfDu4WfTEZGLLjqa8PutLbVn3Rttcnpmvafh3YvpuipHJw2K+nwydkj8NxU&#10;uarJ+Z3sc+TirAf0rLgcAdc1eicEV3dTiJwdxPavEPjBEHvkBbPPevbAc5rxT4uQGW9Uk7VB61yY&#10;j4S0yHTbGZtKhYMNvHSvf/hjb/Z9HRi2SRXgejLJ/Y0fluTivfPhmjroaGQ54r5fHNWVzxswTlBI&#10;7Bn681Vv737FbM/3jjgCnMy5ILjPpmlECscyDcvoa826SuzwY05N6IreFnvZZHmu/lhP3Qa4r406&#10;hMdKmEblFUHFejyTeZFsQBFHpXhvxz8R/Z7Q2gBJPGRXhRi6uLSR9Lh4cvLY8K8LSSX2uSG6JKhu&#10;Ca9/8JaUkUG9DkEV5V4C8Pw30gaUhWY55r3XRtNWxtVRTkAda/SsPHlSPTlqyZISnJqlrmoxaRYS&#10;TTEAY4rWbATmvJvjBrTPaC0gbMhOMCuivW9lTcjSjT9pNRONv5brxBr26yBdy3Ar6s+BHga50+xF&#10;xqUeHkHRhXkf7P3w4ubu8t9QvY/kUg8ivsKKKIW0aQqEVQBxX51i8Q6kmj6qnTUFZHP/APCstHGq&#10;fbljUS5znFdWpEcSxrwq8ColbCjPNIXJNea9TaxOGwvJqTfxxVUtTg/y9akZLuxRv/CoiwPekL+l&#10;ML2Ji4x3qOX5kIzTGkwOtN8ygLmPdfK5B6VnarGtzps0Y5+U1s3kPmHNUktAu/d0I6VUNHcmb91o&#10;+M/FmjMniO/G3pKaK9F8YaHnxNqBC8eZ6ewor31UVkcN0et6jdtcS+SnCjqawPElzFa2flDGT3qx&#10;FqiXEQuEbJIya5XV5X1G7+9hR2r7Cm1JXRyT0IbOLyhhTjca0YoNmCearIoAVQORWhMdka5GKtsy&#10;MLxlHGbVDI+wD0rvvhpeQReHWkfDxKO9cRr1tFf2oExworsfBVtbf8IrNBG/yFcE183m+sDtw2rO&#10;u8L+KdP1i5kis9u5DggV1ufWvIPhnpdpperXDW8pd2bJFeto+4Ak818g42O+WjJd+3pUiOW5ziqz&#10;HpzUgOAOaRKZYLkDrVdWLuc9qVnBB5qAXAyRSEN16Ux6dIwG/A6V4J4tknvL3PkcA9hXumqzgWT7&#10;vu4ryDxHqsVq0hRRJW9OTTNY7ankHjm5ktJIWjXDZrtPCF7NLpkZk6kCuJ8fu1yEuQNoB6V0vgy/&#10;M+mR7ecCvssA9mebW1udiXKjJNMN2MfLyaorM8z7SeKuQoiDnmvcOMkhiaU7nNWvLTGD0qkbwIcZ&#10;qO41HavB5p8oFu8SBrZlYDkV5tqGlvpd89ymXRj0rqLi9eZuuFqpqM2yAbY/MJ7VnOkpblxbic/Z&#10;eK5/C1x9rJZlc/d9K9k8A69L4jhF2Tw38NeVXujLe2e6eIKcZAqLwj4+m8HaotrMhW2Y4FfKZjge&#10;W9SCPTo176M+hPId7kszEJUrDYeDxUGl6nDrVglxCwYMM8VMELnk4Ar5hq2h6KkPRdwJIpxRQcnm&#10;mjI4GTUkiJFHvlkVB/tHFIoik27flAzVOWBz15qHUPEelaVEZJ7uMKP9oVS0/wCIWg6tKIoLtC54&#10;GSKpRk9bBzpbssMrRvt70rEnqau3NrvAkRlcHkYOaoSpInQGkaJjyeBUTyc8U3D4y1NPJyDQFxtx&#10;bRXsTRyoGyPSvONftdV8N6h5umIXjJyQK9LglEcpZhn2qhIXubxgyDyz6irTsSU/A/iuLXc2l+i+&#10;aRgq1YvjD4Gs+r/2zpUpjcHd5a9DUPijw9daVdLqGmIS4OWC11/gv4mRXSR2l7lLgcENTUpQlzQM&#10;56nJWN9e6eRb6ivlnoCeK2F05LlN6kEH0q98VPCtxr9h9r044kUbht715N4c+I13oF4NN1SJlYHb&#10;uYV9RgcbzK0nqcNSKW+x6DNpXlHJ+73rF1PVre1u44YV3MevFdhbTQ6tZiWJ1YMOgNUJPDtuZPMM&#10;WX9TX0tKv3Z5FfDp6xILA7wua6SAxW0HmDG4CsD7L5DZHFQXupNHGUBrqvzPQ8iUXEualqnmseea&#10;xbm5YgkmqUt4WJOearvdGZdua6YxSIK97F9ubA4NZt94as7u3Md3Cr57kVqxfum9TSXRaVcmtdBH&#10;nus/C7SruPEdsv5Vx1x8FLR7hjsCg+1ezFyikZqjNvdziqtHaxNjxRvgOkXmeW3XoK5PVfg5qFq0&#10;j7T5a19NwKz456U2/iR49jqCD1FZexj00KufHl54YvLEFnjIjHGSKq/2VObVrgj5BX074i8G22t2&#10;phVBGPUCuHvfhbPbReTC3mIeq1N61N+67kOMHujxCPMsZIXAHehYWZcg8V6f4g8BfYYo7eGL53+9&#10;gdK5648FT26+TFln6mtlipR0mjJ0V0OQVSDVqENIwRQST6VdTw3fJdeXImAO9a8WlnSrZ5fL3sOe&#10;ldCxNOSuZOlJFay0eeLa8q4U9K2pLdbeATAYK96zbTWZdUAjZSm09MVo3l2q2ZjJ7VzVpxqReo4x&#10;cWdz8PPFT3aGHdnbxXU3+XJkZ9qj3rwfwt4i/sDUyWO2Mnmug8ZfE37ZbiGzbkjBIrqw2Ppww9pv&#10;VHzmLyypUxV6a0fU1vFfjkWge1tyHzxkV5pd7rqZpJGyW5qvDPPcyFmyznuamkgkXk9a+axeLnXl&#10;dvQ+mwuEhhoWjuRM20bBRGzMcA8U0ZY+9OLFRgDFeS3c7hGU7uooyTxmkGT703aWIGcUgJBkc5ph&#10;J71YeKNIgA2WqDb75pANVccjinjJ4ODRgAUA4FMBw2gUELjnrQAMZoAGcmkAm72oBwKGOW4GBUbT&#10;YmWNAWJOKAJlcjpxQ67hyOasXlg1jEjvwW7VCoMi0AXdP1CKwiIMQZj3xUU0qysZOhPaqu0mgAgc&#10;nigCTdmjcc8mkV9/FDNwPWmUV5YhLdpzk+ldt4TE11q9vE0OFXHJFcbpoVtaj3dM1614PtftmtRq&#10;ihQO+K7qMHId7Fy2drT4hW2G7jivqWGUvp8Lf7Ir5muNMc/ECDAxgjmvpS1Urp0C5zhRXlZhG1Sx&#10;+g8OS/dyRLaxFpC5PApZ5PMfI4Apsd0qxMi8tUMZLZB615h9jfU4b41WMmoeE5EiXe1eL+ELKztY&#10;4Y7rCzBuBXs/xW19dJ0VkY9a8Ls0jv8AUbe5D4+bOBXfRvyWPNm4xxHNa7PWprmGwt0aRwEI4qqL&#10;tJzuT7p6VEdI/tloPOkKQoAcetT6nFDAUWDhU4rZI+g52iKQkZ5qq8+0nNRS3bHIFVZZSeDWiRyV&#10;J3ReW9CLgUiXG5sms4SVLFKN1XY5eY2raTc4x0qp42lb+yMJ2p1pNucAVh+O76RbIIh+tKPxIyxc&#10;+XDTfkcRa3Ucl7GI3KuDyBXuPhd2bTo8nnFeHaNNbrqUIEe6Qnmvd9DIS1Q7dvHSvpsOtD8Yqu8m&#10;zcg+UcmrkMnpWWs/zdauQyqBya62Yl4yfLjrXkPxdQYVicHNeqLJlsjpXl/xlwLNXC5YHiuWtrFj&#10;RW8PwufDybR1717n8Ng8eiLubdxXg3gu9m/4R0mQfKPWvY/hdriX1qYlP3e1fGZjfSxzV4JrU6e2&#10;0qdtVa5eU+X2Wtxm7dhVbe0j7B8tQz6lDbyCN2w9ePNs86EFcs3FxtUgHaPWvEfjUILVFlbbISa9&#10;R8VXb22jyyx8HGQa+YvGXiCfUbkxzyl9rcA08HTbxCmenRjqdD4Ptkn8qQP5ZJ4Fe1aePLsI9xzx&#10;1rxrwRZy3qRMBtVa9YkvUsNL3ythEXkmvu4zUFdnbytuyKvibXU02xkbOGxxXnPgvwxf+PfEnmyx&#10;s0Abgke9Mu59Q+IviFLLTEZ7dWwzL0r6j+G3gOHwtpcIKAT4G7jvXyuYY11Hyp6HvYaj7KN3udD4&#10;J8KReHtLSEKAcV0yERLtFQq20DmlLY5Jr51u56K0J/Mo3hePWoBL2HNNLc5zSGWd+B1pVfI61V35&#10;704S8UAWmbjrURkIFRNJhck03zM96QiXeWpPM2nB61BvwetKCrHcWAPvTsS2SnJPIqjqOo2ulJ5t&#10;3IscY9TiqHiHxfZeG483Eq5I4Ga8U8banqfj268uOVrey/vA44pXUdzjxOIhRjeT1NXxB4l0i51m&#10;6ljdWRmyCPpRXJweErO3iWNpy7KMFvWin9ZSPnvr8uxBN4pfw4kaEl0fj6Vv2d5Hf2omQ9ea808W&#10;asZNcnsZYDHErEK5HFSeFPGAs79dPkOY+gY19vgq6S5X1Perxvqj1KBwhDVZubxZ9qgVQR96qV5V&#10;hxipAgQgmvXbOIo+KmKacccV1vws2P4bm3njHNczrWnPqNoVVsV0/gKzGm6DPAzZLDFfP5prFHXh&#10;2W/B89mmszLbkbt3NemiUhQc9a8e8HeH5LHXpp/NyrNnFetodyAGvlqiSeh3t3LSSHGTR52ag3ED&#10;BIpPMx6ViSTyOT0NQBsPk0pc461Skv4I5djSAPnpSAk1nc2nSgdSK8Wm06aOe6kmBZecA17Vevvs&#10;nK8/KcV5Ki3M2qXP2jiEE1tT3LT0PLvH0Mk2l4ij289cVL8OYZILQK7ZzWv8Tr1INKcQIOO4rjvh&#10;7rLujB2wc9K+ty13SOGseqSbYgD0qu16MGs9rx3XJNRrLmvpbHEXDOT3qKWUBSWNRh/So5WBHPNX&#10;YBrNvwwNSCTZjPP1qqPvcHAoklwcZpMC1cXjTYVug6V578RlnCKYItzD+ICu231nazLH9mfeA2B3&#10;rGrBTi0y03F3RifC341SeHrqPTL9yM8Dca+k9O8RWuoWIuRMnllc53V+cvxJ1xNN8QGWF8OpyMUW&#10;Xxz8SSW6WMFy6Rn5evavkMRl3PK8TqjjIx0Z9r+NP2i9B8I+dCsyy3Cg4Uc814L4g+NHjb4lXTxa&#10;RDNBb5wHAIo8D/DHTPFtrBqOpXHn3TkMwJr3rw14e0zw3apFbW8agDGcVyKFLD6JXZ7VLB1sVFSk&#10;7RPk/wAU2PxBsLbfdyzyxdTyaTwnqeoMFla6ktpYznkkV9jahb2ep2xiuIEZD7Vw+qfCbR7590EQ&#10;iB64rZYhNWcbETymrF80Xc47wT8ddR0e+jhvpjcW4IBYmvpPwr4t0zxnapLaTIWxyM18z6t8F3sL&#10;iSeJt8GPuiuc0+fXvBs0n2KSS2QngE1zVaEKutPRkKnXpL30faVxZgfLwfpVWTTtq5FfNsP7Qmp+&#10;DLeF9SRrndjJr2LwN8aNI8Z2CzPKsDEchjiuGeHqU1dopVNbHSzWhhOTUaMC+MVqQahp+q/Lb3CS&#10;H2IqQ6asZzxXPbuXzkVrCsqlWUEHg5rL1XwHZtG91bxhbgcjFb8MQj5FWo3PXINFjJyuzzbQPHtx&#10;o+pGw1NCqE7VLd639e+HOjeLYGukiQTuMhwKd4s8HW+vAy7Qsy8giuHj+JVx4Ivk0+7RjEDjea6I&#10;d47k7mFd2uo/DvU8TSlrTPAz2r0Hw9r9pr1qJI3GcdKNe0iz+JWmxyxTpgjJ5rhvEegXPw/slmsm&#10;LInXFe7hcYl7sznnDsd3qkYVGIrkLsszHNQ+EfiPZ+I4fJncJOOMNXQXdgjIWGCDyCK+ko1zz6uG&#10;U9YnHXkvkyBV5zSIdnzHirGo2+2Ukdqz5pCy7c17EJqS0PHnScHZllJ0kJwaRpAAeaoKojGAab52&#10;/jNaowJZD5h4qFjjgnk0pmWKmFhIS2aoQ3m1UtnINV5rnzF5NRzSs0hUngU0AZpiEUk9TxT5SVgL&#10;r96mnhaW8/0fTmkNUIr2+m28ymWZQ7ms298M28jNJGoVj3rQ0VysLPIchulW3cAE1DSYHnl/4Anu&#10;nLo+Oa5nV9Gu7a6jthAWj/iOOtewGUqpNVZIkuDuZVJ+lYypphdo8K1K2XSrpgINoxzxXLalqYml&#10;YZ2+1fQep+H7S/ciSMZPfFeJePPDsVnrgggGFY151ak46lx1OSkia4zg5+lTabpheT5x+dbNzop0&#10;lIyDuLU+HCr0wa82UrGgR2qQDKjms++Lq3PQ1euLjyhmsmW5M7/NWDd9wCNsZppBJoV1BweKR5Ah&#10;xmoGPROc1G5zJ1xTy+1ODyaiAPU0ASbfekc46U2MBiSTRjnigQ4E56Up5pvOOacOKBidKXPHXFAO&#10;aaT1AoEByVwO9aWjCKOTEibn9TWfHx9amWVkHHX1oAuayTJKNzbl7CqYYKPao2dnOWbJpB+dIZIr&#10;UsEQknCMcA96jzgYpc45pgSzRiGYohyPWozk5qbyJtm8odnqailGELZ6UDJPDFst1r6rKcLXrHgu&#10;Up4oEMB3KOpFeR+HmD3pcttx3r174OlZtdlON3+0a9TDJtib0Lmu6q9v8QbeNTtJYZP419Laa5Ok&#10;wMeSVHNfOviK3tm8cRl1/eBuDXvGk3jvpsKbSFCgA15WZL95c+64elaLReRfKkY9zQJMNmm84zmm&#10;7uRmvHPtzjviT4VbxZYmJDhhzXik+mroOpQWZPzq3NeufFDxHP4fsjJbvsc8V4tcXEuqX1veyPl2&#10;bJr0KS908yo0qtz1OK4/0WNc4+WqU9xyR1FZmqXrw2kBjODgUi3JkhQk81ukexKpoSyv83ymoHc5&#10;60KwwcnmonbBJrVHHOY8nAJzS282CTVVpC54NOjbYCBzVWOds2bGUB91ZHi/EkJOasWcxWQBfmJ7&#10;Cuc8fXE8UQCnax7UQXvo48dUaws7kHhGGxOpKWYGXPSvZbV9sKgcccV4J4O0yVtWhl5ySDXvNspW&#10;NAeCBX0tDY/J5u7uXYG6etWoiXYelUlYLirUUu1etdDMy6rbTgGuN+IunfadNkkI3BRmurR81n+J&#10;kFxo9wp5+U1z1FeLGjynwlPNe6bcoj7Vjz8tdx8HPEBtLu6Qryma8t8H6jJb6ve2i9CTXX/C7T7m&#10;TxdOGkCRFuR618hjtYvyKnFSTTPY/Detanq/iWUMjLbA8Gu0fSYWu/Ol+Yio7JILFAkKqGxyQKkM&#10;jEnvmvlpVLnOqaWxj+MoTqGmSRxHaAvAr5e8T2YtNVKTJzu619ReIN39ny7PvYr5l8T2N5qHiE+Y&#10;f3atXo5fK1S7Omkuh3vw4inuJo40GIsVueK4rzV5TpMCMFbgsK5PwkupT6tBbWLbUGAxFe8+HfDJ&#10;s5ElucPL1JNdWLxkvgT0PoMLh18TWpa+Dvw7tfBOmCQorXLjJYjmvULdt7FjXP20qqAAeK1La4yc&#10;A14LfM7s9PlsawkHrSF8nrVcOSOtIG5pBcsb8d6N49agDZ70u6kBLu96A/vURfpyKR5AgyTQIlmm&#10;2r1qAT88VUuL1BGWZgAPWvP/ABn8TodAtZPIxLKOgFNRuRKSiryZ6TqOpw6Xbme5cKg55rzLX/iK&#10;+q3Rg0x/lB5YVzcXxEPjLRvKuyYmJxg0sPhRntMWDeW79XNYVKihoeDisxUVy0Xr3LQtV8QXKreX&#10;HnsvVc5rdutDR7ZIIMRoPSsfwx4Rm0CZpbiYyyNXThsNknivMqTcpbnz9ScqkuaTuzOj8OWyIAwy&#10;w6k0VoF/eisryM7nD+P/AAfDqttJNHGFk67gK8bjt7a3naEnNxGfvV9M7EvLaSJhwwxXh/xD8AS6&#10;FcSX9vkq3Jr7fCz5XZs/Qayurm54K14XsIhkbLrxXVXRRMEnk9q8H8P+JP7HuWlJOR1FdXoXxKS+&#10;1DdcA+Wpr6COIsrSPLlC7ujudbvZ4bT92CK6nwGJp9DmkmJ3Ad64nVfGum6jHGkZVSa9F8JyRy+G&#10;ZxEQSU4xXkZhWU7cp0UYOKdyn4LuXudZmUyZCt0zXo08sgKqrYrxD4bC9t/Ft35mfLL969rdPMdW&#10;zwK8GpudbLi7oowWbcaej7uc1VkuFIAXmljc4rFgi2JMHNc5eeHprvVxdCXEYOcVtebjNIJcZycC&#10;pHuSXTFdOdFPzBcA15HZ2eqS63c+e3+jknFeqXM6vbOEOSAeleY6fqtzJr09vL/qySBWidho434o&#10;RxJpc8cTAuAeK8Y+G2ozvqs0T9AxFez/ABI0mK0W5lWcOzKfkzXgXgXUXtvFU0bDaC5r6vLH7qZx&#10;1N2e8o/yAE08/d4qrGdwVvUVOX29q+sOJskL7F60m/cMioGkAPNBkwOOlFxEhG4EjioGOQSDTXkY&#10;GmM3YUwHpIecmsrWbSS5hfYe3NaKqTUhAVOaW4z5w+IXwrm1CeS9UkY5Oa8tj0yezumWNCSh7V9c&#10;+J41urSaJBgla8u8JeFYG1G6FxHvYk44rzq0VDUzVF1J2icB4a+J+qeFbtNzusan7tfUvw2+JVr4&#10;m0xJ57lVfH3Sa8X1L4SnxHdTpBDsIzjiuS/4Vx4r8J3W63eRIVbj0rx6tKnV9T28LWxWDdmm4n23&#10;HcCeIOrAp7Gpbe6JJU9K+XvDvxT13w5NBDfbpYuhxXunhj4gabrlshEypMR90nmvOnh5Uz6zD4yl&#10;iPJnYXDIqZ3A+xrH1HQrLVADPGPwFTsDKd4OQelIWIIzWPLY9Cye+pyPij4YWviG3ESqu1ema80+&#10;IngfUfBOgg6N5hnP9yvelnYNwcUlykdyv76MSD/aFaRm4nHWwlKqnpZs+b/AXinxdpWml5ZpEnHP&#10;zE17R8M/2hLq9Js9TjZnj4LmtK58M2FyTmJUB7AVgaj8P47eKQ6cio7jlqc1Tq7o8p5bKC0dz27R&#10;PiJpWuv5cU6Bx1Ga6OC7iuR+5kV8dcGvkjwv4N1jw5qV1dSTuQ2SBmoLfx/4v0jVJLeASGNm4Y+l&#10;c7wd/gZ5s6FWmrtH2GwbHUGuY8WeC9P16ylM0QM2ODjmvC/+F+av4XEf9oRtIG6kDpXqHh/406Xr&#10;OmRTyEKXHOaxdCdPWxz3s7Pc4PQH1jwr4ha1zILLdxnpivQde1W01KxFvM4Icc5rXmn0jX7IyxyR&#10;byOCDzXHz+GGvjKgJyPukVPW7NU7nDeJvhnNBCb/AEZirr83y03wX8ULi3k/szV1Kup272rSutb1&#10;rwz5tm8TPAeAxHFc5r+lW/iPSJPs21dR6hl616GHxUqTs9UZyj1iem3CQ38PmwMHVucg1gXNmYmb&#10;NeS+H/GGt+CpxDqDNJChxg16r4d8daX4tjCAiOQjoa+no4hNXTOWcYVdHuU2zuIWl8sIM55rXvNJ&#10;NsxKjKnoaybiKTfzXsU6qkjxa2HlTdyGUqwx1qu8nlHg4pJ38t6qTfvHz2rpOEWSXfJnrSs/y+9R&#10;ltopobOc1RJPHIGTGeaXVGL6bsBquvHSkuXZ4tlFwsP01QLVATzU9x8o4OaqxRG3jBJpTLuNAAZN&#10;xxQHXOF4NQyNh89Kr3FyIDuIxQBFeSfv+teYfFTTxE0d5HwQeTXpLhbhvMBrivihZtcaIxXkgVy1&#10;leDHHRnD3863emwODucDk1lgErk9qXQLnzbCSNhkrUEk2zcB0r52ppI1IbuQFSO9Zw5NTzSbmque&#10;DxWDHYdGivIGc8Cpo1je4DuPkHaqw5qWIcc0DJbuSORhsGBUHJqQoBk1DnJoEOI96VcmmbsnjpTu&#10;gNACknp6UKSTVzTrEXiM5OAvWq87IshVegoEIcCmnpSMxYYFMBOPagLkinDe1StICoUdarg5NSqu&#10;eaBhjbilTGSTQCOe9AOfagB3XmgLkihPenjHpigC39tkeERHGwcVWuRtiPvUiDgVI0KyjaapAP8A&#10;DWmxysS5+U17X8MNNisZS8WMEda8n0ixKxFU6mvZPAmmy2GlmbO5sV6+E2uTJmR4mkMfjSGQruUt&#10;/WvoPSnEmj25AC/KK+atdu7t/ECSeWRtfv8AWvobwVff2nosI43KuCK8fMU5T5lsfZ5DVhBOLepr&#10;E4FNUbnAp0qNGelMiUtIOwrxmj7qMlY8Z+PF4yrHCqFsntXBQoYrSzJT0zXa/HbUza3CLHHvOa4W&#10;PVW8uzDqAGIyK9GkvdR5rklWk2dl8tzbxgjgCo3TYMDpWiDAbKMxj5iKrNHuHNbpnqNXRSLkGmSZ&#10;65qeSMKSB1qD7NJI3P3a0TRyyixq+g61OsZAwBkmkjtTvAFaUVoFAz196TkkONNyH6RbiF95GWrk&#10;fiVIC6tkbx2r0Oxt1GDwa8r+J2oR2up5foO1Ok7zR52cR9lg5eZc8A6vHJewo6YcY6ivZNwYqeMV&#10;4b8OriHU70SKMbTxivZYLjgD2r6Wh8J+USLzSBDipYpge9UWkA680okHaukRqpMqjrUGpL5tjMM8&#10;FTVWKTPOeamLl4XU85FZTA+eYLqSw8eSRLwHJFdv4eutQ0jxhG6hjFIRnFcv4l037D44juMYG6vT&#10;/Detaet5E06Atxgmvj8cmk2kbHu1g4msopSMErk1KxbacGqOm3yXlmjRcLjire7A5r5AgzdclMOm&#10;TP1IBr5o1bVrvVNdmgt4yr7iM19L+I1L6ZLtGTivnWz0a/Hi55cqse7pXdhZctzpoK7PRPhBp02l&#10;XQN2w8xvWvczJwDngivI9FRUvYSW+fjgV6nA/wDoyZ9Kwrau7Pq6Pw2NC1lIOSa27CXLda5lJsVs&#10;6ZPyK57GstjohINtKr8HpmqqyZFL5u3imc5MG2kkmnI+eQar5DjmknnS2hZ2YBVGaYXLgAIzms3U&#10;NYtLSJzJOqlRnaTXmfiP496dpd5LYRsDKuRkGvG9V8ReIfGWvSCyaQQPxkdKpR0vLQ46+Lp0Vqem&#10;eJPir595JaWYLgcfLXNQ+Gr7WpmuZMlW5w1O8C/Dy+0i8a41EiXcc816fGI48LGgUCuKriLPlgfL&#10;4jG1K7t0OW0DwMkJD3GBg8AV2kAW1jCJwo6VX3kd+KduBxXnybm7s4HqWC5fq2frTGYCmbsU15gg&#10;55rOwibdmiqnmE84op2GaSEIuAK5j4h3NvDoU3nkHKnGa34ZzJnjivO/iismookKkhe9fWw0kj9D&#10;lseCzbftMrEYRm4r1P4eeAra+sDNMB8/SvO9YtPM1WDTYBliRkivffBOkzafpcETdQBXdWq+6rHP&#10;Thrqcj4s+HcNikbW5YNnoK9J8AaZdab4fbcSSV6Gs3xbeC1EQbGT0zXY+Epml0bcwBG3NeZWlJxS&#10;Zu0lsYHhKJhrUzSJsy1ejmRQMVxFhcRzauyxkAg84rrx82AOo71yyIbJlZAalSQVUcEDFPjDMnFZ&#10;7hcseYBmqupO/k/u8805W4PrQXyORxUsYtnF5do27kkc1x09tZpqjMrASk11sk7LE+OMjivOp9Ku&#10;P7Ulu3kIUHIGaaBGZ468JRvHJdmRmJGcdq+avJWy8bfLgDdX1D4115bPw5JLPwNvWvkm41q3ufFb&#10;So+fnr6jLJpU7PuctVe8e+2c6tApHJxUvmE8msTRLoXFrGVOeBWsz4OK+xUro4R5cE8mnmQYqAIX&#10;ORUp+VcYpgRTMSetCHdSAZJzRu25pDJWkCEVFLIxOB0pM85PNKc9QKCShfQxiNmx8xFcFpDvZeJD&#10;hcox5Br0pohOjA9a83vr+3tPEqwE4kY4rjxS/ds6KDtViepaBd2cl4VjC+bjkCtrWdNg1KyeJo1D&#10;HviuY8L+GTZXf28ybt4zjNdYQ0k24nA9K+fPtoK61PPpvh7awJI80YkJ6cdK426+HdzpmsxXtpcN&#10;DHuzszXu7xKeWG4elYPiDQG1Yq8TeWU5AHerUjGeHi9Ujnk8fz6LJFFcRs8ajBbFdPp3jnTNXjDe&#10;YsPruOK53UrZbK3xeW4faOuK5PV/D0XimyaPT5TaS/XFZOEZeRpGrVo7anscF3bXf/HtOsv+6c0t&#10;1LKi7QuK8IsdG8TeA41a1me7I685rsvDPxdS6mFrqsflXA4OaxlQa1jqbUsdGWlRWZ6JA5xlxUzT&#10;YQ7TWfZa3Y6ocW86E+gNXTC4HAz71g01uegpKWzI1If7/NNe1tXBzAu71xTliIbJFKEJPtSG7GHr&#10;vhWx1SxkieFWZhwSOleQ674F8QaaDHpxYQA54r3ry9564pSFC4IB+orSM3E462EpV9WrM+Z7DWvG&#10;eiXnlAzNGPrXdeE/j/qGg3nl67EyxDoSK9WNlZltzW6MfpXM+KPhrpXiZSZIljJ9BVOUJ6SieTPK&#10;5RV6ctTftPjn4U8X2z2rLGGcY3ntXJa+NP0G1mvNMvUmc87Q2a5k/Am304SG0lK7+4PSuB134S+K&#10;NGnkktbuSaDk7STUKhTb92Rx1MPiKUbyjf0J18Z/2xrf/ExT9yrYJNdvPotpfQxXfh2fZOuCUB61&#10;89a1catppljuIiCOrCmeE/iRquialF9nkZvmHyZ612xoyirwZ4dSrFytJWZ9l+EvEd7JaLbanbv5&#10;qjG4ite9thc/NEK8etvjfex2cLX1iIhjl8YrqNL+JcF/YG4t5FZh1XNa08a4/EjsUeaPLI2NS02T&#10;d905rPNs8PDA1G3xFACtPbsQ3cCrVx4y0poVaUeWzetelTzWD91nn1sBvKJRlOM8VEGwc1dMtreJ&#10;vilUqegzUT2Z6ryK9eGKhNXTPHlSlF2aGFwBxUXmeY44p4hbdgiiSLy+RXUpp7GTTFL54JzVWaXy&#10;zxTyxySKruCWq7khvaRwx6Cq10TcttbgCrEjeWuBVd0JgZ+9JgJEgjQqOlYniq0+1aVMi8kqetX7&#10;S7Z2ZWpZ4TdJIntUS1VgPBNNVtPurmBx94nFV70+S5Hc10fiPSzZarJgZYnjFcvqkLwyZk4z2r52&#10;vFxZstSrv3GkJFIDmlFchQ1eKmVh0FRZzShsEUASSHAqI4p7NvXimGkIRcU7t1pB9KeF7nrQBLBO&#10;8MbKpwDUBXDE+tSY44oKDv1oE0R5ye4o6VKYu1N8vFMLEfepFYmmlCTTwMUrghVPyk03JJ60pyOB&#10;QqZ+tBQ5SAalQ59qjZcc09etMROhyRVgFUAJqsrdKmKbwBmmgOv8Los7qpUkHvXuvhSyWK1jGMr6&#10;V4d4OlaGVMrnmvfPCzGW3Q9OK9jDaQuZvck1rwRHqa+bBGA/tU3hi6bwlII7lSFNddpz+RjdjFQ6&#10;/pcWrwEKoDdjWFanzXO2hVdNqUdzWhu7fVIRJEQc1WmjaJsAVwNtf3vha8ETZaMnAru9O1aHUYl3&#10;EbyK8KrQcXdH3WCzONRKMnqeGfGCZV1FI2TeSetef6o0UL2gJ2tkYFdx8ddQFjrcSqoJJrz7V7Z7&#10;+WymwRjB4ropxtFHROtGUpcurPQdPlC2kZP92rKhpFLAce1Y8MpFtGo7CtKLU1gsigHzVbR7Uay5&#10;dR+wOcmpRsUAE8VkPrUUUTM7AGueuvG8COwLYA96ai2YzxlKnuzu5ry1gi+XlqzbvWoooDI0qqB2&#10;zXmOpfEmGORkRt1ctLqWs+JZmS3EgjJ4rRUmzx8RnlOmvc1Z7paePrG0gLSSjA968g+J3iiLXb0t&#10;b8rnqKZpvgDWrwrHKX2muosPhDMz+XMMqR1NdNPDNO6R85js6qY2l7JqyJPgtaMsZfINezxOFI61&#10;w3gXwPP4Xnk3kmIniu4VCze1e1Ri4xsz5iT1LHmA0ofmqktzHb/fYAD1rB1LxzZWDFS4NaTqRh8T&#10;CMZS2R1ySADNH9qW8ZIeRRj1Neaz/E6Ntyw8k8DFYMlp4j8TXPmWaSbGPYV5lbHU4K9zqhhZyepo&#10;/Ey7ge9SWCRSQexrZ8Iz2V2tp5sg3kjvXNa78F/E0Glm+ut4UDPNSfD7w3LcToWlO6I9M189iK8a&#10;sW0zaVDl0Z9U6LHFBp0Qh5XbV4PXEeFtblV1s2I2qMc12DfKQc18s1ZnC9BmrOfsMm3nivBIo73/&#10;AITTMhIgL173d82j59K+ffEPiGS38WrBGv8AHXVh9bo3pOzPSI1Mfie1SLJQ4zXrJOyJB04rybwv&#10;cySa3ayyplcDmvWbpgwV16YqKurPqqFuW6ERxuzWrp84DAVioc81oWLnd6VznRI6aKTgGnmQdapR&#10;SEKO9WB8yig5WThxXI/FbXf7C8I3M6ZLbSBiumdm27RXK/E3T/tvheRCN+exprdGNS/K7Hxx4U8J&#10;a74y8WPqUxIsmkJO70zX1DoWm6dodnFFEqK4Ayx9awvBmlRWml7FAQ56Cte/0sXkQEblXX0rmxVV&#10;1ZW2SPhqk3KTudH5hdRg7h2pA4BrnFk1G2tgoG7b0NWG1/7DbqbhT5h9K4HHsZm3vz6mnKwx3zWb&#10;BrEDQCV2EYPTdxVuG4E4BX5lPQioaYycvikO0jnmmuSlNLfhUoB/mfWimdO9FAixECsRfoAK8s8Y&#10;+Kbe8u5rVGCyR5ya9Q1510zw9Pc7gNimvl291X+3tVuZocqwY7iK+tprm1P0WWhP4PmXVvHATG51&#10;bqa+mrG3aCNARzivJPhD4PtLq4OoLjzlPOa9nClzjHSprSTlZBFNI85+JtuZZ7c+Zs5HevS/AkLL&#10;4aC/e+Tr+FcH430n+0Ly3G7GGFeqeD7IW+ixx+i81y1X7qFLY890UNH4qkX5sFq9RZNoXA5xXHXW&#10;oWdp4mSBYgJGP3q7ZogACe4zXM3ckhCFm5FDAj5RxToyGcgUrgAmpCxFsI4p+0BMGiPDZzVTVLoW&#10;MBkJwvcmk2OwTHz1ZRwa5i4hMdwyM2c9q6XQ9Rs9VgdoZkZlHPNc7c3EZ1gp3BpoR5f8fo7uPws0&#10;dsp245r5B0uV/wC1eh8wNzX6DfEXw3Hrvh+SI4Ula+IfFfg+Xwr4lZgMxl/617uAmnGxz1E7nonh&#10;zxlb2VqkcgIcCtu2+INhLciJmCsfWs7w14cs9U02OVo/mI61W1z4eW4DSQsUcdCK+w5pxirHFo2e&#10;gWmowXChkkU596t8OvHPvXhdhBqllfmIXLeWp7mteb4lXmm3S2oQuBwWpxxS2kg5Ox6uRjtUTfNx&#10;3rkNM+IEVywWU7fXNdPpus2movmJwa6IVYT2ZLi0Xlh2qM80rZIwBVhowcHcMfWmyR7ckVqTuQRE&#10;Qli3Oa8g8T2bt47t2UfKW617CYv4mrxzxtqcln4xtlCHZkfMBXNWXuMum7Ti/M9IS51S0vLaOIM0&#10;JAzXoNvExijc8EjmvI4/HGoRX9pbxWpkibAL4r2CAl7KGQjBZQSK+deh9vQaa0FYDBpiIc8VOkO5&#10;c1IUAXioOoo3FlFcDEyCQVzmueEhNiSx/cOOy115XIprAIm40XsS4qW5x1vFNodkz3g87A7jNc7L&#10;4X0vxPJLcxKIZz3HFekS28V+Csg3r6VQbwvDEzG3/d59KpMxnSTVjzLSvhzqug6m11Fds8I525q+&#10;vxR1K31A2ptmMaHBbFdQmn6tZaltyZLY9alv5tCs7kW80KrcS8dOppSSk/eMownBe47FzRfGVjqU&#10;KiV1ikPUMcV0EaQSJuSZCD05rgdU+Fq6k3n21ybfPIAOKwNT8J+JNEhMttdPME6DJrF0U9mbrEVY&#10;r3o3PXFsmBLDke1V5ImL4Cn614hpfxe8Q6PcNFfWrmJOCxBrWs/2j9PfUUtZoyu44yRWfsai6FrH&#10;0dm7HqxQr1HNRsSTVW08VabqMKOkyBnGQCauyy20EJmaVAoGfvVid6nFq6YwxsU5OF9TXLeP/Flp&#10;4a0eRpJVdmGOOa4Txf8AGGWfVpNLsgQinBkFcXDbXni7WksXke5gY8k9BW8aXWWx5tbGJ3p0tWcR&#10;4l1q616eVY7ctFKThgKd4D+Hrw69bT3Y+TeDg19P6P8ACjSdJ01Q8Ku+3qR0rzfU7SLTPGMMETqy&#10;F8bB2rpVdOLjFHgVsvlCaq1ndnrl/wDCzSvF3h6GONFjbZjIHtXI23wJbwpG7QXBfJzsJr2bQrZr&#10;XTbd14UqDioNc02bVV3QyFCO1fP+1adrnVOEXLY8nu7DUIYI41sVkC98VyfiR7d5Fju08lvRa9xs&#10;dAvBDIkjbj24rn9R+GUd4stxdJuccgVcakb6mTjpoeX6LBbW5XZdsc9FJroJJtTs4TMqh4RzWNqH&#10;gfVDfl7W3dYkPBApNTuNV0pYo5g5i7riuuFeUHeLOadGM/iRvaNrv9ph96bCvXNSz6vbSMYwwyOM&#10;1zz6vFbwlkjMZYc8Vj2Nvc6rqHlplQ5617NLMpxXvHmVMDFv3Wd3HGki5DjH1pphxnHIrG1TQ7jw&#10;9Gha53Fu2ay7rWr3TFV1Uupr1aea05WucE8DNbHTPGSMEVHMhWEp2NY8Pi2NkUzjaTWimpwXqgKw&#10;5r1Y4inNXizhlSnHdFSMIJCi9fWpZ1eOPCjr3qwlrGr8EZ6068T92Ata30MTzrxhbpbXSTsAxrzP&#10;xDcm6u92ML6V6n8Q42e3VFHzeteWanaSrEoZT9a8fFq70NYmZSgZpXG0AUqKO9eUVewg9qaATTzg&#10;Ngc0qgE+5oARcqMU1gAasSx7FFV2AzxQMUFQeaQ89DTCpJq3Haxrbly3zelMCJWAApxIAzUanFOI&#10;yKQDjJ60GQDmozwOOtN2kigROjb+nWgrt61CnyHIOKcH3ZpgPxnmkEgU4xSYJ6U9EHfrSAd15AoA&#10;PrU0YRVyaAgbJoAI03VZRSjL6VXTgirsKgumfWqTA7zwfaedPGSOK908NJ5SIoHavHPBluXkiIPS&#10;vXtKuDbsnrXvUI/ujJ7naCBnUHOKnCELjPNR2ZaaEPTySDn1qWi0zB1y0F3kFQWHQ1x95eXugzCR&#10;CSor0K9jBG4CuY8QacL60kxwQKylTUloaxqOLujyPx3Kviq8jmJ/eL2rndRvGs5LeEqMDgmtLVWa&#10;w1BhgjBrnvEyS3UPnJncBniuRwWx30cbOlJtmxfeKrTTokUsC2K52/8AiMgYpEM/SuasNC1PxDdb&#10;DG+3PU16F4d+CkcjrNctg9cGrhQcjtq5vVkrR0PNbvxZeapdGKFX3HjGK1tM8A61rJDSRsqNXt1h&#10;8MtJsJFkECl174rpo7eO1jCoqqB6V1wwyXxHkTxNSbu2eM6T8DUVlluDlupBr0XR/CNjpsAjSBQR&#10;3xW7JcpECWYD8axtS8VWlkjEuNw963ap0tzBc03oacGnxwkFVFPljWJw7SBQOxNea6n8U3SQx20b&#10;OfYVQXUdc8QMMbolbseK5Z46lBHRHCzkz0bVPFlrZAhpFOPSuWv/AIlqmRAhbHoKpR+FDDh9QnO0&#10;9cmo/wCxRNdC3061M+443AV5lXNG17uh2wwKW+pR1HxXeapEWGVB9Ki8P+F5/FWoJAVkJc9cV778&#10;Pf2eDqtilxfr5OedpFeyeGfhdo3h1AI7ZTKv8eK8StmDnpe52ww6hseGeEf2YwJEkuh8nB5r3Xwx&#10;8PdN8NWixLboxA6kV1yQ+WgQDgdhQUyDmvJnVnU3Z0KKRxnxH0pL7wtcRKoUbTjAr5O8OWV3oWvX&#10;CD7jMcZr7auLOO9ieKQbkI6V8m/He0HhfxDE9uxjDN2HvXRhpbwOWvC6ubmkWc9tfrdSPjceBXpt&#10;rCzwo7HqK8m8LG/1y3t3biJQDur13S/ms0RjnaOtYVdGeFUXKxJIzIrIBwRivn34m6V/ZXiJbqNe&#10;d2TX0TM4tYWkPavn74vahNPeLIsfybuTinhn79iYPU3/AAJ4vivr63hK/MMCvddm+3jI6Yr5d8D3&#10;SDVLZokAbIzX1LbLv0qBj94gVdePKz6fB1OaNiMRYHFT2xKuKFi2Lk00MQ4IrkPQ3OjsxmPJFXVT&#10;K1mWE25AK04Mg+1BzSVmIseTk9qyPFMX2vTJIR6VusmeAMVQ1W3WSzkGMHB5ouZyV0zybSIRbXEk&#10;IO4gnitMjy3zWfZwi31qYE5yTWnLH+99q8+fxH59V0qSXmPE7MOaje3hnI82MNT9ntT/AC+KyM7m&#10;R4i0Bdato4onMAQ54qSKafSrNIUG/YPvVpFCCKa8IY4PSjfQLmPZeJ5ZLhluEIRe9bVpq1tenEbD&#10;PuaqzadCVI2Dnqaw30CQXeYZDGvsaOVMq52QKY+8PzorGhtJo4lUuSQOtFTyC5jD+N2r6hbaKtnY&#10;xs3mjBxXJeD/AIcf2V4RuNSuE3XDqWKkc17re6Za36Dz4w+OmRTHsYTaNb7QIiMba+hVbljyo/Te&#10;S7ufPfwsvdTTxHNFFuSDeflr6GiJVBu+9jmua0bw7Z6VrDSwxhQTzxXV3B8xiyjgDtUVKqm7ocY8&#10;qscD4tlkl1W2SM4+YZr2Tw9H5WlW69SVGa8S1OQy+J4UY8bhxXvWjRCOxt/90VzVXojKZ594o0+3&#10;tvFts24CRiK71of3ceTnKivLviXefZPHenqc4JFeoPdQw2kUkjhV2Dk1DTsmSRMixVneIbwx6Y7W&#10;vzTDtWDrXjyGK4MFoPObvtrxj4kfHl/CN7HEqlWY8g1rClKbshqy3PdfDU9yLUy3h2k9mPSvKfjV&#10;8VYtJt5rGGUbipGVNcRrnx4v/EehxwaRlrpxjCU34f8AwR1nxjP/AGl4gZnV+drVuqah71QTdtjz&#10;Dwb8V/Eeh620qyytZu/PXGM19i+Cr+y8Q6Nb3+4NcOAT614j8SPC1h4NhNlDp+AR/rMVb+A2vyi/&#10;NpNIRFn5VJrSuo1Ic8DNdmfQXiCAT6U4Xg7a+UPitos3ntKylgG64r68uwk9ts7EV5N8VtCtn0Cd&#10;woDgZzissNLleg7XMD4WaPaX/hyIHHmADIrq5vBVtMrA8k15v8CL2RbqeCRyVB4Ga9wVQWzW88TW&#10;hJpSOiNODV7Hj+qfB2S61EywybEPYVzfiv4LXNjC09unmvjPAr6KVATUjRKYyHUEehqo46qt9SJY&#10;eL2Pjaw8J6tJLLFJaOhH8WK0NC0bUdLnZX3pzX1UdJtCSxgTJ9qqz+FtLnbc0Az9K7YZnZ35TF4V&#10;9GfMGseKtT0q9RELuv41taJ8R3mmEdzGU9zXuN/8NdFv+RCof1Iry74hfCaWAbtPjyx/uivRp5nC&#10;T3sc0qE49DRt9bs75B++UZ7ZrlvFkemG8id1WSUHjFYEnwx8SiyBhMiyDmqnkah4fMZ1aB5WU43E&#10;V6UcVCsrJnM4uMk2j0bTtS0yCK2WWMJIcbcivR7UCS0jI5UjIrh/Cdlo3imzhnYjzk52130MQiiW&#10;NfurwK8qVrn2uGfNG4gXC47UpQYqUqu3FNCDNZnaRbQOKHjDDBqUBSelJtBNILEKQLH0HWpNoAp+&#10;0elOAAGetMLEYY4xgYrE1DwrZ6heJcyJmRTkGugCgN0pkgwDQJpMwtYt7kWZNuxBQcAVyvh/xPrN&#10;xqD2t3asIAcFiO1eiQpluehpzwQru/dryOoFMzlC+xyl5baBfFoZokLt14rjNZ+GHhK7l8yPZFKv&#10;OeBXo7eF7S4keTaVdu9cf4i+F91qPmfZbgox9DTTs9zlq0VJaxueC/EvUm8PXiQaRflpFOAqtWG/&#10;i3xPc2kcbXchZv4QTXfeL/gNP4fsZtWnuDLMoJAJrnvg1Pb6tr7Q36ByjYANdHu8vNa585OnWVb2&#10;bdrnR/DzwbeeJYwt1aNFI33pmHWvbvDHgGw8LxAJGHnPV8V0tnawWlrGlvCsYx1Aqy0W1Mk815U5&#10;uTPssPhY0Yq+rM3UomexlVDhtp5/CvmjQNLv7v4qSfaCzxrJxmvqJmVYpMjPBrwu01IWvxFZI4t2&#10;6Tr6U4Oykkc2Phdwb7n0xpttt06BD02gVZltobB1LHg1Lo0W/TIXPUqDUtxbpMMuN1eE3qzzZ7nI&#10;eOfElz4dt1l062Nyx7KM1J4V1e41/TPtF9bmCTGdhFdILGJuDEHH+0KU2SqSAgRfQCi5J5nqnja4&#10;sNeGnxWG+BjguFo1nUNMmlSO4tAzt7V6KdEsmfzGhUv6kVXl8L6dPJ5kkQLDpxVKSFY8p1LT9In2&#10;xG32Z6HFQWHhbTrG8V1nAzyBjpXrMnhPTpnBeMcdKYfBmltJuMZyK3VRozaR4d47toVbzFnMm3+G&#10;sC1vLe+tPLnwm31r6C1L4e6TeKR5WWPrXG+IfgvFewhbU+W3fFdEa0bWMnDW55qvhey1Cy8xXBOe&#10;KfD4QkiaIxycH3r0I/CG5s9G8mCQ+djrXHaz4H8T6TATEXcjkYrppVn0lYwqU12HS+CNQZfNickA&#10;dAaoJaalHIYnhYqON2KNF8Y6/oOUv7Z2UcEkGvRvCfiW01mPfNAB65Fd9PF1oPe559XD0mtrHmGt&#10;+HTcWjPIp3D1ri5vDgvonTy+R7V9I+LdP0+fSpJYNoIGcCvHfD7C+1Ke3245IBr0I4j20byPKq0f&#10;Z7HiPiLQm012JXjNYI5Few/EzQPsKvnBzXkO3axHvWL30OYjU7DnrTmwWz0pCO9OUjFSNDtxYc1G&#10;wBb0qTFNIBNACCPB68U4Rlj1OKcgGalJHGKYMrNCwzimrG+Kt7sGlAyc0rgV0jOeaaw5IFTucHAp&#10;hTJ5oAiKmlRcnrTj8vWnIVC+9NiEwF704YFJ3qSJBIevSiwxrcir9qF+zNlTn1xVF02yp6A8109x&#10;rmnDSBbxQ4nx96kBgRDLH61fs1V7mNSeprPt2w3NXbNwb+MjoD1q472A9b8O6bLBLAyfdIFehxfu&#10;2XJrlPCd3FLbRDeCQBXTXF7bwAF5FH419HRcVCxm4s7XQ9RGwKTW0UVxkHivLYvFlpasAJRx71u2&#10;fjWKZPkcGsKlWnHqaRpzfQ62SIMSCeKxtQSOFmyRg1jX/iKVxmMkVi6lc3t1AWUk1yfW4LobrDyZ&#10;meNNEs5omkjwJDXO6R4Zt5gPtDDb6GtGay1K5b5kYrmpH0S9lVFVCgPfNc0sVG97G6wsiSSHTNDG&#10;6JVGO9Zt18Qba2OFI4q8/hg3ZEEshzXBeMvDsemXHkxncT3pPHyStFGkcIurOgl+JqnjoKzrv4gb&#10;lJEhHtXG2XhjVL66SOGB5EJ64r1zw58GbT+x5bvUWCyKudhrjq5jNbs6oYGL1scIur6z4hYx2KPI&#10;DxkA1v6F8Nrxj9o1yQxRdfmNdBpPiOx0HSZ7XTrQPdqcBsVcuH1fVdF3XSM+7+Fa8utiaknqz0KW&#10;HhFbFd9G8MaJB50MaXTD2zWRqMN7qtv9o0i1KEfwgV2nw8+Hp1FwbqJljzyrV7ZpnhPTNJiVYYFB&#10;HXiuF12vM6VTR4b4F+GWpeKoVfVlaEDse9e5+D/hxo2gImIFeQfxEVqRxIgwihB7VatpPLYZPFc0&#10;6spbmnIkjobbaihEAVewFShQM4qlaSq/etGNRiskzGSI1QNnil8sY5qcR+2KNgPbii5FimyrGcnh&#10;a8e+Pvga01vQJr9E3zRDcDXs8kKy/Kax/GWiJe+E72JVyxQ/yq4S5ZpoiSumj5j+E+rjUdDnsfMA&#10;nh4x3r0Lwfqal5baV90gOMGvB/hvJP4T+J11bXKsIZZCMHpXuWoxwaNrUdwiFUl5yK7cRBKXqeBX&#10;hdXOouTEf3Uhxu6CvLvjP4dWDRvOiXkDNeiWCtrN6srKRGvQ1i/Fu0+0aLIkZyAprmpPlmmcS0Z8&#10;veFdcmi1mJVbYQ4H619r+FZTeeGbV2+Y7RzXwhc2EthqLtE2HD5yPrX158B/Ew1Xw6lvNJvkRQMZ&#10;ruxkXZNHq4WryTsegBN3XpTVALcjpVoxjeTjAphUNJgdK8o+jWxasGAYdq3oMFa52MBGFbli4KjJ&#10;pETRcZeeOabJbCWCQH0qZVB6VZgRSGB9KDCx8+6nbXMPiyQKdse71rqHQYXucVx3xX0vW4PF0M1i&#10;GFuX+bFdhaKXs7ct9/aN31rkraM+DxsOSvJIUJk09o8VKEH5U4x461zN3OErtH3pjLk4HWrDqNtM&#10;RPmzQmMjMdNMCls96tBR6Um0elFxXIAABRTzHzRTuBvsmahvJY7a3ZnOOKvmLByOawdTspNRu0hG&#10;dueRXpXP1hoi0qN7x2lC/ID1rdiOyJyRxir0VhFpWmLEg+YiqF4Gt7B3I4xVXuSebfYZJvGSS7S8&#10;e/t9a9+04D7PbgcYFeNeHbwT62dq5+avSNf8X23hDTUuJP3zY+4vWlO7aRzz1Z5x8Y5Fs/F9jcSj&#10;ESEc1uzzzeL7GOKyYrHtAyKzdYtH+LTRTrC0MI5ORTdW8Z2fwt09bOGMzzAY+Xk5qtdEQNSy0vwV&#10;FNJeyrJdYPDGvmj4leE9S+J3iGWbT7V2iUn5lHFez2PhrVPidqn9pzCSK2bnYa9p8D+C7Xw/aNCl&#10;urMw5JHNaxrexd1uJq58TfC2GP4deLYbXWIfvMAN4r7x8Oi3vNNt7i3VRCyg/LXyX+1XZWei67a3&#10;UaiORHydv1rofg98dtQ1BLPS7e2klhAClgK0rp1oKqiUuh3vxx8J3PiSdI7RQF715tpnhG78FarZ&#10;bY2dmYbiK948QXr+Zbnbh5ACc9q4TxNFqUGpQOm11Y1zQqyUeXoVynrFhbrc6VHKfvbORXm/iub+&#10;05Z9Okt2MZBG/Feo+F4z/YKGYfvCvSuV1exma9cLGNp74qISaYJHz/4A0VvC3jK4SSUGJ3O1a9/g&#10;tg6q/YivIPEWmjQvGMEjk/O3SvY4J1ks4SvTaK3qu7UjqhtYJQqL8vWot2Rz1qRk3U0KOmKwuaWI&#10;gMjpQQO1TBKaUz7UXCxD5fOaTygWyyhvrU4jNIY+aLjsMCpnPlrj6VyXjzwtZazpsu6JA2OuK7Aw&#10;nGc1jeLbV5NFmEZw5GM1rCbjJNMiUVJao+ctJurbwhrht0vBuZsbM17no0v2uwSUHduFePw/Ciyu&#10;NYW+vLrbOXyATXs+kWC6bYxwo25QMZr6VO8Uz0cImlrsSsuBSBcKTU7gUzHPSkekQRtubBXFSlea&#10;lGM9BSFeaAsRbcnHenbMU9FH407bnk80BYgI+b1+lMkBJAq0U2nNMEfJJoHYjSPpxQ8YByamCMwy&#10;OKaYtx5pE2EVRjpSbCG4zVlY/lGKZID260BY4T4q2c194enjiyx2ngV83fB1re08cSW0+Em8zofr&#10;X13q9gJdMujjJ2HrXxdpNnPB8aSykqom7fWt6esWjxcdHlrU6i7n2yI9kEYx24pjL6nrUsR32Vvn&#10;k7BzTWFeW9z6ZLREYRArBhkEV5BqfhyKz8X/AG1JVQFs4NevMu0HPevLfFXh2Y64sskhETN0FEX7&#10;1jkxC5ltse8eE7hbrR4yrb8DqK0mwe1YvgO0S10WNISWGOtbsqFT05rx6i5ZtHhz+Jj4doU561H5&#10;YcnNNwV4p6fL1rO5FiJ4d3TtURTHBq6QAMiq7jLGmhMgCY605Y/WpVTjJpxFaXIIGjA5pu0hsjrU&#10;zKTSrHzgVQrCxoc5p1xAjrhkU59RUqRYGaV4WYg5rRGb0MK88IafqSFZbdDn2rK/4Vjb28TC0TZn&#10;0rvbWAccZq+sYHaumEnHY552lozwnXvh5qv2eURO2zB4rwy7ju/DfiIxAnzC3Ir7oNssqOGUEEV8&#10;r/FzTbfR/Gcdxszl+lehharnNxZ5mJglFNHnXxLM8mkrNOpUkd68POGcn3r3343agL/QYfJTyxt6&#10;V8/xRsE5r0E7o8eS1F4B5NJnuKkRVAORmmjrTIWg5Dk89KjzmQ+lPxmmucEAdaAJRxSqu40saFVy&#10;wpQw6DpQAMuBjvUg+5gdaaTxTlyelAtRmNgOetNYgDnrUhUseRUUiZzzSGRbeMkUn0FSDpikA280&#10;xAV24NLD8pJoOSM0g4+tMZKTk0gQZ4HNGeKch2uGNIQ9BgjPFRmd4ZsRglj0AqQyCRs4xitP4e2a&#10;674pW3ZdwBpN8quaQjeSRv8AgnSvFN7lra3lZD0IFdwPh34v1IDfFKufY19P/BPw1DZWBWS2jYKO&#10;MivThZw78i2jAHtXlTx1TmaR7tOjFRPhaD4P+JfM+eKU/hXU+H/hprlm48yCQr7ivsYW8Ha3TP0p&#10;8drFz+4Tn2qPrk2X7OJ83W/hC7jjXzLdj+FaEfhO6ul2JbMo+lfQD6dAW5iXH0p/2eCGPIiXHsKP&#10;rEmVyo+cLnwBrLzBYk2r9KI/h/qltue7mWONR3r3HVPEVhYFlYpuHavG/iF4xk1qVrSzcqDwQtUp&#10;SkbHF6jc2dhdNGn7+QcZWs+08GW+v3oupiCAc7DXReGPBjeYTLGzyP3YV11t8PnsZBIsmHJzsqp1&#10;FFWTBQu7s5250eLT7ZI9NsgJAMbttT6f8P8AVtRt3kuJSquPu16vpeiCKzUzRLuA64qyV8sYXgDt&#10;XlzlY7o7HhmifDe303XDHIoLMe4r0mz8IxWrDcisnpitGbQhNqIugORWsFOADWUptlqNilb2ENqP&#10;3UYT6CrKxZNSmLoaVlxxWbdyiNo1U4zmkKjmpBEAc07YM0gJ9Ol2N83SuitpFZRXMoNpyK1bG4Aw&#10;Cam5Mo3NhvlFIoDd6iDecVA6Vb8tVAA600zlasyARgHpStCJY2Rx8jDBFWPLwvPWmtGWFO9yWfKP&#10;x28FNpOvRanYRbCH3FwK6vSNf0rWPClsbqVZLpABx1rvvjV4fk1bwtcCBMuFPOOa+a/g/JZRavda&#10;ZqUjLMGO1WNd8f3tPXoebXgrs+hoRGmiRNbrtBHWuW8XWD3GjTuxwAp61NpXixRqDaZIhWJOEJ71&#10;c8WW0l5otxHF3Q4xXMrxkrnhuPK7HyCxjk8RXMTcoCea9T+BurrpOsTJ5mUz93NeVatp0uja3ctN&#10;wSxrT8E60uk6/HKWO1m5Fe1Vh7SnZGqfK00fa9rfpqcYKDFTbNgx3rjvCvim0uIomRhkgcZrtFkF&#10;woZfrXgtNbn0+Gre0jruIBgir1rLtcAVVVeKkiO1xUXOzc6e1w8YNTEAA461QsJxgA1oqoIyKRzy&#10;Vjzv4gXz2pQLEHyeuKybAma2ViMEius8faXJcwK0K5I61zGnxtHBtf7w61x1tGfFZpHlqpvqSYwv&#10;vQ+dozT2TPNJ5ZcVzs8Yi60KuTUoQigDFADQmKbgbsHpUpGajmhL42nFMA2fSipFTAAPWigDxK6+&#10;NGs6WFDoZGHXFXfDf7REb3uy5gZZPUivMbm/1DSNSY3tt5kJPUivRfDVj4W1+w8xhFFcEevOa/RK&#10;2Eoyfw2PvaVafLuds/xzsnnVXPBran+LGkajo8kccimTHTNeYQ/D6wur5grZQ8A07XvhbDoWh3Fx&#10;YztLMwJ2g9K56mBpR6Fxryl1NTw14uWPWmETh2duMGvVltLXyEutVlDI3IRzxXzN4Gs5PDyy395I&#10;WnBJVCea9Y8AWms/E+9AuhJBZIeO3FeXiKMaautjojNy3O61O+v5I1h8PxBUbjK9K1fDnwvW/Aut&#10;bXzpzyQ1dzoHhW38OWyQpiQqOprSnu4bQFp3WNQOrHFeNKp/Ka6mfZaVaaPBshjWGJfwrxf41/tF&#10;6f8AD1Ht7GRZbwjACnvXOftE/tBv4dMmn6RIJJG+XKGvHvhX8IdU+K+sjVtaDvEW3YfNdVKgre0q&#10;7CfZHPzS+Kfj74jiaa3kFuz8kjjFfXHwu+DB8DafbyJAjMFBYsOa7vwR8O9J8JWMUdtaxqyjG7HN&#10;dfPAzadPtbGFOAKyrYjn9yKtFCtbU811vT7rWdZhEAAjU4bFM8faINJ0lJogXuQOOO9YnhnUtbHj&#10;KaGWJvs284Yj3r0vxlEg8PTMyh32cZrDms0UZHw0vLm/0PN2P3nauf8Ailr83hiNZI03E+ldB8MN&#10;/wDZMhk654rnvjwj23hqW4SPzJAMgVcXeaTA8P8AiBr8t7d6fdsMMxBxXsXhe7a90eAnrtFfGF74&#10;01q+1yKO9gaOBH+XIr6m+G3iu1m0qGKSZFfAGCea9CvDlirG9J6s9Ghj3ECrEttGB7morSWOQBlI&#10;YHuKuIEkB55rgudNioLZefaoxBzzVtoyDTCmOop3CxXMOOQaYQBk1OwyfSmOuRRcCA5zgdKranai&#10;4snUnjFXdvtSSRmSJ17YqkLc8J8U6Q1600lvMUeA5AzXU/Dq/m1LRGNy2+SPgGuY8aWd/ZX915CN&#10;5L5yQK0vhhfLDbvaZ+YnkGvo6L5qaOnDNqdjugmRmnuileOvepRER16U0AZ6VsexYh8sqeKftzg1&#10;LsyelMx81JhYaVBOKUJtqQKMZxTlXPNArEJG7rSBAKm246UbMcnr6UDsMVfkJqIBieBVyOMMpFMU&#10;CI4xk0DsRAsARTdhGSe9WioHJH5U0r7cUCsU5FMkMkRGd4xXyf470N/DPxRt50GBLICfzr63z++C&#10;4614/wDGzw9ZxXcF+wLXCkYwK0g7OxwYynzwT7HpujS+fots/UlBU5BPXrWT8Pbhr3wvA8gwwAHN&#10;dAF+XoK8+XxM9mnrBMrrDvBzXnHxJvm0aeIyAsrHgCvUUi3t6Yrzb4j+Xd6taxSJvAYUQs5anNiU&#10;+TQ9R+EtwdS0VG2FVI7111/alG+WuY+HF2YhBaxxhI8DpXQ+PPENt4T02S7uGARRnmvIrL947Hz1&#10;T3ZtMiMYxnvTSvGa4LwV8VrHxleSJBIpAOOtegphwMcisLNOzDfVEQUngUGEjmp1TBzQy8mmSysB&#10;26CopZisgA6VbYDbzwKpSRKJQd276VoTYsIpcE1IqhRmlRCQMVL5YwKaBiIu8e1Txx7yAaRVyKuW&#10;lvk7mraBhIkt4AgqwITjNPVCBgdKniQtxWrdjmaK7xHyjgc189ftGaVBpkUWosBuU5INfSKMqybc&#10;ZrwL9sfSJpfBzz2/G1cmqw07VUcleN4M+ePH+o2+veBxdw4DoMEV4hAxeLnrXX6Rqz3fgiaGTqpI&#10;rl7baqEkV70Fa6Z4dTcSMKvDClMCNyKSRgTnFR7jjrWpkMkBRsA8U0gZDDrUpiyuSeaZsAxQIdJc&#10;M6BSKaAaUJuNWI4tw+lIBkYbGKUkoferEcALDnmmT2+x8Z5ouBEHbBHFRkZzUzx7FzTRHjBNAEey&#10;mGPJ5NStwfanRW+8ZJpgyLoMUi96c0JDHHQUgGKQIUcjFOxmm+lP24phYjuZBBbM2ea9V+A/hOSa&#10;4j1NYz8zfeIrya6Tz5I4h/EcV9m/CPw9Fpfw6s5BHiRsHOK4sVPkh6nXho80z6H8D6L/AGfo0Uij&#10;5nUE1umFgOBUvhpM+G7M4/gFXxD7Zr5d1rs+hUdDJ2shHFTCNsVofZxu5WormVImCY5o9s0PlRiX&#10;uofZpNrcCqF5eTyIRF90jrWxdaZ9ulGRwKlurGK0tgAuTW0K1xqCPE9e8M397qvmKzFSeRWxo/wt&#10;td63M/MvUg137wRx87Rk09QcDHGa7vatqxryJGRaabY2zCIIu4CiXRI2uhOWPHRaujTESfzt2San&#10;f6c1m3cpIhKDbtxxiqs2n/xDpWgE49acU3LispK5pF2McwiLioWjH51cu4mVuKgxn61zNWN1qQle&#10;MdaAmB0qcpj0oOEUk9Km4ELLSBcZ706BxPkjtTiPQUMLEYqVMqoxSqmacI8nFIdjQsLg8Amt2BAy&#10;ZzmuSeb7OyqO9dbpsJWwErnOahuxz1USFPzpCny4xzU8S+YucU4x/Snc5WZ15ZJd27QyjKMMGvlr&#10;47fB2fwteDxLo4K7G3MFr61MQPBrD8Y6GNc0K5tWUOGQjBHtW1Kq6cr9DGcVNHzX4H8WaX4q0mGa&#10;UBL+EYc9816Tp08Oq221GDDGOK+b7PS5PBXji901sxJcOQM8AV7F4Aik0bVPImm8yN+RzXXXhb3o&#10;7M8KvC2p4z8c9CWw1zdGhwTk15XHqCJqUKqMMDX1L8dNBE1v9rWMMuOtfLviXTxps0c6jDE16WGn&#10;z00uphF3PXvDutzafFFKHJHGK9p8C+MG1FFSRufrXzZ4bv5LnT41bnivR/BuoGzukO/HNc9WCdzt&#10;o1HCSaPo2Jt4Bz1qULg5rI0C8FzbIxbPFbqgOBXlSjZn0kJqSuTwOVIwa3LOTeoBrCiXJrZsFJFZ&#10;FyV0VvFUcp012h7CuA00NKrmTgg969S1CJXsJC5wuO9eduE81xERjPauau9j5DOV8LInXBoxipCt&#10;Kq9K5GfMkLocZpp/WrDJkVEY8HFJARfMWx2qUR+9KECmpMYFMRFtI/8A10VNsBopXA8f1rQIbxWh&#10;uYhn1xXkvjTwPqOgH7bpcsgRTuKjpXv1rA2qXG514z1NZPxUaKz8Pm2tkDSMMEiv17GKFr9T7PCx&#10;lfyPG/CHxUuLeNYbj/Wj5SSa9UtvErDTMg/aJZhwnWvmTV7R9HuyxbDs2eO1fS/7M3h1PE2ya6fz&#10;tnQHnFfP1sR7OPNI9OME3ZDvAfwv1PxL4iW5vkaO23bthHGK+rNE0Cx8P2EcdtEkIUckDFKtrYaH&#10;CCxjh2j2FeWfEL4xW+kyTWyyhYmBAcGvmalWeJlY6FFI9O1rxRpuj2Ety9yjFBkgNXyV8cf2gp9a&#10;WSx0SRjJnbmOuB8ZeN9WBu4re9kuIrknaM9M11P7Ovwdm1q++36nA0qsd3zit40Y0V7SoF76If8A&#10;Az4GXnxCnXU/EBdwTu/eV9caF4Ot/Cdktrp8KhQMcCtvw9oNrolosNvCIlAxgDFahU7/AJRxXDWr&#10;yqvXYaVijDasY13/ACt6VPebobGZk5wp4q4seTkjNMuohLAydARzXOKx5z4W1C51DVZ1ktAqhj8+&#10;K6DxvJFbaBL5n3dvJ9K0rLTY9NV3iwxJ5xWH8RNStYNAkgumUGUYGTVrVjKfwzkin0mRoDvTNL8S&#10;NOS+0Zg4GB1DdKqeBXt/CPhs3BJaFzn1rzz4/wDxB1DUvDEsGhQvvYY3KK2jFymkh2PHvin/AGFZ&#10;31pGoiDBhvK4p7t4ftLaG4sdS2z4B2bu9eafDrwLrHjnxELfVZZGdn53Z4r3bWf2SjDHG1vdOCRn&#10;rXrycKdoSkON3qjK0D42R6BdpbX0waEnG7Ne0eHfHmka7AklvcIcjOM180eLP2a9YtgTE7zFehrz&#10;ryvGHw7vwXWYW8Z6DNZujTqawkaqco7o++hciQ5XkdjUi4YZPWvDfhN8brTWrSOC/fy5gMHfxXsd&#10;nrNrfpmGVW9ADXBKDg7M6E0y2VDGomQ5NSgHNDJnrUlWIAB3pwTdkDgU8KPTNBQ9uKYHHeMtZsdL&#10;iME1uHeQYBArgfDWkyWeu/aQNsDnOK9jv9Gs72B5LiESuo+XNeH+JNW1e08RpBBbFLXfjOOMV7OB&#10;le6RtRaU7s9Ukk3gY6YpsajNFh8+mwMwy5AzUoTFejc9zzBgFHFM285qby+MmlUL3oJIMYPtTlAP&#10;FPKfMeMClCAZoCxGU2njFLsyMmn+XxnNKVBAoKsMQ00qASTyalEYprRk/SgVhANw5obG3mnhaXZn&#10;r0oHYhMYA3d65T4hadbvoj3dygbZ0Jrsdu4dOKxvGGjDX9FktGfYhHWjqY1Y3izD+G92l7ooMYwg&#10;4GK6wR7c8VzHgTT4PD9kbGJ/MKnrXVEuy5K/LXJU0kzroa01fcguLqHT4jPOwVBWBI2l69KZwu4J&#10;zuIrT1jQTr0QhaTy071dvNBsNF8KPBCo8wLy/eoQ6i8i18OJTPq2xBmIcbq0/jl4RPiHwlcxKxB2&#10;npWP8F761E0kW8M+fxr1rWrBdTspIWHykV5dd8tW58xire1dj4D+GfhzVvCWvzeVvMKvyTX1t4Tv&#10;zqumq2csBzXPw+EbR9SurRVCOxPzYrQ07TJPBkbQs+Vc8ZNRUn7R3OaHu6HUhMnHegrjrWj4etPt&#10;Vg08gySOKr3Fqwc8cVkmbaPYz7jDIV6E96oJZ/ZcsWL59av6i4toC5XOKoabfJqQO0ciquFjRs1Y&#10;jLCrSR5606CLCCmXCElQvFaGbJVRWIFadvHhRx2qrFAflJHatKGIhTW0XoYzBEyRirIi+XIpkEZy&#10;Rj8a0ILc+X0qJTMGR21moO5vrXyx+2D8UrSw0ifSAC0jKVAAr6uMDIh5615P44/Z/wBH8d6sl5fq&#10;Hw2cGnQqwp1FKpsjnqxlOLUT8ydO8VGx02e2kjZfMJIDDFU4dZcA/umwenFfeHin9jXSta8RxPBG&#10;IbVOwFdBD+x74d+zrH5aZUdcV7bzLDx1WtzyHhKrPzxOqS4z9ncj120f2uw/5ZMP+A1+kVp+y14Z&#10;jg8h7WPI74FVbj9kPwzPuKxIM+1R/alDsx/Upn51LrK45Uj60o1SJ+4r7v1H9iPRrhmEbBQaw5/2&#10;CLFJAyXPFaLMMM+pm8JUR8ZDUYY0zuGTSjUowRhxz719b6h+wmscjlJiRjiuH1j9iTXIS7WwZsHi&#10;tY43Dy+0Q8LVXQ8EN6E53jJ96b/aK5G5+fevbE/Y68TCyd2ifzF6DmnaZ+xz4hvbOWWeN0kQHAqn&#10;iqH8xP1ep2PE/tqPgZqRrtGGCcYrv9S/Zj8XWau0VrI2046GqT/s6eKx5Qa2kDP14Nae2pW+JEex&#10;muhxiTxE53j86SS5UnCyAfjXfy/s367Ayxssm89Rg1O/7MuteWCnmb/TBo9vR/mD2M+iPOkmAGCw&#10;P407I9a6a8+AviOxn8sxyFj04NRt8A/HAVpFs5DGOc4NV7SnvzIPZT7HPqhPIFSCIAZJrRh+HPiu&#10;1LpJaH5euawb+w1LT5XS4UoR1qk09mTytbo1dBsG1XxRY26jcGcAgV936PfadpOh6bohAWcheK+G&#10;fhrqaaHrseo3WGWI7gCa+hPhj4xv/iz8Tbb7PautrCQN4HHFebjIuXokd2G935n3DocPl6HbIBwF&#10;FWZyLaBpW5CjNTW1qbOyhhPJUYpJIhIpVhle4r5K57tjitN17VNV11ohCVswcbsV11xaoGVup9al&#10;trWK3B8pAo9hTpovMBFO47FZEAGccU2SITgnGcCraQ4TaaSSNYYjjvVJspHL30OZcAYAqNQRxWvd&#10;WwKs2Oax0n3zFFHSvQpyujZajmjLDg4pgXAqyF7UjR4rZsCALinAE1Jt7UbMUrhYhkgDofWsuSLa&#10;54reSLrkVWu7VeoFZSV0XFtGRtxTJVDpgnAq28WDjHFQS2/ncA4rA3RHbQLEpCjOe9OMe01Zt7dU&#10;Tk8ikMeWzipbGQhD6U9Yz1qUDLcCnbc0gKN5CQA4HSuz0HN5o/XOBXLGNrtHjiGSK6XwZbvbRuk5&#10;wp7VDOettc1tNhBgcdxTDFgmtaC3jhRyCOapGP8AeN6Ur2PP3ZVMfy9KjMWRz0NXnjwOKiKc8ihs&#10;bR84/tG/CtZ7F9b08bLmIbsivnz4c/FC4fWksr6X99G+0ljX354r0NfEOhz2RX76kV8NfGP4ID4f&#10;6kNTt3YMz7mxXp4WrGcfZT36HnYmk2uaJ7f8SUi1rwHHLb4kYKCSPpXyn400iW908SKuPK619HfD&#10;vxHY6v4NWxMwkmK7SrGvMfifof8AZEMsKjaZs4FdGGbpycGePHR2OB8CX0UloULfMvFdfZXjwzBl&#10;PQ15X4YlOkau1vMSmT3r0rz49ilDnNdtWNmbrRnuHw98QG5RI3f9a9Us5NyDPSvmnwbq5t5l+bFe&#10;9+FdUF9aqNwLYrzK0Op7OFqdGdOvy9Oa1tNcjisiJgo+atGxb5sjpXA0eq3dEXi7W4NNtPKuWKK4&#10;wCK42y8kKTA29W5zWl49urS7McFyCT2wKzLGyW0hXyvukcZrlr/Cj5HOvslop70mzmnpGc5NPxk4&#10;riPmCMDPammPJqyEAFNdOeKE7gQCP1p4QYqQpxgdaUJgdOaV+gEez3op/lsaKBHnHxF8R2vhLS5J&#10;IiFkxkYPNeDWfxGv/GOoNYxxtM8h2jHOKyvFHijVPH3ig6au873wEHavo/8AZ6+A9j4Zvo7zUwpu&#10;Dhgr9c1+gYzF8t23c/RoRUVZHH2v7J1/q2gSaleOfMZd4U9qh+FerSfCFNQSUkvFkKDX2tqMkUWl&#10;SopVY1Q4Gfavz++OniyOHxPcWlnHyzEHHevDp1J4huMtjpS5dSp4l/aG8QeKNeeGGV0j3YCAnmrU&#10;Wl3fidg2qztE2MhCeTXBeFI7XT9Zju7kAvnITFfSPgH4dXPj3WYNSkjMVooGFxjIreo4UV7uglqc&#10;f8NfhVJ4g8UxGWFms4mH3h1r7O8P+FLHQbSKO0gWIBQDgU3QPBun6DEgto1VsckCuhbnCqOK8StW&#10;lVd+hoklsQMgOAtSJFgU8Jg09UxzWAWGKvHtXC/EfxJfaLa7LKAyM/GRXfFSVOO3NeJfEf4oWq67&#10;Fo0GGud+CMVUVdjO58Am6GktcaiTlxnDdq8q+KXmeKNbS2tJyURuQp6V6rqV1LYeB45QP3zJ0H0r&#10;g/C9laWUjXmot5c0x+XdWkNLyEd14N0O0HhmKyux5pAGQatal4M0eDS7g/ZlICk8j2q94d05YU84&#10;vmJuRTvGN6LHR5XxlWGKlt3BM+e/hXolvc/EK9EUIVUc4wK+jp7NWjVSvQYrhfhf4SjsLufVAmPO&#10;OelejOuc06k+d3KOZ1DRA6HChs+1cfr/AMPdN1SFlvLNH3d9teoiFsc81HPYC4TDLSU+XYtS6Hxl&#10;8Sf2fJLdnutA3Qv1CpxXl2l+LPFfwy1VRq/m/ZlPVs19/wCo6Ey5Ma5+tecePvhPZ+M7KSO7t13E&#10;cNivQp4pWtU1RTSesTg/BPx70nxNHHGZFSTpgmvUrKeO+iEkbhgfQ18V+Nvg7rHw41eS7sEkNupy&#10;NtaXw++P+p6DqccGobzCDtO7tW8sOpLmpPQcattJH2UFx7UFCBmuf8KePtN8VWkcsMq7mHIzXToB&#10;Ivyc59K47W0Z0LUqy8QsQPwrxr4h+KHtr1YRbKgDcvXtzqqAg9fSvn340eD9U1bUluIJvJt0OWHq&#10;K78I1GoiZOUNYnoPhfUU1PSYinJA5rTCEmuI+HHiK0isotPiG6ZRhmr0GNCz8cmvae579KXPBMiC&#10;lR0pAgLcCsgeLll1v+zDEQw4ziti+DooEY+ag1sEiE44pAvOKnhgZLcM5yx7UABWzjk0ARiM5wRS&#10;FcVYYEL71HgoMnvQMj2n0NO8s7acuWHSpQu5OKQWK+wgAYpwi4qePCOMjIpsjFpeBhaAIioUYxVT&#10;VrVrjTZAnynHWrzn5eBSzqWsZF7lTTJcbnnXhPXLZdXey27pUbk16DdzrJhVXArwrSM6N8QZmlfA&#10;dzgGvcsq0SP/AHhXPW0ZWDfNF+REpCnrTLiP+0Imtj91hipUi3N7VKAEPycn2rmPRcU0cb4Fgg8L&#10;eOfKllKxu3SvpDCywh05RhxXhcUWnSa5G92mJQeGr3PSZ0n0+IR8oF4NefiviTPj8bTdOoed6zaQ&#10;6ZrYmIwWas74ieHr3XLK2uLEnC4JxWx4+McOpQl+ma7LRkjuNDyqg4XgGuJu2pxGX4LONBhglH71&#10;FANacunrICcVyujazcW+syQSQlI93BxXfcPEpUZzUNk7HG6zpgFrKSuVArkdBRWuXWJdpB6V6Zqj&#10;QxxsshAJHSuXtbKGK+LQqFyatS7min3LMULbQMc1KbLJBxWxb2YkGcVMLFugFaKQOSKFrbFyAa0E&#10;tSCBirMNk0Y6VYjgIOcVvzaHLKVyOG2Axlas7AOg4qdIuBSYw5BrGTMitNFwPSongDc4q7INzD0F&#10;ATIxiuOb1KKEqCIbyOKhSBro70JUCtV4Ay7WHFIsQgjIQcVFxmb9kye+aBbleK04kyvTmho/bmnc&#10;DOa3wM5NLsbHU1e8vIwRzQYeOlFxFRkdl9cUiSOOCo/KrwXAxTBFls4pXArHkf6tc/SmbQuQI1AP&#10;UYq8IwCab5OWz1ouFiiLC2f5WgQg9flqKTQ9PkPNsmR0+WtXywvQZoEY3ZxT5gsYEvhTTZ23tbJv&#10;9cU0eFNP7W65+ldAy/NwKY64PvT533DlRzF54E0y5lV2tk3jvirreF7ZrBrZYYxuXAO2tpiAvzGo&#10;zcIo60+d9w5Dx7U/gC91cSyLOoEmeMV59rX7FiaxJK8l0AXr6gW8RRktUMmqYOA1dMMVVh8LJeHj&#10;LdHxrdfsKS6fIBHd+ZGx5Ar6H+Cvwa0j4XaUI4oUa8I5kxzXoJ1EBeTnPrUTXSW5EjHrTq4utWjy&#10;zZUMNGDvFGm+XOT1qNkOKrLq8b89qgbxBGJQvFcpt7ORoqAg5HWnx43ZxVQais5GOlXICGXiglxc&#10;dxFXdJkjAqKdMtjtV7bkVG0e49KCTMuIMr0rImskiYsq4JrqDHkYxWdfW4UHjmt4TszWLMLbjtk0&#10;7HtU+zB5GDSBMHOM12KV0WQBMHpUiQ55xipCAT0olyyBV6mncBqqOtRzR5FXEtVgt8lssarSNn8K&#10;dxIzJ4OOlVtoHatl49ydKzpoCrnjispI1i9bFfA9Kcq5qUJkdKekeO2KwbRuRCPHNIVxnirIX2ps&#10;kRkXA4pXGifRgkLMdv3q3raIkZAxms6whyiqF5Het62iKqBispPU5apJEH24NSGMAdM1IF4pT0qb&#10;3OEg8vPamCI7+RVoqaTGT60ajKrg7uBxXnHxk8FweJNEkLReYQvpXp7rjtVS+ijuYHjcAqwxiqjN&#10;xakiXG+h+ZevarffDXxgpjLx2gk5HbGa9V8S6xZeOfDVtq1uwkeJQWAr1r44/s+WXi3RbmeCMJNt&#10;LAgc18peAPtngfUb3w7qIbymJVN1fRU5xxEVNfEjw8TQdN3OL8b7xdLqEamNQa67wVqqalYpufLg&#10;UvjrRl1O2ktLVQSvJxXIeAroafqDWsrbCpxg13y9+Hoc567Z3Ys5Rj1r0Pwl43+wOgZ8CvLpJ0jQ&#10;OvzVatLosisylQe9cElfQ0hNxd0fUmk+IIdWhV0kB46Zro9P1FMhCeTXzb4Y8WPpxVI3J9s16Lo3&#10;jOEyo80oX2JrhqUux6kMTdHsU2kabNavc3iByoyCa5M3EN1K/wBm/wBWpwKvvqseoaG7RyAow7Gs&#10;HQo1t4n2nOTXkVtjxc0nzxiaOw+lOVPakLF1wODVlAI4fVq4Wz5pkOwClIBGMU5MnqKkVCaBkCx+&#10;gpSh+lWgu0dKglGKCRn+elFSgjHSildisfOPh3Qk0D4l3craY7Okh2nbXuVlpmveIr+K4gje2UY4&#10;6V7EPBekyak139lTzmOSdtdJa20NtGFjiRMegr16uJ53dn6lGPc8m1TwX4iv7dUS6KgjDDNeVa/+&#10;yrNqGpi/lcSSk5Oa+qLlZGkG04FO+zEgEtk+9YRrzh8LNLLY+YtG/ZMtDqEV5dYOwg7a978N+Gbb&#10;w/Zx21tGERABwK6Ix7eCaEjBOelROrOp8TDS2hAkODUuwKMkVOi889qCm58dqzuIrqhPOKdtOKsm&#10;PC4FNEe057UXAqXj/Z7ORj8oxyfSvMtP+Eekap4jbXZCJpQ2fWur+I2uHTtIe3j+/IMDFZvgWdNG&#10;8MTzXs212BZQxrWF0roZxXjzxhfweKLXQ7e2Y2pIG4DgCqfjSWCTUdNtDzICuQtdnoVxBqs9zf3d&#10;uuEJ2SMKoaZ4MTX/ABGdRDb40bIFdC0E9D0TSLfbpFvEAQNoqW7sIdSg+zzrmMdq0IohHFGgwAox&#10;RIixnnHNcxJSs7GKxiWGBdsY6CppY8nNTbQBkU4gdTUMtbECrkdKdIpAGKk9MU514HHNICk8eT0z&#10;VW5slmTbjmtPysHJ60jQ0XDY4rWvAtprkBhuIVdGHORXz18Wf2WLe6iludMQRMPmwBX10kWDVS/0&#10;1btSG5HcV0U606TumVe+5+cminWvh9etZyLJEinG89K9W8C/Hcaffx2N83mtIcBj2r3zx38JNN8T&#10;2jx+QqSnowHNfKvj34Jal4S1X7RDE7xqchgOlepCpTr76MuLtsz6itJ01WFLmJgyuM4Brm/iBpqX&#10;WmkMdgPBNeE+EfiLrfh6+hhuJj9nyBtPavetTnj8WeDpZoWy4jJ4+lSounNNnRdSR5f4cFloGqCO&#10;3j85nPLjtXqFmWZhJ0yOleA+BPET2PiS5srnlg5AL/WvoPTQJLRG9R2r6Ju6TPYwjTp6FaPQrVb8&#10;3hjHnetXiuXJIqUHJpC3NI7SJl9elIseT1qyYvl3E5B7URxjJ54FIBjxBUDMQAO1V3Hmn2FSmJrk&#10;EHIApUt2C4A+Ud6AGRIDkdKlRTggU+KMSdKSQ7G2qRQOxGevNOEBkBbsKGJ6Y5q5NAYLIO3ANMT0&#10;M7G5toqw0DLCeOopbWBQhkLcU17/AM1hGOmcZqQPJNb+G9xd+KU1FXwobOK9Khg8u2hRuSoxWB8Q&#10;fFS+E/s5ZC/mHHFb2jajHqmlxXQGGYZxWVW7SZWHUIycY7slZOMdKbEvlk470/zGk5ZdqihX8xsL&#10;+dctz0TmfFer2HhoxXN4MlmGK9o+HeoJrOgRXEQxEy8V494/0G01PR3luV3+SNwA9RWr+zl45n1x&#10;JdN8looIDtXI9K58RBShzI+YzNNSTOq+K2q2egtE9zHvJPFdT4BvY9W0WOaIbUI6Vxnx/e3srKKW&#10;ePzBXRfBi8i1DwujwjCgdK8qS0PGtoT+NL210BVuZUA564rS8Pa1Fqmlpcx/cIq74k8M23iPT3iu&#10;RlQK5rwp5Fm0umRfLHHwM1kIv6zZpdRGUEnFcnp7u+qBN3yg4xXdw2Tyu8XWOuVvdGew1tXj+7nm&#10;quLQ7ezhVIVOMnFXYoNxBxUVhGWt0JHOK0o4toq4mM2Q+SoGMUqwgnpU5QUqx85quYysReWF6Co3&#10;jAO7HNXWHQ4qORM1m2OxT27mFKI8nHepxHk05Vwc+lczepWxCUKHmo1XLYAq03znnrTQoQ1NwRD5&#10;fzUFAan2Z5pQmQeKdxlR0xTljOOalZQaVh0FK47ELLgYxn6U0qc5xVvaPSkK564ouIreX3xTSnPt&#10;VwqMYqKQBUJHbpRcdkVyuOtNkcIuTT4yWjYt17VmX91gYzT3NIx5iSe88obu1UJdW3NkVQvrxpFA&#10;U8VVDEDHetFE6o00W59VkkJGcCqxuZG7mogMEk96fnitEkjTlSEed2/ippkbbyc0oUZJoI59qeg7&#10;DLVJZpSXbC+hqHU73ychz8oqyQexwKztTtGvXjjXnJ5oHYXTtRa9k2BSq+tXZLNY3yMk1stp1rpN&#10;lANo3EDNY+tXqh4xbr16mmQnfUct19mI5/Ctyx1cNtGKwI4vMCluWrQslAlAIxiokKcU0dTFKJUB&#10;FSiPK5qrYjJrSVBisuY4ZaMrrDuqGe1Eg5HIrRVQuaZIgY0XJRg3VqoU8c+tZ5iIzxXST24bjFZk&#10;lvtcjHFdEJmqZnGHAzimFOTWm0QxUb2DBN4roUrlmdtz60nlhu1WvIYGk8nB6VqmBX2cY7VHNb71&#10;4FXDEakWIYwaTHsYZiKnGMUuytK5tMHIqAWzMeBXLJ2Z0Rd0VY4jI2AKu2+mljk1bs9POQSK1IrL&#10;bWLl2JnK2hXtbMJjArThi2inwwhQKnCgVG5wTk2RbB6UvlipttIRzS2MiB0PAFOWMIvvT5mEa5qi&#10;9+AjYpplKLkRXc3lE1k3Wo7TgVW1vWvsVpLcMNwUdBXL6D4kfxLM+2Mxqp71okdsaSS1OsuLgXtk&#10;UYfKRzXzd8dfhHDqb/2pp6BJ4/mJUda+iYVPlsgqvHoMOoO8M4DI3GK1p1HRlzROfEUVONmfnOmq&#10;XPhjWJF1BCfMO0Fq5PxRZ/YNYW9g4WQ7uK+h/wBtH4aTeG4odR022LRghjsFeD6MD4m0RRIMXCLj&#10;B619XRqKdNVF1Pl6kPZycTp/Dl+NSsl5ywFbwmYoEIwK880KeXw7f+TLkIxr0COdLhA6ngiueorP&#10;QzJ7WZrWTeMmtBtSkkUHcQc1TtE3nkZplz8j4X8qx3C5694V8SypoDL5hYqOma7jwNK+p2DyuCpB&#10;714Z4O1Iwz7ZDmPPIr37wtcRSaav2YAL3xXz+LjySaPNxLezNsR7eamCgrmo41Yrz0qZAW+UV5h5&#10;TEUAGpMYHHNL5ezrzmnkbcelArkLk46VHt3Hmp3Uk56U0AF8mkG4nl+1FP3+4oo1A9hEQjm7VY25&#10;aooIJmYGRcVbMfIxiuhn6qiNo1NIYgOamEYB7UyV1QgGkMrtFk5pfKAHIqyIwV3CkC5PSgCARjFS&#10;rEAOKlWMY6Uqx5GB0ouBXZcVDKwRGZiAAM5q1cIVXA/GuZ8b6nHa6HKkMyiVhjr0ppXHsef+Jteh&#10;1PXfJDrKkZ5ANeT69441DxF4+t9BtkdLNWAYr0rnvi34in+Hlm2oWU/2i7mPK5zinfCX4t6KmmnU&#10;tWjRNTPILda9mlhm4c6RhKor2PofxBd2uk+G7fTYmVZ2UA46mum8EaX/AGdosb5+d+ea8c8H6vae&#10;P9fXUJLgKiH5Yyete82U0RjVI8BVGAKwqQcNBp3IdauJYVQpkkntVuGN5oI2Y8470P8AvJBuUMKt&#10;Z+UY49q52gGD5cLilf5yBSkZFKiHOcYrFou4oXkelPK4pQjE8CpjFlRnmouUiEIGprIB2qcoQvyi&#10;q5jkPB6UrgBXFNKkc4qyI8LjuKUJweKLhYoJao7lmrM17w/Z6vA8M0KuGHUit4Q4B4poi3HBFaRk&#10;07olnz3r37OdlfXrzx/LzkCtXRvB7eGLBrM5ZGG3mvaLi1G0letYd/YiYFSuWrvVVyRpCVtz5K+J&#10;/hrSfCeqC+Q7bh2zgV6D4A1J9X0WNypAxwTXL/tB6MkFwBJG7SdVIHFZvwU1vU5WNlcKFt16Gvo6&#10;Eueimz1cFNuo10PXGTDYpu0dMVbmjXICEHNE0CRRj1rU9wrNkgCneWWHWkidWbaeDUwQbh6UxD4V&#10;CdR8tVZJnaUoowlWpOcBelMECg570DsMRBGppVs9wL44qTyxkDtS396YbURwrljQMrLzJj0qLXZb&#10;m7tUijGFX0qW3UpCGb7561P5jOm3AxQFu5WsbFxaAyN0HSoTBmUbeOavkNtxnj2pnlY+tAWPOvjR&#10;Nb2OgtczIHeMZGaz/gd4rTxJokrN1j4ArtPH3hy18QeH7hLwhYwpya8s+DNxpuj6vPpunuJF3c4N&#10;KSTgznTlDEK2zPWIri5u7hkddsYPFaKRLGMDrU8yBHHygZqpeOY5EA4ya4D2UhL22W5hMbjcrcEV&#10;rfDrRotE1EG2iWJGOWIrM1Myw26GIZY1zms+JNZ0O38y2jLORwBUVFzQ5TyszinQu0d/+0Dbw6n4&#10;bZbaRHmC/dzyDR+zpbzWfhNkn+/XyD8SvHHjfw+0l/eCX7NKeFOcYr6Q/ZH8cyeLPD+2cjzfSuCr&#10;RcKfNfQ+SUk9EfQWGZX/ALpFeU6ncSaX4sVUjIV25Ir2MW+1sHpXmfxV0rUhc28+mQghT8zV51xn&#10;f2UQFojjBZlzXOalhL3515zWz4KkluNCiM/MwXBql4jhZGD7fxpCtqaGkszIM4wK2FGVGRxWH4fk&#10;8yNR3rpVi+UcVa2MZ7lYxZ5p4jDDPpUxhApxQJx607kWKJLvIQPu05sIme9Wlh25OOtRmIEnPSs5&#10;PQrYqQZkJyMCllIjbBHWrCxjPAxS+SGxkVhcaRCigY460vlgvU5jx6UGIAdOaQ7Fd4wTTggCZbip&#10;dh7Ckkg85AM4pXGVyozwMikKg4pLnVtM0/Ec93FHJ/dZsGo11rS2xm8iX6tTIJQMnpQ3BwKU31k+&#10;Cl1GwPo1TYicAq6nPbNK5ViADHWo3xu9qstsQ4JGarXDRoOXAPpmhspIpXLlDxwKw73mTNbFzPC3&#10;DzIn1NUJlgccSqw9c1cWddOyMZogzdOKXyx6VYkkt1OBKn500TWpX5Z0Y98Gt0zYqmIE0nlY+tKd&#10;Y0+OURGdC596dqWs6fpcSvLMmD707iuu4ixAHkUPGF+lU38deH4Idz3sIPpuFV4PiD4fuYnlW8i2&#10;p/tU9ewuaK6msYRt+tRpAUbcByK5K/8Ajh4asC2+dGVfQ1Qu/wBorw0LUNApkPtVKE3tEl1ILqd/&#10;IZbwjzOVFVbiWxsj/pU6RD/aOK+f/iH+0fdiSOHQLaSSR/QV494g+I/jDxLqCQX0VxAp/ug12U8L&#10;KWrdjlni6cNtT2f9on45S/D+yjk0ZxcHPJQ5rtP2afil/wALN0Bbi9kVLnH3Cea+KPH91rc8kdlH&#10;ZXF4p6llJrd+Ees+IvCeuWsVnHJbEkboyMV31cJTeH0a5jz1jJOpd7H6d2EYUdKvRrg1y3w18V2m&#10;taHBHdTxrf7RuQnnNdp5PPtXy70dmdbalqiArjtTQgz0qdkHpQEwOgoTAr+WMniqs1qpOcVpGMYp&#10;vljpiqUgMSa22nIFOVdyYPStWW3wOlVmgCngVvGRVyibZNucVXe3A7VqGDjioHiyelbKQ0zMaIZ5&#10;pgj5rV+zbu1SRWQLDIrRzK5rGdHaeaORxUi6eAR8tbMdmOwwKn+xj0rnn7xKqWMmOALgAflVnycA&#10;Zq+tqIegyaPLHcVhsRKVytHENlIY9zAdKtiPAxiqbanaRzeR5imb+6DzSvYixNIgAAFM2jBzUjDg&#10;EjFRTyhEPGBTuCjfQzdXuFhgNYAumMTY6UzxFqLNMqL90nFJHAVgU+orSKO6FNRRnXUYuVKSDKHq&#10;KSys4NPUiGMJn0qd0O4g0FeMYFaG1izZ87j7VWs9dgXU/s+3581dtMJbNxk4rP0rSkm1JpivzA1L&#10;ZjVXulP4u6Na+I/C9xFcQCXCHAIz2r897jSW8OeLbgGFoLXeQNwwK/USfSIdQgCyKCvcV4p+0P8A&#10;AG08TeEpZ9It1ivIxuyg5NduExPsn7OWzPBxFH2iutz4s1/RReRG4TBzyCKi8K3ZBa3lPI6Zq5pV&#10;22jmbSNYzHNCSo38ZrA1MNa34ntclc5JFe6lfQ8ZprRnewTGHO0fnUUp3OWNVNMvRe2qtkbsc0t5&#10;qcFiQJeprFprQm5qafKbeGRxzXv3wfnku9CLuOPevANEK3zqIzkMele+fDLUYrCFbKYrET0B4zXk&#10;Y74dtTz8U9LHoEYLt6CrKxqgNLhAPlII9RSthVya8Fs8ki3Hdk9BT0Pnn5egpoj8046CrEMSwKVX&#10;vUCKku5m2jpSqu1ferJjGTSSFYk5GTQBXIHpRUmM84FFK4z32G7i1S2E8ce1SPSqpT5sCofAOuQe&#10;I9BFxBGAhHQVeZMscDmvSrx9nLlP02jLniVXTAzVPUseWGXqK1DEcYIqrPYBzz09K5bnTYisC0ts&#10;CRzVhom4AFSW0aqm1eMVMEOTxii5RXKEJjHNLt8tDxkmphGcnPNVryUwwsQuSBxSuBlazrVvpFtJ&#10;9pO0uMKa+WPjt4yvPDtjPLDcFhIcqAa9h+I+v506c3Y8oRglSeK+KvGfjOXxRrM1uzmSKMkKp6V7&#10;WBwzqyuclasoHJa744udetEa9YuQejVSeW0vbWOSNzG6HJUVS1uETXgiVNmDyBQzQWsIQD5sc19Z&#10;GklGyPHdW8rnsPwk1O8OrWsltKywIRvGetfZWi+KdONrAonUzkAEZr88PCPj2bw9L5Ma4DcZr0Tw&#10;zrXiO41aPUYpHe0U7iAe1ebiMPzHZTqn3za3AmjDiplWWVs4wBXnXw+8dw6ppkPmyKHAwQTzXqFh&#10;MLqMMnQ9xXz1WDg9TvUlIbDF83PWpZAWIVR071Yhtcyc1YNuENcUpJllVBx0p2O1SDDk7RRtGcAZ&#10;NZFLQaqYUikMe7tUohOcmlKFe1Ba1IXCxLyKaF3qCOlWWh83BIpywYGAOKAKLIScClEQx7irnle1&#10;N2bQRjmmmIpsnHSs65tvMJIGDWo7AEgjmq8qlASoyTW0ZWJPN/iv4dt73wxcSSWqySqpIcjkV8oe&#10;GNWuo9dkstPYGQPggdRX3bf6aNX0q4tplwHUjmvjjWPhv/wrj4ktfR3AMc8mSpPAr6DLql7wZ14e&#10;6qLU9g0TTbiPSkluf9aRyDT5MSDntVxrw3FjCysGVlGcVVRMH1r1z6xK6GxwRySLn5cVLcKokAQc&#10;U3Zg5xTw2ccUCsNCe1O28dKeORk0nJUnsKB2GBcjJpDGuc7aufZWFv5rcKar/eGRQCK7xgnpTgOM&#10;YAqTac5xxTVgy+ScCgLAqALxTtg208jHGKY2QMdaBmP4wtftvhq8hGRuQjIrxP4QeFrHwprVzdyz&#10;5kd+jnmvoFlWRNjruU9RXknj/wABSf2vDeWE4iG7JiB6027rlOWompRmuh6dI6zoJ8gIehNMfyLw&#10;JtkVmU9jVS4tprrwhDaIdlwVALCofCPhWTQYDLczmaRucE1ws9iMr2ZtSKGAGOlc/wCI9bTRDG8k&#10;IkTI4IrpXG5sgYrD8U6SL23UbA5zmpexzYun7ShJGh8S/Adv8VPhVvsbRftXl/KAtc1+yT8JNe8B&#10;TTtqsZjTcdoPpXuPwpvLV9Ajs49pkQYK12g2q21UC/QV4VStJJ0+h8IlYdIu6QkDis/XoUfTZN2A&#10;AOTV8yBWC4qprFg9xYSIDkEdK47lGT4Qu7d4GiiO7B61L4n2QQZkHFcx4OmudN16S2kj2w5+8a7L&#10;xPZpd2hZuFHNaLcoz/DEAkUOnK11ip8vIrkPC2ooW+zxDO04zXaKhIAI4rR6GMtyLZ8p4pkcJ3bm&#10;5p7XEayiP+Kp/KJAqHKxBWcbjgConTPGKuNHt6CoihBzisZSHYgWPtilCe1SqrMeRT1T2rO5SKwT&#10;HNB5PIqwY+cYpRHjtSuOxXx7Vm6/qaaPpk0zEB9pwK2sBDyOK8I+J83iTUtde1tYmaz6ArWtOKnK&#10;zIbsfPvj6XxHrvjuXU59Ta00uJidocjIrjbXx5qPjHxU+l2GrtGkbbQxfFbnxT+Efj/VLktG0kNk&#10;x5AzyK2Phv8AsTaxd2K6lHdPbXD8lu9fSyWHpUeerNLsePKpNztFHSRPrfh6zgD6wsrDBP7yuii+&#10;Lt/aS2wFwHVcb8NT9P8A2L9fuCPtmuSkD1Jrs9H/AGP1sAPO1EyeuTXztWvh/wCe/odcJz7GXqfx&#10;+sIpbXbLlh98A1z3iv45fa9QgeyLmIY3ba9Jj/ZF0sOzPOWJ710Wkfs3aDpUOx4ll9Sa5/rOGjs2&#10;zdTmfN/jb4wHU0iNk06yAYIUGpNG+LkthpTpdCYyuMDINfUtv8DPCtocnTkc+4FPuPg74YlYbtNj&#10;46cCn9eobKLKUp9z5AtfHeqySzEicpLwhweKzru88ZabHLLaieUS/dBB4r7eg+F/huCNVOnR/L0+&#10;UVof8IJpTIoWyj2joNtDzOEdoBr1kfndp+ifEu4vGuTHOd5468VrTeCPinrETxyRzFSODzxX6Dwe&#10;GLC1Qf6LGAP9mrdvFa58tIEGP9ms55xK/uwRHJbqfmRov7MXxQ1jX913c3CWpPIya9Pb9k/xRBEl&#10;vFeTbHHzHJr7zjt1jHEaD8KUx4yQo/KsKuc4ieySJUUfFOgfscXBQrqFzI4PqTXeeG/2WdJ0oeXM&#10;nmr/ALVfSjoWzxULWuRjFeXVx2LqfbLUYroeRaZ8AfDemXazi0SRh6ite4+D3h64uBM2nRZH+yK9&#10;FFnz0pxt8cYzXg18XiubWbNVGNrWOCj+FHhfervpMLMO5UV418dPgi0d0us+HLJYpIxyiLX0/wDZ&#10;9o6U0QpIrJIgZTwQaxw+ZYjDVFUUm/K4nCMlax+buja54n0DxxbXNxLLAiuBJGcgda+9/Bvia08S&#10;6DbTJKhkCDcM85ry343fBR9fkN5pUAjYcsVFeFaP8Qr34WeIo7O7uHWNWwUJr9Co4ulmVNTpu0uq&#10;MFek7PY+49mQOKYRzjFcn8P/AIsaP4zsIlilAnI+6T1rtGhIOccGlqnZnUmmiFYuaeIsHOM1II81&#10;Ltz2p3GVGjzniq/2fc9aLISOlNEWOcVSkKxQeDHAFI9plOnNaPlbmzipFjzxit1IRjJakcYqeO3A&#10;PStP7MOuKa0JUDavNaXC5Xihx1FSiIZ6VMsexc96AM9BSuTuQtHntUJTBxV0Dtio3j68VEtQRTkQ&#10;+WwA5xWJp/gmKPVG1KaYluuzNdH5ZB6U0qSOlZBa5VusOflGAKxdTuAIyo4Nbki8H5a53U1GW45q&#10;kb0lqcfqJ866Qdgc1uPcw3FtHHGMMo5NZN/FtlBA6mr1vbiMIoHLd63ud1itNEYzyM0zbntW7qlu&#10;kVuuByRWdb2rS4wtFx7k+mQh15FWrS18uclV71bs7NbSBnlYRqBk7jivIvib+0joHw6ma2SQT3hO&#10;FReeacYSqO0Vc5q04xWp7nBCfKB2mobuKR0ZHTEJGGJ6YrwPwt+0Druvac969l5NvjKluMiuL8Wf&#10;tpLpkd5pl4iwuwKhwa6YYHETekTxp16cVuch+2D8G01u6/tLwoyvdIcyJEef0r528LzyRK2n6ohi&#10;u1+U7+K0tK/aR1DQfHFzctcm+sp3P7tzkAVZ+Id1B46dda0dEhuPvOicV9JToVKMFTnt3PGqSjN8&#10;yKiNNo97znySetaV9bR63GrJz9KwtE8QRalb/Yr3C3Cjbk+tTQXUmi3OzkxE8GlKLW+5gbVnfSeH&#10;5YGXJCkV6fBr665b2k1rJ5dwpGQDXBwWkWqWe4YYkVZsFfQtsiE5U5xXBWgqnqY1Kamj6v8ADmpJ&#10;LpFskjZm2jJPetlkMhGelfPvhj4pNq1xBaRrslXj617ZomtSFI47tcFhwa+YrUJUnqeLUpuD1NtE&#10;wQB0qdAq9RS+UOCOh6UpXjpXG2YEMpy3yioJy7EfLxVsrtPSmyLlunFK47lUKCPSirBA9KKAPUPg&#10;xYR2Xgi3WJtzbBk11flMGJxWN8FrSO2+GeniQ/6UYxuz1rqGjXBOa9TGS5q0j9Nw3wIz2iaoWUjI&#10;PerknPemCMEgmuI7CCG2aMZx1qRwUHPWrar8tRhUDlpmCoOSTRcCpKwjt3kYhQBnmvJPE/xg/sq7&#10;ni8rcsecH1q38QPGU19rselaXLvRjhip6V5D8aNTtPB1gBcMHunX8c16GEwsq81G2rMalRQVzz34&#10;q/GSbxTcyWwUxDkbR3rwrUpGgvN1vEfMbq1bb3B17VDIow7HI+ldjb+GbYWfmSqPNA71+j4LL1CH&#10;s4nz2Ir3d2eUXNhI8bSsuZCOtZMGnPISZPXvXpeq6Wqo+3ha4DXhJBGVhPI9K6amH9m7HCp8xQur&#10;B4B5mMgdxXU+B/ipc6C4tJV3W7cc1leHWfUoPs8y5b1pPEHhJ7CPzYlz3rjqUHa6OmnUtoz3nRbr&#10;UCItVsJz9lzuZFNfRfwt+LtjraxWAmBuV+Ug+tfEXwl8f3OnXY0y9ci2kO3DV7w2iweCIE1/SyZS&#10;/wA52mvm8TRUlZnrU6nRn2hbEgBz3FOkR5GyDxXk3wV+LcXju0ELN+/Tgg17AuGFfKVIOnKzPQTu&#10;QJBsFOSIqc4qwFx9KXYB3rO5ZBtJ+oqKQySLhRirLoRzSxjnrSGmNhRhGAeT3p23A6VMFGetK0ee&#10;9K5pa5WCEnIFHlnrirCx5pFXgg0XHYoG2BYsRmopI8HAFaRj5xmq0keHq1IVihJG5Qj1r5O/bC0p&#10;tEt4dSF0YSp3cV9fmMleeleDftVeF7PXvB08lyvmeWpOBXp4GpyVkNXjqea/ArxqvinwvGjS+c6D&#10;G416T5Z34A6V8t/sya7DBr0+nxN5cSuRtP1r6wkjG/5ec+lfWT0Z9Ngqjq0VJlIghsEUuMEHtVl4&#10;gOSahZd2AKk7bC7A5HpRMp4AGBU6xbFGTg+lBTceaVx2IpnlNoUHIHQVV0+OSZWEgxj1rQKkD2pF&#10;UgHnBNMEioq4cqTThGT2p4Xa5PU1IBnrSHYgZCO1NdDirBWkaMsOaYNFeNcHJHFeLfEfQdft/E0W&#10;owXDiyz9ztXuHl7VINYHjowweHp5Z2CrGpbmmnYxqQUo6jPCLTXGlxSTctitqSMnk1458HPiiPFW&#10;qXOnqTshYgV7UyZdVzXJNNOzO3DSjUppxKpBAA71X1KGR7YhPvEVcnHlShBzRuGGB7jisjs9mpJx&#10;Zr/B+zi065lcXAkmY8pnpXrSrk7iMZ7V458G/DF3beJLm8uJD5DHIBNe23EavyvAFeBiFaoz88rw&#10;9nVlDzKzGOH55OBVmIrPExUblIqq6NdMIjGSvrWjbW4tkCjgCuUwPDvGXiL+wvFcaySeWrNjH416&#10;VdTHVPDCPB8xZOorkvi14Ji1mWG5SPMitnIrs/AtiYdAjikPCLjmtl3G9jD8FWDWk7eYpDk9678I&#10;xTgde9cu+oW0V+Y4yNwPQV1FkzTwhiOKJMiRVj0vZN5pOWq1tYk8VOELjineURjB6Vk2R1KrIfTm&#10;o2U5PGatlMseaideawbKsQFT6UBD6VYEfSl2c4zSAgCk84oCFjxU5QetNwVPFTcZi+ItYt9K06RZ&#10;pAk7AhcnvWJ4M0m5uoZr28IaJcsCR2qx4r8DyeK72GTzTGsZyRmvHvjv8fR8KbaLQLD99dSgRkL1&#10;54rpoxc3yxMptRV2M8RfEqbxF8UYPD1igktFfa5UcCvpzTLEaVYQwRqAoUdK8K/Zy+GsN1aL4ov4&#10;s3lz+8BYcjNfQLc454FfO5tjYVaqpU9o/mYQi3eTI2Zz60gDEd6k25PFOVK8+nUVjS2pD823jNJt&#10;LnGDmrDIMUxYyeM4rV1UhNEXlknmmNAWJ4qcqVcDOaftOean2yQJMrrb5+9zU6j5cAcU7HvQox3o&#10;ddMGiC4haUbRxRFZrbpwPm9asH5lODzUYLLx1rJ1kKwm0k9KGXingcUrLgdazdcdiARnPSk8k1MB&#10;kdaX8cVH1krlK/lH0pTCasY96a3I61xVailqMqSocdOahETDtV1hzTCvPB5ryZPU0SIVQbGVlDKR&#10;gg181fGr9mqHxLqkuuwjiPLmMd6+mxGRTJIVnjaJxlGGCD3rowuMq4Op7SkyJR5lZnwH4N1keG/G&#10;McZ32cdu20g8A19c+C/iJB4jCxSlUAACsT1rF+KnwE0vXtOmutNgEV6AWyoxk18222rat4R1gabd&#10;zNbSxthMnG6v0bC46lmELw0a3RhG9N2Z9v8Al5OQcr2IpwXA6V5d4B+K1tHZw22rzBJWwFLHrXq9&#10;sUu7YTxOrRMMgg1vzW0Z0p3ISpIppWrBj4oVAT607gRBSy9MU5YzuHHFSlMcDpShcEYNWpCEZcnG&#10;MUnlkdKl289aAme9bqVxEOz1FRpCd/TAq3twaCuenFVcRB5fbFNKe1WNuOtJsBouMqGE81GYz34q&#10;8Y+tQsnJFZMa1M+VCQawr+1ZyxArp5IyAQKzL+Dy4HbPNJPU1g7HnusERSKD1Bq3bM1w0QjGSKo3&#10;yRtf7ppAFz0NTeJfE1t4U0mK7hCyHIGAc10pM7edWNrVbVo4ULtj61xOs/E7TvDchhVhJcr0WsD4&#10;qfEG/l0Gzn05WM0wA2jtXk9lZ39+ZLjVbdoZCMiRq7aGGlWajFXbOSvioUYuUmej63451nxTauzZ&#10;src8Bge1ePeLfh7oenXi61qM4v5Ad21jmm+Kvi1/wimhy224XjdAErzSfWdW+INoGCyWsR7NX22X&#10;8PYiU1z6I+Fx/ENCNNyiWPGnxuursf2To0X2WJflAQV5ne/DbV/Gd15t7uG7ndXrWjeALOyiSaZR&#10;JP1zXVKgjiChQABgV+j4Th6jTS5j8zxnFFWUmqX3nzw37PTwTKRMTTJfBeueFJGNo7SRDqtfQzR+&#10;YwFLJpcboQwBz1zWtfJMNJNRVjChxHi1JObufHWu6zPBqwcq0MwPIrrtK8XDUbIQSpmTHDV6h4r+&#10;F2lavemQhI36k15j4w0K08KTAQMCw9K+Hx2WTw929UffYHNKWMSS0Z0GheIrjSHVXyYjXoME8Wq2&#10;PnIQcjkV88v42k2GNkOOxroPCXjK9tpByxgJ6V83Vw+nMj2ro9Xsw+mXy3UHyupzxXsHgn4wxaiY&#10;7bUkERj4DnvXj+nanDqkCspG4jkVJPZblO35G7EV5FajGorSM6lKNRWZ9R6V44W51BQGDW3QNmu6&#10;t7iK8i8yJgR9a+PvB2u3el3ax3MxaDPc9K9/8Ka4l6Iza3QeLHzDPSvnsRhXTd+h49ai6Z3zjceK&#10;d5RPWq1pqVnI/liYGT0zV5Y2kPy8j2rz2mchGLZiM4oqKfVhbStETyvFFFpBY9t8DRI5ltoRthj4&#10;HpW/eGO2UjPzU+wsYdGZkhXBPeoJrfzZSz9K7qj5pcx+o0420M9ZyG5XINThcjNSywBo8IMGoRA1&#10;uN0rhU9TXObpjy4A64A6muB+IHj+xtbebTbSdXvWUjap5zWr408XwaVaeTAwd5eAVryOXwzZ6Jdy&#10;eINRn3TMNyoxrtw+HdWSS3ZlUqKmrs5LRr+48EPf61qrc5LKHPNfPnxC8cz/ABN8SPMdxgVsAdut&#10;dT8Z/iDceKtQext5AkBOMLXJ+E9DTThiRQxPOa/SstyxUUub4meBiMVz6l/SNChttkwTawFbBUyd&#10;TxUjqFG1f0pgATqa+wp0owjyo8WU3J3ZmalZo8ZUL1rjtS8LYLNtJzXojKG9KY8Ech2sAaJ0Yz3Q&#10;k2jy/SfDU9le+aowma6u6hiubYo4BbGOa3pbWOFcAZNVJrFNhYjBrL6vGKtYpybPJ9d0ttNufPiU&#10;gg5GK9J+GfxVMkSaVqrboW+X56ztQt4rmTynUcnvXL6/4SkspVuoX245GK+bxeAV24Ho0a/SR9Nm&#10;e1+HEMWs6LJ+6f5nCmvcPhT8Y7DxzaoDcIs44Kk818afDzxcNRs/7I1OTcjjaCxro4PAmreANWh1&#10;fTLw/YmYMyq3GK+NxOFTbT3PZp1bn6CROsiAjkU8LkV5x8MfiHbeJtGgjEoa4VQG5716REQYwa+Z&#10;qU3TdjvjLmQ1h2pJF2KCOtThc04RjHrWJZBGuQCetSFc96f5QxmlRRSKTsNVc0hUZxUoTPShkx9a&#10;WxqmQCLrTWiDD3q1s496ZInoKLlWM59xbHauT+JHhGHxH4duYpMbGU5rtmjAqrc2ouoHt5P9W4wa&#10;1pzcJKSGknufnpB4A034feNmube+RWaTlAcd6+lNKmF1pkMoYNuUc143+1F8LzoV82qWHmfId5x0&#10;rT/Z4+IJ8VaEbS5BWWEbfmr7uE1Vpqomezg6kYTdJKyex6pICxxTo4dvPepfKIanFcnNXc9gaIi7&#10;ZPNOMYXmpCpA4NMK5PNSIYRvOAOKGjq1HENg96SSHAwKAKBj+bNOxU5jAphXnHakXuRCIk5J4p22&#10;pQAaVVC55pi3ICpJrE8ZeHR4m0WW1LbF2nJrodhJ4xUWp27S6dMkZxIykCgUopppnhvw50TRfCev&#10;yW1qoFyWO4jvXtLrgqx7141ZaG/hTW7i9vAZJWbK16zot0+p2Mc5GM9jWFa97m2CSjF00tizKm5t&#10;xpBHnPrVhkwRnFNC4Ncp6qWtzJ03xRqGkeIYY5ZvJtCwyTwMV9EabcQalZRS28qyoVGWU18zfEvT&#10;pLzw3PJbA/alUldnWuw/ZU8QXc2gSWOpz5uQSArnmvNxlJ8vtEfD5rQdPEOfRnu0SeUPlAzT9m7r&#10;U3lc4pyxE15NzxbGJ4msDPpcki4ygzXH+Etcl1GKezQFHGVzXot5D/oku7lMciuB0ea1i1O4S3j2&#10;OcjPvW0XoUhNM8IvZaq0884kLHOM138A8uJUA4rzXSLbV4PFDvdMz2zN8teo7QqLjoRUtkSQ0L2F&#10;I6lRgHmplAIpjrg1m3oTYh24603YGqQLubmnhAOlYXHsQbcUmKshBTSmTzQBCAM1z3jTxDJ4X043&#10;ccRmYfwqK6ObEaluw71yNxqCaxqwtSFmhU/MO1TcGR6f47S58Jz6rcj7K4UkK3Br568M/CJvjD8S&#10;X16+Qy2UUmV3DI60/wDaJ8c3Oo+KLLwv4eBRC4WVY+lfTnwg8Mjwn4MtYnQCV0BY45ziuLMMVPAU&#10;E6btKX5HNK1R27G9pek2+gaZFaW6hIo1wAKnSQSDg5qSeTedoHBp0VssY4618Wpt6vc2toMVPSpA&#10;makSHin7MECtVNoLEDrgGhYyVyasbAPemuABmj2hJAUHFQysS4Ve/eraqKZ5YDEgdKzdVIBuzZxn&#10;JpAvvUm3JyaXZxmsnXFZojAxT1UYyaUIeTTcZNS64JCbcntimyIfanfxAU5kzyazdVsshIwO1H1I&#10;qYx00xgDJrJ1GOw3aDTDjOARmpOrFR3HFZVnp93BqbtI2YieBWMpMOppGLPJoEdSPBJPJtTgVYNr&#10;5a4JHHXmsXIL62KZjz9KPLFVtQ8T6JpBK3moQwsOzMK5TxJ8ZPD2i2rSRXcc7AcBTmtIU6tRpQix&#10;XR2QBQngEd818+ftCfBa38SRtrlrMkFzbguACBnFV9c/aaupA62OnSyL0DKK8B+K3jLx94ujkl0+&#10;8a0hIO6Njjivqsry3FwrxnzKBjVqRUe55Bq/x5l0PxYNL1LcrQNtVwfSvZPgv+1DreuePrLQ0laa&#10;yYgDnoK+N9a0qW+8bRRazIGuGkwzV9Z/s4/D6w0j4haZPBh84Oa/VsVQw9Gim4+9Y82jVqSna5+h&#10;kfz2kLngsgJFCgdammjwkSjoFFIqcV8rHY9kZjAyaTGOlTeVSmPitEBCMk9qlCDHWhU45609U5q4&#10;sVhnl96ULxwRUmMcUu3mtriISvGTSbRip3XPSmCMlsAZqkIhKYWoxGWOAKmmubWzP+kzpFnsxrxv&#10;4sftB2Hga/isYMSSSNgMK0hSlUdooh1FHc9WuLm1tiRNKqN6E15h8Svi7pvhpGiR1lfuFNebeNPG&#10;2u6vaw3VnFK7zr8u0dM1y/gj4Fa3r2qSaz4n1FYrFju8uVugrpp4ZX94ylXS1Rs6l4rvPHFqP7Ji&#10;cSk9QKs+HPA2qXdwj+Ir8RWSfMVkasz4j/Gnwt8J7b+zfDkaXd590sgzzXl0/wAQPEfjmzZriZ7e&#10;OT+EHHFfa5bw1iMwV17q8z5bMuJqGW6S95s9O+Mvxh8LeE7JbHSUS/uYRgbOcGvDLf4k+I/HQkjm&#10;iNrAeAMY4qzpvge0hvvOlY3EzHnfzXWtYW9nEFWNYz/siv0vLuHKGASctWfmWZcUVcddU1ZHI6T4&#10;MtWLNejzmJz83NXtVsodPgWO2jWNewUVsRREyYHSqWuw7MZOa+xhTjFWij4apWqVXeUrlCzc+Rg8&#10;tTxGecnmmW8ixoWJAA5rk/EnjLyma3tPnl7baKk4043ky6NGdafLFHWvdwWqlpJAMe9ctr/jZQjp&#10;Z/vHHpXI6FbavrmriK+mMUTHuav/ABFt7XwLZqbT/SJ5BzjmvCxGNVrJWPqMNlTUryfN+RkQNqmu&#10;XLTSXBhQH7pNQavodpeEm6O/aOWNWPCN1DNYyXOozrE5GQma4TXtevL/AFd4bYkWgOM141XlnH3t&#10;bn0GGpTdS0NFE5vxNZRHUDDaRZQHGQK6Lw19msbQRXKAMe5pY44Yxngt71jeILw7NqDDeor5PF4J&#10;wXMtj7GhW5vdZ39pmxAntpdyddoNdNpPiaC+Ty3YLKOxrx/w/qV5DGFcsynsa6CRwIvOgOJ+4r5y&#10;pRvud6dz1MDfkA8N6VseG/E1x4Wl2xyko3UE15b4N8ZubvyL35cHgmu1nKXs6yxMCPavPqUfsyBx&#10;TVmez+G/F0Oryjy5fLnPqa9N8J+Lzb3JtdQYIg6SMeDXyxYzzafOJo2KsOeK6K48fzahbLBKSjp/&#10;EK8irgeZ+6edUwibvE9o8QeI4jrN15c6lN/Bz7UV8s6p49v4tQmRC7KGwDRWiy923J+qeZ+v9tAy&#10;2iyXP+tYVC4w3IqHVNQbzoQvQ9qmnnhtkEtw4jXHVjXgyld2R+gRi0tSK4litEMkrBEHc1wfjfxE&#10;NasXsNJmDXDcZU1g/FvxLe3kItdLfMJODItecajrH/CvNPS/+0edcMMkZzXfhcJKvJKKu2ZVaqhG&#10;7Oov0h8JaC0muXCvdqCVBPNfMnxE+J2reJdTa2tZGNuDgBTxiq3xD+Jl941v3Zp32f3c1z+gSiBy&#10;NpZz3Ir9Iy/LIYW19ZPqfP18RKrq9iOLRTNOss5Pm9Tmt60jSM4xuNTi0N2+R8ppYwtkzK3zNX1t&#10;KkonlTnzCnqexqEthueaeHWViTxSiSNTgjNdVjG4wg564FNZtpwOvrSTTb/u8AVGWO3I607DuTIu&#10;MlufrVSbzHc5+7UnmsxwTSSSHbjFNrQVzA1i2wN6DDCsaaeW7j2SBio712d3bJJbD171nS2ipblF&#10;QHPeuGtRvsaRkcFcEafN50TFXU5GK9K8EfFD7bZ/YdTlJhAx8xrhNT8PSyyErnFYV9aT2XEasD6i&#10;vl8ZhL3dj1KFVaJs+pPAfxC07wvqHm2RZ485IFfSHw7+MVj44f7PFGY5F4Oa/PLwP4sGnXMcEqhm&#10;Y4O6vobSvFI8K20GpaftDHBdVNfG4nDKV9NT2YTPtKFhjnvU2B2rzv4VfEm38caUjEFJwOQ1ehJ9&#10;7FfNTpuDsdcZ33JlQbeetMZQDkdKlUA07YpGMVjY23K8T5fkcVMSpzx0oEYycdKNqjgjmky1oGAe&#10;1I6gKTingAdqe20j1qTZMqIocHioJYscirzLxgACoJDuGAOaZR4R+1GI7PwoHMQcH7xx2r5a8EeO&#10;dC8JazBJFIkcTt+8ANfZf7QfhG48R+Ab5bdd8ixsQPwr8ePE82p6Lreo6fdSvFKsp25OMc19llDV&#10;Si4X2MauLlhpKSR+renarZ+IdPjvbF1kiYZ4p+QDivjX9mH47P4e09dO1a6EqDhctk19R23xO0a4&#10;hWYuAH6V6UouDsfU4XFU8TTU07HUdexzT0T1FQWOq2N7AJfPSNW6bjirYUuuYvnU9CKg7tHsLkdK&#10;a3I4FKInTllINPA4pXFYquCBUagnOelWWUZ5phQE46ChMtIhAwDxUUETmUs33atttUbQOajYlFPF&#10;Mqwp+UkjpUW8EHOaVX832psvYAc09xWPFvjBr1xpkg8uEuc8HFdj8LdVfVPD8TyOPMxynerHj7Sr&#10;O502Rp0XeFyC1eW/CLxbBD4pn05Zt2GwFzxUTjeLsZ05qlXV3ue8OxMgGKJGWI7WYKfQ1FqGoR6a&#10;vmMNzEZAFcte62LlnuLgmIqCVU8Vwo9uU1FXZb8TfELS/Cmm3DXoBIU4zXzF4L+I3jfxj8Xoz4UW&#10;RbLzfn29MZrX8Z6V4h+MmvvpGkxOUDbSwFfVP7L/AMC1+E1gh1G2Vr9xkuV5p1atLD0nzayfQ+Bz&#10;PFzxlRQjpGJ774Vjuh4ds/7Q/wCPwoPM+ta4T0GBSMMkN2PanruIxivlH3POZHPGrwumMgivJdW/&#10;4lHihQuFRmr14R/KTXCeKPDH9qX63I4ZTVpiN+2ntpYY2JUNjjNaCsAg71yc+muottrHK4yBXW2k&#10;e6FCR2pMhk0SADPehgH7cVKkYAxQ3AwBWLEVtgyeKAmO1T7ABz1oIHcVFxpEGKQruqcAUYA5PA9T&#10;UtjXYwde1y30iDZKN3mccV5V8RPH2l/DDRpdQRv3s44z71W+LnjGTw7rBdiJoF5wOa+TPjD8XIPH&#10;mtW2kzP5cRcDBPvXfRwsqlpdDjq1VHQ9/wD2cPBzeP8AxfP4qvl8yF23oW5r69dFiRY1GEUYAFeR&#10;fs8Jovhn4fWcUd1ECUGfmr0u68XaFaruk1CBfq4r87zKtPEYqTs7LRGtOOhcUDPSp1AwK57/AITz&#10;Q5W2xXsLn0DU+Hx1pcsnlLMpYe9ed766M1sdCeKbxnkVjv430WJwj3sQf+6W5qU+LNIKhjeRKPdq&#10;xlKp2YWRpEg9qY4zVSTxJpcKK73kSoehLdaUeItLkAKXcZB9GrBufZjsWR2FGBk1Un8R6TajMl7E&#10;vHdqy5PiJoEUhRtQhB9C4pqNWW0WLQ6EIOuKUrx0rmD8UPD+GEd5E7LyQGrOPxw8NR7g1zGSD03V&#10;pGhWl9hkto7fGBSBcjOK8yv/ANpLw3aXKwBS7N0xVSb9pbRWZ4IbWUzAZGFrb6liWtIMnmR6x5eC&#10;MiplhZx04ryDQ/jkNZuCn2SRcnAytcv8YPHHj3Tlhk0C2doXPOB2pwwVaVRU3ZPzG2rXPoOaWC0G&#10;6aRYwPU1z+q+NdHsBvmvYkQerV8/+Jo/iF4v8H2z2xeG8I+cdK81h+Cfj3WrsprOpPDbN33mvRpZ&#10;ZCSbq1UrCcn2PqvU/jT4W02AypqEMpA6K1YMf7S2g3Kv5XzsvTHevEfC/wCzDbWN0w1DWXmRj90u&#10;a9I0v4VeDvC4HmTLIy8kE8mrngsDBWUnJiTm+hyHxM/ac1yGSP8AsKwmcM2CVWua1j4h/FTxDYQz&#10;aakkG9fmLcYr1G98eeEtJmNlDo6ysOFYpmso+JdXvLgx29msFo/3cL0rvoujSgkqK06vqUqNWb0T&#10;PJrT4deK9cdtR8S6uwVfmZFeulstL8PNAsSedcuvBJya73w/4KlubidtTumMEn8J6Ctq08P6N4dV&#10;1t4Vkzzk1VTHQen4LRHo0MqxFSSVtDkNPtT9mMFlYIFK4Bda4HX/AAFq88l1LM4ijwSFWvZ49SgW&#10;R9qrGfauC8d+I5IbG6YNhQprOhiqrnaHU+sw3DdKV/a9EfDet+AZ9d+K9tawq0jiYAkfWvtD4efD&#10;658GeLNHby2K7VycdK8H+Ask2vfGtpPKEqCXqRX6C6j4ena6tJYoVwqjJx0r7zGYifLCnLsfAyw9&#10;OlWmodGdgHEsUTf7IpyqMZxRYxEWybx8wFT429BXjrTQ03Ihx2oYZqXHtTdvBIrRBYjKigY7UY3G&#10;pVgzzjitEyWMA5pwGT/Sm3t5a6XbtPeSrBEvJZzgV5h4l/aV8MeH7sW8Li8fOP3RzW9OM5/CiZSi&#10;tz0y71Kx0tfMvZ0gU92OK8e+L37R2lfD6PZayLcyuPl2HNeW/GTV/FHxrMFt4bWe0izksARxUGkf&#10;Dfw74R0+2/4Ty6+1XkYHyscnNerQwquubV9kcVStZO2i7mTpnjLxl8XNV+0RpNBaZyrdBiu8ufhP&#10;oV1FDeeIb6KS6h+bYzc1jeIvjLZ6dYDT/BtiiRAbd4WvLnsNb1vUjf319KN3JjycV9tgcgxWPd+X&#10;kifI4/PsLgV8XNLsj2HxR8Y9F0zTf7M0SyEtzCu1HK968AvfFPj7xBqdxHf3T2+nuThEOOK9Fs9P&#10;s7O1aQxBpsfeNY08kt075XC9uK/R8u4dwWCs3Hml3Z+b5jxHjMWmoPlTOAtvA1lbXpupmNzMTk+Z&#10;zW8wWNAsa7AOwqzNbFGJNV8g544r7WEIwXuKx8JUqVJu9STfqQxSG3lEnUim3N5Ldybjxiq9/qEF&#10;sCZHCAeprnr/AMZReS6Wq+Y4HVamUoQ3ZdOnUq6RR1ttfJAS0jhQPWuR8X+OIrkPDZKZJhxkVy+m&#10;3t7qeoO99cCC2HUE4qPxF4z8PeGo3SyAuLo/xdea8qrjPddtF+J7+Hyz94k1zP8AAdpOq3kCSSal&#10;OI4z/CTWHqXifT4ZXNivmz/3q5CXUrjxFcvLezmGAnhQcVVuNWs9KzHb/O/941408RKS0289z6ul&#10;l0Yu8t+y2Okg1++Wb7VdTCML0ANUPEHjiPVEIU+bKvA3VxF/e3d9NuMhCf3aWOJYxkAk+tcyg6ju&#10;z2IUI00TPc3Fw5eWVkH90HirMd6UQhR171nSSFqkik2it1RSWhrcneZt2cnmoZ3Lum8AqDzSlwWz&#10;UVyGbDfw1x4mC9nI6KTtJHeaJrXh9khtXQfaWGB9a09Z8Aaho0a6ikLtay8ggcAVy/w68P2Or+JL&#10;Q3GV+cc1+ofgn4M6L4q+GsNrLCkm6IBWI9q/K8dXWGkj6ihR9qj8xZNPWf51+WX2p1rrN9pE6/MW&#10;j75r6b+LH7JOr+Ebue90+JpLXJOAO1fOXiu3OklopYWjmU4IYYpU60K6vHUmpTlTdpI6Ww8YQ3Ua&#10;iT5SR3rYhaO4QPGwb3FeZRxNd6blFIfsRUmgavfaO+2diY896Uqa6GR6K1jG7FjGCTRWKvj20VQC&#10;vNFZcshH69amUtSs7/cUZrwf4i/G7T9d1o6JHOYDGcMw4q/8dfjxZ+DbuLTojv3/ACuR2r5o8U6h&#10;p+paidTtyFeTksDXiYDLamJqbaH0tasqcLntWpfEzSNO0GSxhmEs23/WMec185654zv9T1820kpm&#10;tScDnIrB8QTXV5ciOBnCH+KtDw/oMlqBJcHefU1+l4LAU8P7lJerPm61dz96bNY+Foo5vtC/dYZx&#10;UkOniJ8hAPerE928iJEh4WlaR1UV9LGnGPQ81yb3IriTyeEJDVFHjO6Xk1PMTwWWq8nznngVsZtg&#10;7hz8o4pgPOMZNScAYUZpFBBzV6AR7dtMLHOBwKmMohViwyTVVJ85OO9KxPkOC89acx3DkUZwKUDP&#10;SmVdEfl57kimiEYOamIIOOlGD3o0JIBaoMkjINRTaLb3aEGMZ9auKpfjpTki2HrWcoKW6L5rM5SX&#10;4er5huIWwy8iqdtr2qaDqSLdMz2anlT0rv1DMpUNgVha/ozajA0e0H3r5/G5dCpFygtT0KGJcXaW&#10;x6v4K+I91FBDc6LHtjXHmBa+mvhv8SoPFdoil8XCjDKfWvz+8JeK7v4f3JilQtascHNfQPwh8Ux3&#10;GqLqtu4jturKDX59jMC7t21PchVR9jQOWGSasA7+lcj4X8bWXicN9lcMU4Irqrebfkd6+XnTcXZn&#10;dCZYSPjk0105qVRhevNJuUcHrXLsdSd9io5O6nGQIvXmmXNxHGSAeayJrzDk54pG8YtmqboHvUYl&#10;Beskagi9TTRqSAE5qkjXlZq30S31nLbvyjgg5r5Z+KP7C/h/x9qM2oI4hncljtHevpRNXj2n5uam&#10;gug4yDXRRrVcPLmpuwSoqatNaHwja/sAXGiXLz2Vw8jpyq881CvwC8dxX5heF1hh6Yzzivv62uvK&#10;JIxTjIsspdlXn2r1o5rW+3qEaEafw6H5v+LdV1nw/dLYXbzW0kPAxnBxVjwr+0lrFlMNLELTFeA5&#10;Ffbnjn4M6B48y8tsiTH+MAVxFt+yToGmE3ESq046cV6FPM6LXvqxrzVYu8ZHlOj/ABumjXzNWi2J&#10;jOBXYeH/AIs6H4hO2GQA9OapeM/ggdH3vJEZUl4VQOlcPrnwiuPBnht721R1nkO5QAeK6o4mjU2Z&#10;308ZOOktT21ZY508yNwUPpTlDS/d5HqK+dtM1Dx5Hpsfk20rR+pB6V1WnfEPX7GwMUtvm5Ucg9a6&#10;E4vRM9CnjKUt9D2E27dSDSFPbNeGT/HnU9MbbeWpV84xitWX9orTtJsEuryNlB68VXKzZYmi9pHr&#10;Zhwc421GYSp3mvMrT9pPwzqth56y7cevFT6H+0J4Y1uQ263C7+nWiz7DWIovaaNr4maSb7w5POrl&#10;MKelfKuhavpPgrxC9ylzvvGfoT3r6+vdX0fxNoU8EV5Hhl7sK+B/jp4LOj+Ktum3aySSycbW6VpT&#10;tJ8jPGzSuqCVaDTaPrrwl4gu/FsIlUpIwGVBPFPTTbzxB4hTT7lNshO0BOleW/A/RdaOmQabaXLS&#10;6jIAPlOcV9pfCL4SyeG4FvdZ/f35Gct1FeHi60cO2luN5hKtRVt+pa+FPwdsvAbfbPJVrqQZJIr0&#10;8wRSOGYLv7Cp7YhpBv6DpWFFDdr4lLkn7NngV81Oo6kuaTPLZtrATjnA9KmWIAVIeXJHSk60kzOw&#10;ghBB61yviyWS0iPlDk12AXamc8VxHxKeddHeS0XdIPSqQkrjdDnCWwecbmPrXRWjK0W8fd9K8v8A&#10;AevXF8ohvBtdTjmvRre8VMLxspyTCUWaancMikwDyagW6Qjg8VIJFYferBkWY7AJ60k0ecHOBQ0y&#10;KnXJqLzDOMA4qA5WSKoC5zxXhP7SX7Suk/B7w9Ok0gW6dSEx1zXvOAq7SetfGH7cP7OGp/FLT/tW&#10;kq0k0fzBRXbg4Up1oxrOyMKynGDcFqeTfDf4qaj8TZLvVdVbdppJKl/SvAPj5I3/AAmccuhRSPh8&#10;5jGa9s/Z38DXJtX8E6qTZXa8fNwTXtGifDTwf4Z8XQaPqkKXN07YBYA5r6KVenhasrK6S0S7Hl+y&#10;lWgrnyP4T+PviXw3ZxWdwbpUAweDxXd6b8X7fxM6pe6ndQ45OSRX25q37NXgu4iE7aZENy5HyiuB&#10;vv2aPCLzSLDZpGT3Ar5StnOXObUqdme3hsoxNVXjLQ8b0T4j+HdLQXI1eZ/L4IZjXpngj4jaHq9t&#10;PeJf4Yg7ctVfVP2TvD89i9vCdhY9QaZD+y7Bp+mxW1ndtHjqQa82tissrR0k0z0IZLiov39ipGkG&#10;ualdXjay6OuSiB+Ky9O0/wAQeIbmYPqrQ20TfK2/qK7K2/Z7NlAAt4xfuc06X4O38UDQw3zRqepB&#10;rCOMw60Ul80dCyaocl4ludV1WG30+HWdjQ8bhJ1q9ZNrOmWKxtq3mSgcfPSD9nPUI7v7T/akmfqa&#10;t2PwLv0vWnl1R3XHAJreWKwjjZSVvQj+yK3ZlfSre61W826nrbRn+6H7Va1TwroMt2kra9Ipj+8A&#10;5pLX4EXf9s/bJNRdkz93NdBP8E4JssbhiW681zVMZQjJOM9PJGkMmqSVpHJxX/hLw3ePI+rSzeYN&#10;uN2ayL7WfBlldiZr6U+Y2cV6GnwE0chDOPMIOeTTtQ+BOgXkkeYRhOan6/hVrzNmyyGZyV9468G6&#10;UtrctA0xHKnHWpLP406Nc3ymy0YPnjcVruW+FXh64tkt2tUcR8A1o6X8OtC0gDyrJCR3wKxePwrj&#10;7ybfqb/2BK+5k6H8TQ9x8mkrGcZB2960U+Knie8u2ibTw1sv3crW02j2EeCkCoR7VchSNI8BFH4V&#10;5UsRTbuoHfDJKS3MGXx74mlIS2g8sHsB0qtqlx4k1i2CSTNE3tXW2wjiy5UDHtVJtdhuLvykxkVj&#10;7drVJHYsqoJ2sYeheHtSDrLd3bkr2Jq/d+Fftd4tw87ED+HPWt0yeYAAcUFSvU1k61R7M6o4GhDa&#10;JUOi6bJtLWiGRf4sVO6pCgRVCgdOKkZtnNQSsZSO1YuUnuzpjRitkRyXLLGV3cVl3FyWGATk1buj&#10;s4qlJEMFs1pFHo0qa3MbUnaE7gSK43xzIkvh26ZuPlPNdhduLhmU9q4Tx+sjaDdwJ94qcV7GGVpx&#10;XmewoqNKXozE/Y68N2tx45ubkcsH6mvvKRVDbUcMAMcV8S/sh6Ve2N5qI8s+a4OxvevrT4eaXqdq&#10;bw6ozEscpur7TF61L36H4BUlerP1Z1MRI4qXAPc0ohIJxUqQkjk7R71xCRFt4oWE464FUtY8TaV4&#10;egeS7u40CjJBYV4z4q/am0N5ptO0ljNc8qCgzzXRCjOp8KIlKMd2ez6vqtjoFm93dTL5aDLc15W/&#10;7SOi6lfTWmmOJ3TIwvPNeDaX4h8a+MdfvbfVHaHR5c/M7YwKo6NF4P8AhJ4gluYbv7feMSxjJyM1&#10;7mGyypVfLGLk/I82vjadKPNOSS8zo/inc/EH4pySWFsZNO0tjzMSVwK5vwvoHhP4VLHHq94NWv8A&#10;PzFm3c0ePfj3rni+xk07S7cafE2QJEGDivLrDwncr+9vrh7ydjkljX6PlfCWJqxX1hckfxPgcy4s&#10;wtBtUHzS/A+hR8dDaz+To9hHDbkYDqBXAeK0n8Zakby/mZxnOzPFVdE09LW0HzZb0rQwcV+j4LJM&#10;FgF+7ppvuz84xueY3Ht887R7IjsbWCzjCxRhcd6vKxYc1TAI71YgZcYzzXsuKWx5Cm3uS43cE8el&#10;Qz2+1SRUd9qltYRl5HGR2zXIa/49YwmO0Xcx4Fc06sKerZ1U6FSrpFFzxBfQaZC0k7hVHvXCN46t&#10;9QlaCzBd+mR0ql4qvvtmmFtTn8n2zXnlx450/wAPWbrpqCab+/XJPM1B76fielRyR1ldq8vwNjxX&#10;fypKzajceTF6A1yl18TdO0O1ZLH/AEiQ8ZNee+Idd1LxFdtJdSsEz9zNZsdmgbgZNeHUxdWrN+y6&#10;n19DK6VOCVbp0WxuXniHVdfuGladreM87VNNkuY4osHMsg/iJqnaRTNJtzgVdkshHEzHrRClJu73&#10;PTtCK5YqyKLXs86/eKr6U0RgneTk1GsnJpQ3evQVJdTLmtsTK2e9XTfRLbbFALetZoJHGBSbQDWz&#10;iiLkofOcUEnOaYjDt1pT81KwD8nrRdXJWLGOBQpyPcVFOu9SDXFiY3pyN6T95He/DEve3kTouNjA&#10;5HWv1F/Zc8USazoMdg6sPKXAJr8zP2cLA6t4witGPyE9D3r9SPgLpH9jXLW6wiNQv3h3r8Rz2SU3&#10;FH2+AXu3PXNU0uHUbd4LmNZIzxhhXzj8aP2SdE8Y2M91YwrHdYJAUd6+nZ4ixaqqwbNwBzu45r5K&#10;nWnSlzQZ7EoKas0flv8A8M4+INBv54HhDQoTiuL8SeAJNPvSt3G0KA9SMCv0F+KnhrVNM8V21xbD&#10;zLWR/nGOAKf46/Z90j4k6LCY/LhmK/MU9a9yOYvRy6nlywi+yfm3J4Zsy527SvY5or67uf2J5YZ3&#10;SOclAeDRXd/aFL+Y5/qs+xy/j3UtO8WeL59OujuuVYjJrgPE2my6BqEdqhaSInjFdv8AHDRLTQfi&#10;Y0+nEtNI/O0Vv2vhNdS0z7ZdxbnC5BNfU4GSqqMoaHfXj7jucJBbQpaIWQbiKlGXXB+VRUV0zQ3k&#10;kZGEBwKjlckjB/Kvt4RUVofGttvUswQr5nBqa82qAq9aiji8uLeTzVOSZnfJNbIAnlY4XPSlRiVA&#10;Yc1Bkh+e/Spt2OtWidxfucilV1H3jzUbHJ4NNKbxluo6UWEx83zcleKZ8o7dqXzdy471GVOOKdhD&#10;kZZQQO1OKY701UWMZzg1KCGAoATyjjJoA2jnmnZbIwM5q2YEVAWPzHtSKViHapTIFNIC9smptob2&#10;p5jULmgCNUxHuNERDn5ulIwZjx92ogTuxUWKKPiLw/BrNu0fCn1rE8G+KbzwJqn9nyMxs3OCe1dd&#10;5YK5JxWPrHh6HV4HOQsgHB714+MwSqrmhudlCvye7LY+h/hj4sj0aFryzfzY5OWwele9+CPHFp4m&#10;j2ROPNHUV+cfg34ian4O1Q6S6PNA7bdx6V9LfD7xkvhtUvFbmTkjPSvz7G4HmTcVqe1Cpyvc+tzu&#10;UEk8UwsGyc5rzfT/AInya9ZJHbxnJ6tXa6dKxskLnLEc18dVpShueth5qTsLcKGcms64Xr6VelDH&#10;J7VRlfORXMj3aa0KZRQTTSoPGKJDtPWm7wfrV7GwLCM+lTJIY12io92DzUoANIRLHdMvBqwbrMfX&#10;FVPK46j86pDUYJZnty+JF7U2uo9Dctbz5Tgn8Ktx3w7t+deWeJPHt1oTeTaWzTtnHyit3RtXu9V0&#10;1JpY2ikYZINFmTy3O4uVtdQCi4jWQDpkVFfaFpuo24iuIFeMdFIrFtrmSNAGOTVtNUOADS1WwnAu&#10;W/hPTY7cxxW0aoRgDaK4G6/Z2hudXm1H7SqpJ0j9K9Cs9UB4J4rRGoK6gb+PrWkas6ezMpQPEdc/&#10;Zu0+5jYsizSZ9KzNU/Zn0K/8PPa3FqrykccV9CGdYo8qQ5PvTre1SdDLJgH0rqjja0epHwnxnJ+x&#10;ra3FlJbwRmBT3FZ3h/8AYmXR7iRxKwLdDmvt54MrxgCoXtMJz1roWZ1nuxKnB7o+KdS/ZS8T20c0&#10;Wn6jKok6YJ4rw/4n/sh+N9ChN6bmW7us5Tqea/UuCPy1HAzUN7aQajgXUSyAdMitIZrVpu+5hXws&#10;KyPkr9iP4O614bg/tfxEjfa1+6HFfZU7CZy2OPas21hit02QosajsoxU3m7R1rycRXliKjqS6l0q&#10;KpRUUWk2jNLvU9B+NZ/2rnGajlu9vQ1gbcjNMTgHApn2rEmKyhe4PqarXWpGEHByxq0HszT1DWVi&#10;+QH61xfjHxCYtLmCfMcGppnklYuxzmsvVLRZrKbcM5FaJGygkeXeC/Edze63Mj/IoavXLfU2KKob&#10;PvXjVhbnTNbleQeWhbj3r0vSrgTQq69PWtGinFM60XjR2+c80llqEoBLtkGs5JC0XWoxK30xWTiP&#10;kjsbf9pNyM0+HUzGevNYgm45pGkJOecVPILlR1EGo+bnLVbhuo3yjKHB7EVyEU7RHg8VoWN6d2WO&#10;MVDgS6aPlD9pPR7r4fePLbxHpsJiDyDcUGB1roodPTXxpPigL59yArMRzivavit4Kt/iF4fkt5Iw&#10;zqOGx0rwrwVqsHw3v5fD99cfaSxIRTzivUhP2lJRXxL8jyKlP2c23sz6O0vWv7Z0OJ3+VguMVjXE&#10;CiUsOtcd8N/EjXev3FpM5EPO1TXZ6kPKmbH3a/NM0pSo4lxZ9rlMlOnoUZSiNgtzQJSvQ1C8e9t5&#10;NI74wAK8s+mUScyluSTTSy43Meaj3Z5pkjAigrlCWUspAJAqBSQKkOGXikC8H1oQ+UYu7kZp4LDj&#10;NM3c0x5D0HWqI5dSdiQvXNMYb4iM4JqITYGD1p/LJQa2J9NsIoLaV3fLHpVNrgIrCknuRGmM8+lU&#10;t5c5I4p7ijG1ydH8zJNTRPk4xxVPd6dKesxQVZ0qHUvsQ0DjtisDSrWP+1GJHfrWm0zfZ3PtWfpj&#10;s0jNjv1osFt0jodoR+OlSbgwOe1UzIVXrzUJuGUntUNEcly+F3cnpUErBW61VF2xFRSzbqaRcaTI&#10;dQlweOTVOV3ng252kVK77ic1Slm2EgHiumMdT0IU9jKviYs7T81ch45fZ4duXz8+3g11l+cvjPWv&#10;Ovirq8un6Q1vHEZDJxkdq9jCQc6sIrudmJnGlhak5dEztf2NdSmvtUljZMkN96vs+aL5iWKqAORX&#10;xV8AtWtvhl4Mu9fmIM4UuEHWvNLz9vjW9c8VXVrb28sUCOVBIIB5r7qWBrYmo/ZrY/nCeIpwbnJ7&#10;s+//ABH4tsPD2mzXckyARDJBavAviD+1PZ6lpUtvoLl79flCp6188+KfijrHjCMG5vmtbOQfOC3W&#10;uQ0vxRYeF9RBsLU37seZMZGa9vAZBWrO3LeR5WLzfD0FzOWh6nYWvinx0Jr7xLqL6dY8nDPjIrjr&#10;zxj4c8G6o8Wi2/8Aat0Dgy9eag8Qal4h8XwqjXRt7NhzEpxxVfw14NstBLSBN8x5Jfmv1HLOEJaS&#10;xei7H5pmfGNNJxwurNK78b+I/FC4Rzp8Z/hHHFVIPD8CP51yWmuT1cnPNax+Zs4Cj2o2j8K/ScLl&#10;2FwUbUIJH5hjM0xeOd603bsJbxiPAUACrIbyznrUQAQg5o8zJx1r0HqeYvI0bWc7q0V3P0Nc1Pq0&#10;GnIXmcLj1Nch4g+Kjwgx6cpmfp8tcFerCkryZ6uFw9Wu7RR6RqmpRabAzyuAAPWuIm+Ihmd47FTK&#10;3TIrl5r661u0E2o3P2ZDyVJrldU+I2n+GSbexiEsn9+vnsVj1Fb2R9bg8rbe3M/wPRJ72drKW51O&#10;byx1Ck159qvxGjBeC1jyV6PXJah4y1HxG5M0hWE/w5ptpYB/urwe9fOVMTOtK1M+vw2AhRV6urHa&#10;pqt3riMLiQsvZa5g6YyTHCkL712KaeFYAc1Ld2UbQHAAYCrpYaTd5ne6iS5Yo8/vtNCndWbIgjOB&#10;1rqrm28zcDxWHd2ezJHJr3aUIRWiOSTbK2nyn7Tk9Ku30mI2wcjFUtPQC6+fgZq/qsaiL93yMda3&#10;sRcwQOvFO6Cmrx7mnkcdaoB2c0mDk0ZxRnNAAFz061IvSmqO/anZx0pMQDn2pJBuQ4pAGzn1pJm2&#10;RMQcECuLE/wpG9JWkj2P9liyVvH0EjvsUEZr9VvhRPZSXhW3nEsgUZAr8wv2PPD76x4n8w5wO9fp&#10;P8HPC7aJr00u4kMPWvwjPn+/aPu8v+A9lmGWIIprpsjJA5qaUfOT6030z0r5I9owtf0D/hKdKmts&#10;BJ9p2v6V4b4I8cP4N8cyeG9SuS7F8KXPFfSCP5TblIFeSfFj4IW/iyY61pp8jUoju3L1Na02tYsh&#10;rsepxWi3EayKVKsMg0V83QfFPxL4fiXTpYZHktv3ZbB5xRR7KQuY534l+DbDV9R8+CDN6vViO9RW&#10;2my2+h/Z5l2tjHNdr8SvDOqaTr51G3G60ByQPSse41m11S2UgBJAOVr6/J8TJVVTvoRUj7tz5+8Z&#10;ad/Z9+w24BNYDPgfL1r1/wCIegx3GnNchfmHOa8dX5SQeCK/WqFRVIXPisTTdKo0SxyO6nceKiVl&#10;IOaepwpzwDUTKB0rqRzNhwW3Z4FP3bjmo2YKAOlPIAUc8Uyeg4DJphbLbaikmCkYp0bKPvHJNUIa&#10;D85HapduV4NRFhupUbNAAoz16ipo03yAA9arrnceasxMFIIPNMDVFosKBuDUUyB3DGq7TyyEDPyi&#10;rts6LHuk5qSiFUznNCqV56iiWdZZPl4FWvOjht8EZJpDKbN8vpUWAFJPT1qwqBgSelKI1dCp4FSB&#10;ADujz29agRNrn5sqamklCJ5ajK0lpCWOSDipaKI7vRLSW3eSOIfacZVsVzPhvxjf6P4g+yalITbl&#10;sLmu8EaheK53xD4Wh1NDMBiZeQRXjYzCKoueGjO2jW5fdlsfR/gTxHBbWcJgZSGwa9q8P6yLm3TL&#10;DpXwf4L8fTeHJVs7sn5TgMa928IfGO2E0NuH3Fsc5r8+zDB3TdtT2aFRwkfS0km5eDWbcfICazdI&#10;8SRXdqjFhyM1LcXgmB29K+PnScXZn1mHqKcdCKSXLZpFOSOar3Eq20fmPwtRanqyaLpv2+ZcRYyP&#10;ekos7Lo1FX5SzEBRyTUMGu2MspiilEkg4IFed6P4zv8AxTqjrDG0dmeMmuq0rwpb6Vcm5VyZH5IJ&#10;pcomLrtrqlzqcMlrKUgB+YZrbTTbUOs3/LbHzGlM+e/FRSSAcA4NOwib+zbMS7zErsfUVcSKJVwi&#10;gD0FZwl7mnLMysOeKVii1IBnINRnp0zULTfPSibHFIonDFBwcUXFxIbOQI37wj5aiDZyaRXyTRYC&#10;l4Zv9StZpFvGLrnjNdVBrTF8M2FrELZ4xzUDsVPWhq4mlI7GPUldgNwrRR1kUc5rg47kptIJzXQ6&#10;belwoJ5rOSsZyh2N0cMKbIoxmlX7oNMkPFZkEBfaDioGmODUr4qu3PSncaQxpMCozJuJpZDk4qJ4&#10;zg9quKLF3hATms+ZjIxOalfOSKrSZDelapWHca7DaR3qnduHjMYGannOzoOTUBA2kmqGcp4k0NLy&#10;EOifOnpVzw6jR2aq4II7GtSIb5GB6e9Tx26q/TH0p3AfvyABxSHOTxSkfN7VIADSGMJ4HHNMLEcm&#10;pmAHNRty3PSgCSP7uTUgbafaoQ3FOzxUbgbWmP5yPGf4hivKfG3w70PQdbbXb5d8wO4A16joikTA&#10;44rl/jn4OvfFmgH+z2KzqO1KnJwnozjrpNHz7d/GfS9A8awJDblBK4XIFfQgu01fTre7i5SRQa+S&#10;/HngKfQ7G1meza5vo2BZlGcV9LfB64k1fwNC0gIdFA2ntxXkcQ4aLpQrw9GdeT4h0qzhI0JJFU7c&#10;81E+eg5qW6t9khYioC/pXw5+iQ1Vx8ag9eKbKojOetNJwc0vmDGTQX5kZOTQCTx3qGecA8GmpPgF&#10;s8CmXytouCLgVBcssY4FVU1PfJgdKsvKjrlqdmTyNFZWGck81MZfl4qElOtIZAB1p2GoNjNm5iT1&#10;oCZHtShtwOKXfwFqki4wa3IpBgYFMf5V61LI6gY71CgE8ypV2OhLQfcb1sHdgQMcVQ0e4Jhb61f8&#10;XajHb2MVunU8Gsi1bybYBR1rbl0HSg5Rc2tzoElCR72PSqnnm4lJ6Cq8dx+4JeoreclicYFRy2Gq&#10;dm7lyRyDUMjEUOWYcDmob2Qx2pxw1NLU2S1IZpjniqM7gng0yKVnU7+tQ3R8obia6Yo9GESneybc&#10;nvXM+NGgHhm6uJUDSIMjNbV1cea2O1ebfGHV59M8J3gTPKGvawFNzxEEu5zZq1TwFWT7MtfBb4le&#10;GpdJvrfxFcoIlBAiY9a8d+JevaBq2t3EHhXSxGC/EyrXzXZ+Ip11mZrid1iLnKqa928E/E7QNMsV&#10;QQK8uOSRzX9CZRgMPCpzzla5/G+b4uu4NUo3Oy8M/DvVtWsYjfzkwEZKg9K7TTvDem6BH5USq7Du&#10;3WsDTvjPpa2LRmRYSw4yasaT4isdXcul0rknPBr9RwccPH+HY/IsfLGT1q3t2OhXliV4HoKkYYWo&#10;oJInA2OD9DT2btXuxWh8007jW788U1ZQDknikY9axNT16ztZBFJOqP6E05zUFeTKhSnUfLFXNeec&#10;dQeBWVf+JYbCJip3uOwrnfFPjOx0i0Gy6R2YdjXl2q/FWyslkb/WSHpXjYnMaVHTmPocFk1eu7uJ&#10;3mtTz+JV3yT/AGaIHnJxXJeIPHWk+DYxBagXNwRgsOea8q1j4h6vrMrLE7RwE8Bap21o0x824Jkc&#10;92r5irjZ4qTVBfM+9wuULDxXt5adkdRf+MtS8QyktIUiPRVNJZWDSvucFvc1S08BHXCnArpoZFMQ&#10;xxXGsDKUuarK57ntYwjy01ZBBaxpxiti2mjii2isoPk1etruGKJkdcsehr1Y0opWSMHJvdkyy7GJ&#10;HemmRmPJ4NRxsWzTzExqrWFcpajahoiUFc3MoG4EV2EoxGQawtQsckso59q0ixM5iWEGXjip7nKW&#10;pGD0q1JbgdfvUt6q/Y8YzW9yehzIwcmnquWzSbcE8UtUDAr1pVGaci7qkWPPGOaiTS1YJdCNRu4p&#10;SMjpTzEVpCccUlJS2Hy2DHyDFVrtSYW57VaHtVe+U+Q2OuK58RpSkbU17yPqr9iG0aS+Yodretfo&#10;V8M0uodal8yTzE9K+BP2F7CV5JHY4FfoP8NAqatNhtxr8Fz7/eWfdZev3Z6e+CaaRngU5yNxpO/F&#10;fKHtDCCKcDtBHY0E4qN32LuPQU+gyhP4R0i8maaW2QyOcscUVKdSjzxRRr3CyMHULZdU0zE6h1Ze&#10;9fH/AIqsNc0H4kSlIn/swtxgcYr7Ta0MGiw7umK5bxZ4attU0lyLdWkI4bHNdmHrvDVFNGatJWPn&#10;3XkbV9EKxr/DzXhGqWZtL10I6GvXNcuNV8Na+9nLGRZOcbiK8/8AHVuttdecnKvzX7TlWJVaOnU+&#10;azOlaKn2OYupS6hRxSRR4iy/WkMZKh88UOSUxng19DbqfPFSdiz8HirCODHzVW5Ajwc05H+TpVCu&#10;JPhzheKswKixZfk1XxxmlMhZAAOKYAZl3HGcU+Ihz1qJI+9OERUFhTsA15RFOI85zVhXwwqgLcCX&#10;zCcmtGIhhk9aBliCQg47VZEg7VUUjPNWVQld1LQB2MkcYqR+VH9aYDgUm7Dc0h2JVboBTrsiKMdy&#10;fSojOoGO9Izll9c+tSWVlcRNk81aW6YgADAqtInIzUqEcVD2A0B/qxSquODzUazAqN3apBIO3Ssm&#10;ykcx428OPfWZksxtlHORWX8OvEEej3yxX7ESocc16LboJAQ3QivMfG/hqVdYjuLdSq7gTtr5bM8P&#10;GUXOJ62Fqv4JH1z4E8V2upQxKswHoM16fbsNqHqK+WvA+mSDRILq0mPnRAFlzXstp4/+weEprqcF&#10;ZYUOM+tfnGJheWh9bg1yK50niqecyKqZ8ockV5lrXjfVvFesQ6O8RhsIWwzEYBFcL4F+K/ifx14v&#10;uGMZ/syBjkn0zWp48+K2nf2mLSzVIZV4kYdax9k4+6ejzLc9osJ7KwhhtrHYWwNxFdPAWkjUknNf&#10;KEPx+0Xwg4ea486TuAavaH+0zefEHX4tP0O3faTgtjioeHnvYv2kT6eupWgHy81AlwSpkkOB7155&#10;H471DRfk1KBmZRnpXnHjL41aqL9FtrWUW7HBwtZKm2VzH0L/AMJFAZfKjO49OK0o33oCeM14n4b+&#10;JNlZRQS3ELmeTHDCvQtU+J+keHtLS91FhAjjIDcVDjZ2RZ1o496QZ3ZriPC3xX0nxXJK1ncI8aDJ&#10;waIPjR4cm1VtN+1xi4DbSN3elyvsO53W8n2pykCorcrdwCWJg6EZBBqRcgAVBW4s0vkRGTBOB0qn&#10;p2pDVXfClNvrWqsa+VlhkehqqIkj3GNQmeuKBoQDD1saMGaYE9KwLe7FxeCBVyc12tlYm1VSRyay&#10;noiJOxq7sqoFRSEgGlyVANMmkyhzWPQxICQx5pjkdqUH5TjrTdmTyaVrFIhl+XBphO4c9KWclWx2&#10;qEuWXjpWqVirEbgDNVZVywAq2q7zUbptbitUOxUukVEyx5qmkbTPnHyitG4tPtABzUlvCI0YEdqq&#10;4zAJxdbQO9XyuDmqyQl75sDgGtP7MduSKVwKhQNSn0qcW5B4FK9tJg/KaAKTHJx1qFpt0uzvUtyW&#10;tOSpyelTaVpshc3M6EA9OKSBshRfmxVuODeRgUrQEzkhcA9K1dNs93bmpk+o27FrSrcRICRWtFEs&#10;kciuMgg4qCFYohhpFU+hNTNqVlanEs6Jn1NYN3OOb1PF9Y0Y293qsVykcnmhhEGrhPh58WNL+HOo&#10;z6JrsqxSyuQik4713XxZCw69a39vep9nVgXw3FfFv7Ynh6TVNesPEOiXwPlFS4jb0r1aWEjjY+xn&#10;szgnVdF88d0fc2oX0OqqlxaENBIMgiqUsRUCvDfgp8e9KsPh1BHrNyv2qGMDDNzXPa9+2TpNvfvb&#10;xRkKDgMe9fATyXG+3lSp020mfoOFzTD+wjKckj6MdXxmopCwQ5r5f1r9qS6lsfPs8BcZ5NcQ37bc&#10;9pOI7pQQDgkV2R4bzCauom39uYCLtKZ9lZyGJpYyTC+emK8i+En7QekfE6IRQOqzjqM16w0+yJhX&#10;i18LVwtR06qs0fRUKlPEU1UpO6ZBZHDt9atSSDoaoWkm5m7c1MJcse5rBI6+Qsscx+9RMcLSeZtB&#10;Ynmo45TITmq5QUbE6SbV461IJBjNVGcLmkV9/eixThclfBkz2qTTysd4GbkVWMh6VZsF8uXeeRQy&#10;JRtFowfGLSTakhVSEz3qzbygxIgGTiq/inU/tF2qBQMGiycxorHmupL3UdUIyVOKZpyEKo3DFG9Q&#10;AQOKgnuTdYHSh+EAzWdiOVtals3aiMkCsz7Ws7sr9KlRsZBqhKAkxx1q4o1hCzI7iRYpMDpVG/kM&#10;y47VLOm5+pqGWQRnFdMUelGNjIlU7uO1YHxC8ODXvCF7uwCEP8q6SYbcn1qn4mugfB18MH7p6V6m&#10;CbjiINdzzM60y+rfsfnTqmgR6d4jkglXMZlIz+NezaJ8I7KfRUvLb5nZc4rH8ZaBbJaveSYV/Mzz&#10;Xq3wmY3Hh5TncgFf1FkmGp19J63R/C/EGMq4Zc1N2szzr/hUMl1azvMXRh93FYD+FtY8IRGS3eVs&#10;nivpnakibSgxVK80qC5AV41K/SvrJZVB/wAN2Z8bTz+onarG6PnnTPiJreh3Ci4DsCeldvbfHayU&#10;xpOpWTvmuv1T4f6bdOZPLG/sMV5n4q+C5keS4jXHcAVjOlj8LH927o66eIyvHStVjys6bUPjhp32&#10;SURkB8cGvGL3xLe+JdXlujcFYgTgZrD1/wAE6ta3BRUfaD2FYhe50d/Jk3Ix9a+Xx+YYquvZ1ND7&#10;PLcrwWFk6tH3my7q+qTXF26ee7gHuaopYtNIDIePekjdRJvPJNdTpJs2tHa8Qpx8pxWODwn1n3qk&#10;tEevWq+z0ijKigS3UBQDW3p2nfaofNLBVXtWNkGRipymeKlF7LHGY1YhT6V9PTpRpx5YHnSm27s6&#10;aPUtPt7cxbcyetMtbsDvxXNQREcnk+9aVu+OCa25bkXOrtpEkj460rLtOSM1k21zsA54rVtpPtA9&#10;qfJYm9yWCcqwHFagYMmax3QI/HarUV6FXBqHHqO9iabLCqTLkEY5q6kwmWmSJge9ZbFnNX9qyy7j&#10;0qndcwECuouLZZ12kVlalpn2WLdjg1Sdxs46SIgmmlcdRWjNEGJqvJFnitDNojj4qzbLlhxVdcg+&#10;1WlnEaggc1zV4ykrI2g0tWWLiJQucVmSAA8VZmvTMuO9VMkmow9OdNNSKqTUnoKvSl82OJHMoyMc&#10;U5VJAzVTUFAjI70sV/CZVJ++j7W/YihNzp1wbcYc9DX3l8NdGewmeWbJkavhX9h93i0CYwL845zX&#10;3V8LNam1KaWGdCGXua/B88f+0yPvMvX7s9FIBbmncE+1NdSHPPApM/LXy564rEE1HKoeMqaQPjoM&#10;1G0u05pAZ5045OOlFY9/q95HeSrEQYweKK05GI6LWAYtIjHYCs0u8+iSrAu6XB2itLXyVtBH1qDT&#10;F8mzBAANTcySsjwTxt4G1fVtNupr+ERFclWxXzhrS7/Otp/maIkA19zfFVrm48NNHbcyMMHAr5O8&#10;S+Ef7Lu0aZdzzctX3fD2MlGXJN7bHHiaftabR46HYEoeBnpRL8pAzVrxjZHTNVIQ4T2rJmn3RKQf&#10;mr9ZjJSSkj4eUXCTiyaSHew3HIp3moBtxTWOIlxyT1qN1WPljVElhFLqcflUe7GRjkVBDckk7elN&#10;80s5zxVAyRZyr4JqSWVsDFVTh2z6U4N5j49KYk+5KJFIx3qZZxAB6GqrL81TxxGXjGRTHdFqGZZj&#10;xxV0HC4zxWcirEcLVrO1M5qBlhnCKOaiMxYnvUEj5xzTQecUFXLKHccmntLsxVcuFGahaRjUtjuW&#10;ZJ9xqSIknNUj8wz3q7aycYNQ2PyLOM9KVZCGA7VE0mzpT4AZDz0NYTdkUtDWgIIXaa04dEhv1Cuo&#10;Ymsm0KQqSWHFPbxZBpsTuGyy8gV4uKklF3O2km2rHZaL4WuNBje5EoS3AyVJ4ryPxr8aLq88QnRI&#10;Yv8AQ87XZelJqfxO1fxTDPZQS+TGoxnOM159FqFnYG5Tb9p1HBPTJzX5/Omudtn2VGTUUj1GX4p6&#10;b4C0GSPTFBuJV+fHqa8l0XSNd+Inic3UMhVJm5wfWq/gLQ7/AMWeIZF1C2kjti2MspxX1j8K/gKP&#10;D15HqKTf6O3IWsJyhRTfU61zVNDxfxF+z0miSWc14ZJ2mIBHJ619FfDH4MWXge1stQsbRfMkAJOO&#10;RXq0nhrT7+KP7VCspTpkVoxAQRLEgxGvAHpXl1MTKasdcaaWrK02jWWpxq11bqZMc5FVH8CaHcEF&#10;7KMgewrYHzMDTzwQBXI2+hvZI5+4+HGi3V1HL9nVNnRQK574ofBWx+I2npatKbeOMYAU16IvNKWw&#10;MZ5pJtO6GeGeBf2dU8BQ3i2t48plUjk15TqP7KPiFfF0usW95KFaTfjJr7CgfEzAnil+1SlyoPFb&#10;RrTi2+5Lgmec+BtO8S6DFDa3OZIVABY16SpHB796ZFNLJkNjH0pWTavXmsZO7uUtCRroMNgH40m3&#10;t60xWCx4AyfWtGzsvNTd1IGahlpkuh6XFDILhwAfU106ss2G81cD3r4g/aw/ag1r4X3aafpcLF84&#10;+UV4rpn7WPxQ1e3hWysLlmfp8pr0IZbXrwVRNJM8utjaUJuL3P1PPkKoL3CL9WqGSS2P/LzHj/er&#10;86rDxf8AG/xO8JNrcQo3sa37FfjFHr1qlyJ1ttw3k56VDyya3mjNYyL2iz7rnubOH711Gg/2mxVe&#10;71awtLYzm7idR6MK+TNd8O+PvEurwwR3clvBj5m3EVpWXwy8Ww27W8mrmXP96Ss3g1HeaNliG9on&#10;0kniTSriMP8AbYRnsXFVpPFei2zlHvoAf98V8z3Xwi1lbiMtr/lnPzKJOlN174QAmGWXxNsK4Lfv&#10;a0jhYfzGiq1P5T6QbxxoqO3+mRAD/aFZU3xV0ICVzcJsi6818+6vo/hvTbVGm8RYaMc/P1rzXXvH&#10;vhezjngh1JpM8Eg9a3p4OM+5M684n1Zc/tHeF7dPlbIJxkVg67+1p4V0AiF8tI4yMCviLV/i/oln&#10;C1rFE0hB4bFcvqvxBi1C0Nz9gMrqPlJFdqy2F9bnO8VOx902P7XnhiW+8lUYu3PSs63/AGytHPia&#10;TT542WIdGIr4N8PeOr+KSWdNILuehI6Vck1jV9RlNz/ZO2Vj97FbLLaSvf8AMj6xVlsvwPvbWv2t&#10;tFtVItfmfPFZs/7Wcd3bKloF+0N2NfFGl2ms3kxL2hwfWt/w54K1q51EvtaNQeKlYCgt2W6tfdRZ&#10;9TX3x012/jRx5alTnBNT3/7QniQacvltCCo6bhXiv/CsPEGpRApePGMdq57WfhtrtlJ5Z1KTHfk1&#10;X1XD+RcfbzezPd0/aK1+XT3JeIXI6DdWXpX7VniHS3k+3sgHbDV8/T+CNUswZDqL5HvWJe+H7m6J&#10;82+Zj9afsMMuh3wwuIm9Is9k8Vfti68dVDW82IgeQGrmfGf7X+s6jbp5Nyyuo52tXkd14LLuT55I&#10;qqvgiENlm3VapYVWdjpeV4ue0PxOm1H9pbxDrFjLbyXUjBhjOelcjD8TLmS2khvLmSdWPRucVqQ+&#10;C7RFOAMU5vBliB9wE10RrUI6RVjOWQ4uWtkck/ipROPLnkCE8oOlTax4ht9RgjVLUh1/ixya6uDw&#10;fp0bhvJBrag0HTUQYgUmlLF009EEeHsQ178kjzprzULmwEcSMseMVzr+CNS1Ob/VE7j1Ne5R2Nqi&#10;4SFQPTFadnDbQ25cIocdBipWPcPhiOfDan8czyPwffat8GdXtr2PeEZgWUV9/fCT4p2vxG0CJwwF&#10;yEG5e9fLiaDaeIyftaqQo4BrjbP4m33wf8YYsAxtc4K9sV4WZYKGbx5oq1RfiejgKs8hmoVZXpN/&#10;cfoQkzRlh0xTobnDE55rzf4WfEqL4g6Mt1vAkIyVzXZrd7Scdq/NKmHlRm6c1Zo/VqSjWgqlN3TN&#10;hpjI3JxTorlYyRmsYXLueuKDKUbJb9az9ma+wuac1yCxINJHc5GAeawLi/IJCmobfUWWX5jirVE1&#10;WGdrnTNNtPWrltqAQbTzXMtfZYc5q5a3BLDNT7PuZToaFfV2E1+GPAzV7cPLXaeBVDVPmkBHFQrd&#10;suFBzWltClC6NuF1IznmhpWY+gqhG5UA561IbjeMdKjlI5GmPklZnxmoJWKnPU07uOaq3t0iOFU5&#10;rRR6m0Y2dhjyEZI61SlYltzVYLlgfSqlw4Ixmt1E7oxsQXL7xiqXiS4S38L3KhQzEdDVktuOO9ZX&#10;iOzNxZlN+D1x616OCX7+J4uer/hOq+h4B8UfBU9x4PF8Y3jUvngcVtfBpDF4cWL2xXY+O/E0j+C5&#10;dLns1WONeJCK5D4PzifTrjsFJwK/pjhTEqrpbVH8K8XYeUKTl0ud0sYSkkQlcU9sk5oY5FfqKR+R&#10;OxUeFvWlMHmptfn2qy2CtQvIQcLWi2sZO5iXfhi0nlJeJTn2rwD45+DYdOk+0wIFHtX0yeRluteQ&#10;/tAWq/8ACPmQdcV5eYYSlVoSbjqj6PI8dWp42EObRnz/AOEtLgvJllvH2xL1zW94p1Oyuo0tbRAI&#10;k43CuN066keAxglRV6KEqv8AjXyOBgotn63iGSx8ADtV6KzSRN6kcdaoqCzAetWpreS2jBDYU9q9&#10;pHCSeYFGAOfWp4Blc55rPi+YZzVqEnGM1tFGcjSt5O1Xra9MJwDxWQkgTpzUiTlnFW0Tc6gIzQ+Z&#10;nrVffg81Hb3f7gKW/CnMu4DFc0tDRalmG8EZq7BKLnvxWYwRFAHJqazBDcHArCRomX2TD8dqdfWf&#10;2+0K9xQRjpzUsYbGAcCsth2OIn01reVlPrWfcxFOldZq1qQ5bqa5q7HJyK3ixMz9pemEFTirXY7a&#10;hdeprVEMgOAacgppAPvUiRkikxocCcVXukEinJ5qyVIFU7nh1B7muPEL92zen8R93fsLGK00lzIu&#10;VPXivvbwla2cSGe2Xaz9a+Mv2F9Kt4/DJlnTK4719q6EIjH+5G1B0r8CzxqWLlY++y5fuUbu8nOe&#10;9NY4HH600HIANQXEpDYHSvnLHsLUmQb2wK4/xv4vi0G2ki3bZSMAmtvW9WXQ9Gnvif8AVrnFfGfx&#10;n+Nk3iWdrewUiXdtyK6aFCVaWhpGDlsdlqPxfvLW+mi80Ha2M5oryaw8E6nqFnFczSN5ki7mor6B&#10;YGNtztWWYh6n6BXUZl0yOST75plsmLfB4prXw1O0HlYwKsWsWy2+brXyb3PKWxnXcC3JMTLuU8c1&#10;4f8AG7QItI0yW7UbpRkqK97lXLZArh/iXoSa7pxhZd2RjNehhazo1YzXQ55aHwTrk0uqxmWZSrA9&#10;6wXjCqMV618bPAl14W0sTWcRkU9dvavHrC8VrXMn3+4r9vyzFLE0OZM+Rx9JU6t11LkbAx8nmq85&#10;GDls1IkqMpbtVC6YPuKmvZTPKepLb3SwuVHNIZt0pOcCs63G4tzzU6vtJBqhFvzck4NKs5zgcH1q&#10;q0qt0IFQtdGOQAc0wNpUBGc1at5AqkA1lRzkpVqI5HIoBMueYC3HWlaQ5warB8Hg07dluTRYpE5b&#10;PSlU80wdBzSkZAGelSUSYzSEUqkGiR1jG5jisZSsirAOvSpojhvQVlXeu2luMlxuHbNYeoeMFlUp&#10;G20H+KvOq4unT3ep1Qozl0OvutStrbiSQfnWbJ4pS3uFEZ3Rk8mvP4bs3morBcTkiQ8Y5rs4vhb4&#10;j1uSG20uzklikx+9weK8Svm0Yp3R6NPBOTNHUfEkCAMkpYsPurzWbJpGva5blrGzlkVz12mvq74J&#10;/sl6fo+lxXHiNftE7AHY3avSvFWmeFfAumiC2to4rg8Km0c18fis5dVuMEevRwkYPU+LtI/Z+8Q3&#10;emx3ab4ZW+8tet/Cv9lixtLhdW1VfNm7o3evofwpZC+0dbgxBQ3IGK1VjWJSgGPYV89Wxc6mlz36&#10;FFR1OGk+FHh6G3K21jHC5/iVRWrYaYNNsltVGVXpW9OCARVNq5OZtas77JbECII48GkAyetPbGKF&#10;AoKFVcCnDBoJA4pMgnrTEKWwevFN35JxSN+tA4ANACKuDkikIycjinFg5pvegByk464oY8YzmkU4&#10;61atLYzt7VLAdZWjSYyOKt6hqdv4f0+W4mkVEVCfmOKuRr9nhO1cmvib9sv4q+JLOX+w9EWXzJvl&#10;+QHitsPReJqKmnYwrVlRjzM87+JfxC0L4gfGoQagkb2MEvzMcEEZr37UPjT8KPBej2sem2FtLcRo&#10;ASEHWvgrS/h/q8NwLnUpHW8lO5snmu3h8LWYt1WUs8h6kmvpK1CnJRhzO0ew8DhKsk6s6er7n0xd&#10;ftzWVrE0em6ZGWX7uErlJf23te1mWSH+yxHngNsryO08MadahWjQbq37C0sVZSIU3D261gqVBbRP&#10;U+pSfxWXodLP+0V4zuvMMMDRqejAGsjSPit461a+dpb6SFc9ya1LfULZmERiRF+lVtQmgtiTDtGf&#10;StFyLaKJ+opvVkF7rvi24ujIdWkIP+0aydam8Q6jF+81iUEdRuNaCa2sMZ3jJPQ1h3N8ZJmbd8pq&#10;ua3Q6lg4NWaID4VutcsGMuoyMV6/MeazrPwlp9qStxmUjuTXUaZqUEduyA4yOawdQugZ2A+6aPaS&#10;N4YGju4lK70bRY2G2zD474q5bW+m+UFFsqp6YqoGBHrULSlTxwKhyk+p0rCUVtFHQqmnQR/uYUX6&#10;CpIL6FDgIu30xXORXRXIxnPenF2P3aht9zeGHgtFFHXw6wkbjYqj8K6PTPEqw4ZSAe9eYxu696nS&#10;/kVTszxUM2eGUlZI9stviQIY9pYKBXP+IfHEN6hKkZrzL7ZNLncxFV7icqpAJNLQmGC5ZXZuah4j&#10;MyFM1zl3cb8kEiq80hYYFLCRsKnlqpI7o01AgMjZ65pATI3Bpnlukh38c1KmB0NM1TsWYFXBDNiu&#10;f1qe7inUW4LLmtV3wSM1HuyDxnFCdtTOo+ePKnYn07MkKeYcMRzV5tsZwpzWVbTmRj2xVxHB5rNo&#10;SehYaUp0NOWdjwPyqum+ZyAOB3p33SRnmpBmla3Jjyd22uC+I8CSwtMsO+T1xXWeZ60ktrDeqUlU&#10;MD61rRl7KameJmGG+s0nTRy/wH+LF34R1yO0mYrbOwBz0r7g0vXoNW0+K5gkDB1B4NfAHjLw61hI&#10;ZLKPawOcivcf2afiAJoxp+q3ewrwA5rz87y+GIh9borXqjThXNKmFq/2Zinfs2fTMd+R3onuWkXI&#10;NQzeTtDRMGjPORQrLsznivgXGx+vxinqR+acHceaYrbjmkJXcT1pN+farsjSxZjchuuav298In+Y&#10;4X1rJSTA6095N8YAGealxuYVI3JbvWJLq6McSEr61JHIU5brXTNo1jp/h1LkFTOw6d65mSRWiLHr&#10;Ucpw0Zqsm49NCZrxnXAODTorphwTzWcswIqRJljOSeKOQ6fZmrJcbV681nSvhsnk0iNJdMWA/djv&#10;UMsoLEA9KajY0hFdCU3B24HWonJIyaIpFAYnrTQ+9q0sbWKctxJDcqoXKk9a5L4ga7cafqFnFDkh&#10;2AOK7S8bO3avOetcF4wjN34h0+IjksK9PAJe3i2fNcQu2XVTmv2k9Rew8A2jwjypZANxFcL8EL+4&#10;eyjH8LfeNeiftK6c+peGLWxgTe6qM4HSvOPhDA2kBLVmy3celfvfB0l7TlP4v4xhfCtntO7HFRu2&#10;1utLnb1qtqLbFXBwTX7Oj8JJyR1J4qNmMv8Aqh8o6mmoDsTPQ1ZjdY0KIOvWtEQ9SueVrzf44wLL&#10;4YYH0r0l/lzXn3xgj+0eHJB6Cpre9Tkjuy58uLpvzPlGzURswA6Gr6MSOeKoGTyZZAOoNTW8hcZN&#10;fD0vdqOB+21NVzFoEnkda6PStJjvNNea5lC46A1zqr3zUj3coXyw5CdwDXpWOQdPtWUrEcqD1p8b&#10;nKj86qrgdDViFguc1tFkSNCRUUrsOcjmnKR261UTcATggVLESRnFKUhJF2KbyzndmtfT7lZ/lrAA&#10;FaFiwiYHOKxlqi1obM1sUYHHFKsgQig3PmxjmoGfFc9jU04LoFgpNXO2QawY1YuCeBWpFOAoGeai&#10;wxkq75MNzWVq+nptLKK1n5bOahmTehBoTsxHFum1jngVXkAPStm+tCsp+XisyeMq54xXSnoS0Vig&#10;yMVYiUUlsyxSZcZFWTNG0mQMCiRSRAE3uQRxVd0T7dCrdCwFaBkXnAqpCofVrQEZBcfzrjrt8jsb&#10;01qfpT+yxaLpPw4WaFcsyjivqfwIzzaUJZF2k9jXzl8BTHpvw2tNiZdlHy19NeEW8zw7ExTYx7V/&#10;PebPmxM35n6FgF+6RpucnAqJ05GacXCDrzWXrWo/Y7d5CdoA6146Vz1oxuzxL9pj4ky+FtLNrbHf&#10;5gwVBr59+H/hweJZv7QuY9mW3YNXvjlqtz4t8ax20b74g/Iz7133hnSF0jSYIwu07e1fXYWjGlTX&#10;dn2GWYOLfPJbG3AiQQpGqjaowKKYM46UV2WPq7I+gPh/p1xrOhx6pFJiGYZC11QhaFdhH41lfBeB&#10;9K+GFlFdfLKqDg9a1XvRO7ba+EqpKeh+K0pOWjIJhgHFc94gsJtRsXihba56GuidM9eKpzD5jiiD&#10;HUR5B468EtP4Ivo7srJIqEhj9K/Pi8H9m6/d2jSbgJCK/R/xZFqOq3rWKhvs0nDfSvjv9pD4RxeB&#10;dQ/tOHKo53Ma+64exsqNX2LejPHxtFVKV+qPMZ7xUiVFqvJIFj3FuTVWG8hvLZWjYE+tQnczcniv&#10;1OMk9j5GStuOMzpJkHg1ZFwPLJJ5qpMQFqHeQQe1bJkFkSHfknAqwu1sGqMn74KRxirtsyFQpPNO&#10;4XNKMgqABVoMQBWYtyE+XpV1JCyCgLloSjFPUg8iqH2mOI/O2PrVS68TwWp2p859qxnVjDdm8ISl&#10;sbwkAHNU7nWYLYnc4H41zF7r1zdriAEMegqK28Jatq8TzTo8cY5ya8uvj40tEd1LDOe50x8QxyQM&#10;8PzEelYUF3rGsaulpBC7+YcAAGtDwZ4TOoXUdvbzec4fDKK+wPBvwx0/R7bTrn+zg13gZYrXy+Oz&#10;xQjyx1kepSwNneWx8d+Mfh7eaMifaGdbmUAiPvW34O+APiDxjpqW32SSJnPEpFfdN38EdG8SapDq&#10;OpRKzJghcV6HY2Fho1pHb2ltHGEGAQtfJVcyqVNep6cYRgrI+XPhN+xPbaBNb3fiCQXJTBx1r6c0&#10;nw1o/hyJIdPtI1VRgErzV7c8/UnHpVqK3B7V41WtOprNm8VcYUeRgx4x2rA8QeAbDxHdx3V2u54+&#10;ldUFwAKkaMFOa4pVGtjthTMfRtMisITDjEYGFFZt9BsmYgcV0EowMVk3SMWOelZJnoU1Yx5V3jpV&#10;SSI5wK1jDjPFV3jHIIrZSOlMyWXa2P1puewq9NakKTVaGIljxWqdxkeCOooPsKsvHuFM8vavvTEV&#10;yaarGU7cYFTMoHNAPy8YFADNgjJHWmA5NOk4OOppY4mLdKAHQxGVwK37S32RAY59aoWlv5Q3mtqz&#10;UvA8zcKozWbdwem5yHxC8ar4H0nzwnmu3GBXinjHxh4OuNEbV9Rt45NTZSUDDJBqt8dPirFp+rS2&#10;0y74FyMGvlbxb4oGt3jlWbyc/KueK9DD0bpS2PRwWAVZupW2WyHeINfTVdZmugoVCSFA9KoGVXQs&#10;DWWt0iYUr1qxtVFBB4PavYS6H0DiuhdtLhvNCk/LWiZ1icGNue9ZFnGZ5AkfzMe1Xns/sDfvc7j2&#10;pC5EXZtQJ5Jwaoyag7NwxIpZSm0FzgVGLu0i4ABqWzWNJPVkE8txOcKCRUaJLH8r1oLdxoCUI57V&#10;QupXdiwoub+zikSowjU+tV5pxKCMVU3zGTBPFXzGnkf7VVc52lco7tgPOarmbLe1TTWroNx6VFuj&#10;VOnNJmiRZt5kA5FWEnRTyKz9uxAx49M0qXCng9aTOiKSNXzULL71rNd2EFlsVQZT3rlnulzgdaZ5&#10;+Tkms7HbFx3NMyLk4NR2lpJqlz5MXJ71SNxnpUlhqcumzGWH7xFFinJFi9hi0xmhkILisqS4Ak3K&#10;ajvp5L65aaQncahVcEZ4q0jjnLUulmuBknJqBw60sU4jbjmpJZQRnvTMLkAODzQDzntTN3zEmnqM&#10;8mgVxwKpyBgHrViJ1Cg/w0aXBHe3fkP8q+ppL6BbS8aBTuQdCKTKTR0FrHEll5uRWRKwkkJX1qI3&#10;JFt5StxUcSmPqahobZYPBp68kY61AZlxyQKs6ZJE04LsNooszCco9WLfaeL60ZDH85HUivGfELX/&#10;AIP1hZoJWjIbPymvd77WLbIWNhxXFeNvD1vr9m02R5iiuzCVeSfJNe6z5LOKHtYe1ou04nuX7Pnx&#10;U/4TnSY9OnbNxGoyxr2K8Q7fJRvmHWvkb9l5rPw94jlF3dLCScAMetfWouI7mYyQMHQ9GB618XnO&#10;Ghh8U/ZrRn6hwrj6uNy+Mq0ryWg5oxFEqn7wpoYEUk5JOc0zkgEV4J9mtESr8ze1WkHAwOaqJnHp&#10;VqDJYdhSBl24mmltljZiUHaqLKSKtS3AVdveqrSdqTM4xSWiI/L2800oZQV70/cAKdA4DZosFiaF&#10;3itjCOlVzFtPPWrJ5bNRygs3pRuNJIqyPhsdKcZQuKZIvz89qY3Jp2KLkTI/JHSvK/FeuLD47sYh&#10;z81dzqjXD2+22OGPevGdftby1+Iuk+cSxZ+fzr2stgnWTbPi+Kpyhl80kexyaS/ibVJLaWAuGi4Y&#10;jpXklv4ZPg/xhPbSjLO3HtX1B4C1iym1v7EYAJhD94j2r50+JyzxfFaRRMCm/pX67wjW/wBv5D+S&#10;uK6TeXykzpWXOD7VU1E/d44FWolc7cjtUepLttmY9hX75c/nxdAjZZIhg5IqTbtHvVDQ7hbqJiva&#10;tJuMd60WplJNNpkFxynvXD/Ea1kudCmCjcdprup8EYrnPFjCHR5/4jtNKXwtHVhXatF+Z8Z3Vo8G&#10;ozhhzuPFWYkITOMVPrdyP7duCy4G41GZQ/I6V8bGKjWbP2zmcqauJuA6nFO6ipbONGfMv3aSYr5h&#10;CcLXaYjYYWl5UZAqVIyZUP8ACDzTbe4NuSoGQa0jcwNabVXEnc07gS3k0c6xrEu0Ac0wuFAUVVVt&#10;q9aehLfdGcUtAJs80olKGo88Zz+FRs9SSbFhfDo1XyQfmHSuZil2OMmtu0vkdAmeazki0yWW5k6C&#10;p7C5Zmwx5qvI3PFS2bL5wJrJmhs2g82cKec1Y1GHyHA24BqnaSBb5WHarutXwkZAe1RYZny2qzjp&#10;XO6pp7xMSBxXSxSBgCKdKkc0LBlycVadiTgymM5FKAce1aN/YGJyR0qkqjHNa3uBdjlhFsQUy3rW&#10;dpkTy+IbJAM5lH860EZVi5HWn+HIS3iexYDI8wVx4h2pyOil8SP1Z+Bfh6EeAtNL43mMcGve9NVb&#10;TTo48Ae1fMnwr1rUTp+jW8ETCHYoJFfTcCN9ihLfewMiv52x7bryfmfpOESVNJA6bjn0ryn45eNo&#10;vDnhu5Zm2HaRmvWXkWNRkcnivjT9s3xeIIBpkSlpJTjArPCU/aVUj1KWjuzzX4a2l94r8Tz6lM5e&#10;33krmveyAqKuOgxXmfwG0O407w1HLMu3eM4PWvW7LT2upPavrbpaI/RMI1SoK/UpiByB8tFdQmlB&#10;VAIFFSb/AFiJ77Y2nlaUifcUJ0FZ8GI5G54zWb8P9bute0om56heK2UswFYk818NU0lY/IKfcTeZ&#10;G56VDMoU5FSZxwtRsC55rNOxpvuc74r1pfD9sJvJ8xj3Aryn4v8AgMfGfwJcLEhS4VSRxzXt2p2U&#10;F5BsnQOPeqGnR2tlJ9mi2gPwVFdlGq6clOO6OWceh+St/wCHL34fazPpl+GUqxC5q5FJuUE9DX0L&#10;+3P4LttG1iDUIUCFuWIFfNum3i3sKbOgFfsOT42OIoJ9T5PH0XCfNbcty/M2O1NC9qe+BiljjJbJ&#10;OBX0XtEeVYTGMAVKsRDAjtUMt7b2gZnYZFY83jKBCyx/Ow6YrCeLo0l78janQqVPhR0ZlVfmfgCq&#10;N54rS3cRx854zXG3GvahqbNHHE6jtxVjwn4T1zxhq6WFtZy+YxxvKnFeBis5itKb0PZw+W2V6hpX&#10;2tvcSbNxy3TFbGgeBdXuoxeJbyTRMc8DNfR3wo/YuuHaG41/ocNivqvwv8INB8M6atvFbJKFHcV8&#10;ji87u/3erPUp4aMdD5G+HP7OGoeLraG7EBgYYOGGK+gtI/Z2S20f7LfxoocbSQK9l0m2jswIrWFY&#10;VXsorS1GKW6QCSUIor5ytja1d3nI6o01HSKPFfB37MnhjwTfG9iBeZzuwa9S+zwQQpFHCuF4BxV4&#10;24cqM5A71LHaqzCuKVVt3kzVU2yjFbsw9qlhs97cjitb7Ksag0iw4ORWTq9jWNB9SFbZIU4GTT44&#10;sjdUpTdwKUgIMd655TcjqjBRIttNPJ+lTYJqNxwfWoNkUp4juyKrSw7xmtKRAseT1qsI9x5oNEzK&#10;a1JbjpVWeDbKBiuh8rHaq0toGkB96q5qpmPcWuUBxVGS22n5RXT3NurxgCqX2A54HNWpWNFNGA1u&#10;2eabJERkV0P9n7s5HNRnTCxyRV84+ZHN+QdpZuBUe0HpW7cacX+UCo10raAMc01Md0jIgttz5NaU&#10;dphd2OlWY9PMeOKum1JiwODSc7ic0ZqoSpJ+6K8Z/aF/aJtvhZoTxRHM0g28V7J4glOmaVMw5baT&#10;xX5hftU+NZtT8US2l0rGJXOM/WuzBUVXqqL2OiCjyucnojK8Q/Ei/wDH1293OT5chyKyugGK46w8&#10;WWllCsQGBipW8aRgHbzX1H1aS0itD0oZphoQSczuHsQLcSFhn0quHKqcnIxXDv40kIDDcQO1I/xA&#10;Qx7Vibd9Kv6tU7D/ALXwq3keneE7S4ubpp0cKqetM1/VpJdRKuwyvpXA6X8Qp4lOwMinrVW/8YtJ&#10;MXKNn1NT9XnfYr+1cMlfmO1uL2W4wGOFpkRJ4zXG2XjPecSIcVNP4x2KSgOBS9hPaxos1w1r8x2q&#10;hkGdxpTeMBiuJs/FMt4CQcAetSxeJHMpWl9XkV/atB7M6/zj16Ugvire1cqPEw2MrN8/asYa/dLd&#10;Esw2UKhImWZ0I2bd7noN1qhK7e1VVnQjceQK5JvEguW8kMAx70+fVjYW+2RwzHpg0fV5sr+1KEd2&#10;dHcal5vGcKKZBKJBkHmuRfWxcQkI2Gp+nanNCpeVvlqvq8kiY5rTcrLY657hYTjPNBul25ziuJfX&#10;GubvcD8gNPvvEaFNsZORSWHlsN5vSSbudl/aUeOCKQaqi964Fdd2KCcnNPGvKvUEk1p9VZzf24jt&#10;zqcRbJYCmtqMbE/MMVxc2oxzKDkg0+K9Hlnk0vq4nnDeljqG1eJG61XufE0Vq6q3euVa6EkoVc4z&#10;T9RsjdhCD0rRUIp6nJPM6sk3A67/AISC3EYORlqlXVQEzniuGaykl2hWIK099SljIjIJ7VSw8WYP&#10;NK6+LY6w+ItjExnBHcVFH4iaSRi7ZPqayLDyjEXc8nsaR5LcPkA5qXTgtLGixleS5uYmk8TXBvPL&#10;XIUHrWjD4mZGAkbIrKka22eZt5qv59sgyVJq3CD+yc7xFeGrmbN/rb3JCQkgmst9dvrSQx/MfpU0&#10;Dw7PMQHI6U+FXlkMpjyfeqiorSxhVlUqe9zO5mT6xqLHcofrUF94rv4oNjFhkd63Qtw6kCMZ+lcr&#10;4ljmh5lUL9K3pcknayPGxirU4OSkzHGsXcF2LuKd43U5+U19kfs4/E1/E2jraXJLyqMZNfNnw98C&#10;x+ImDXCExt7V9W/CL4fab4SiD2w+c189n9bDyounb3kfY8F4bG0sQq3Nam90eoTJtY5PWmIcGpZk&#10;Ync3ANQO+0getfnGrP3y5YTJb2q1GmDnNU1BwMmpQzKOtITHOcOaicnNLuJqKRz0pCH5I60ob5sC&#10;oy52800SdMdaBlj7Qwk2AZNHmsXweDTIZCjFsDNRSzM7k1VhakrjLetROR0B59KGlYRNj7xp0UMY&#10;ti7n96e1NajbsRodh9a8v1zUrUfFDSY5sMTIBj8a9GuJWijc+1fP6CW8+NWntNLuQS8DPvXt5XT5&#10;6rl2R8LxfWVPLnC27P0G8LeG/DjyrPBtF+8HQdelfEfxh0u50z42kOWETSd/rX1z4K00xeKoLiOU&#10;lREPkz7V8uftOa6t38X4oY08tg2Ca/QOF21mMbM/mXiD3svndHThozCgUj7o5rIvZDIkkfUEU2zV&#10;ltY/mydtSJFltxr+lIRslc/meb1bRk6FmzlePOATW4z5asSUCHVQc4BrT3l5OOlaR2sOr70lLuSS&#10;N171zPjCFzpUzJydpronbjA61lawhnsJ4+5BpPZlUny1IvzPjvxHF/xN5t3B3HNQ2qb8AdK2vG+i&#10;zWOvTM5wpasaKXaxVa+Ql/GZ+1UnehFrsTTMIxtHWp7C0W4QsxAPvVTOWyetTI2B94j6V1okWWMI&#10;5Uc1LAoUZIqur/NjrVuM/LyPzpMBJgD9zgUsE5gBA5zQ5wOnFQ8bulLdCJAxLEk0ZK596jpTk0tQ&#10;A8mp7ZijA5qAAt2qZEYDODUsZuREugNWLYbWPrWZYzkrg1p2zl2z6Vm0aFyBWjlBzSajKTMtRzTs&#10;h3Z6VA10bhwT2qbDNK2kwuKmzkdgKowyhetXIWSQgZpXAr3doJ4zkVhXFn5ROK62aMKnFZNzb78m&#10;lzFWMj7I8yDA4FWPCKSHxbYxdvMFTiUxLt7U7wIj33jO2ROPnHNeZmFRwoux14eN5o/Wb4I6SE8O&#10;aZIdjfux9elezuo+UdMV4/8As/6Y8Xhy03zeYQg49K9cmYpIAa/nuvLmqyfmfpVBWgkQXYyrHOAo&#10;zXwd+0HcjxB8VLazVd+2TofrX294o1NbHSrmTdtKoea+Ij5OvfFF7x5FlaOQ9DnvXpZZG83Psexh&#10;aXPUSPW/DOkf2fpNvCVC4UcCuu09Et4wQOaowlCkZxgBRxWhHymRxXvI+wk+g9rs7jRVN2Ac0UEH&#10;rfw022emlHX5ita9zetCzZBC1R8E3a3lqv7lY8L2Nbl7GjDBUGviKyalqfmNJpxMy3uTcqWCkYqY&#10;Ae9TRsscRVUAqJjg1ibDZk8xCg5Jrj38qz15V3MZc12Mh2xkjrWWtlBNMZ3jBl/vVUXYzkrng37W&#10;XwzuPiH4aaSE4ljXgmvhb/hFZvCkBt7ggyKSCRX6OftC6lNpPw7vpLc7ZNh+b04r839DvLrxPe3g&#10;vJ2ba7Yr7LJcTOjr0PNxlH2kLFS8u/KUFTlvSsTVPED2qgbsMe1eieEPANvqutuk1y5QdF2//Xr0&#10;/SP2bPD+r3XnXE8pIP3dgx/OvbxOaOL3PPoYWL3Plmzh1DxFfxW8ccjLI2OBX0Jof7LFxc6LbXUE&#10;LPO+CQRX1F8MP2dfCulCOcQebIuMFlFe7WHh+y0+3VIYVVVHAxXymIzOU5e6ezTpKKsj5i+HH7Jm&#10;m3FtBNqkCpIo5GK9w8N/B3w74VkRrOwiEq/x7Rmu6tbZQTjge1WSgXGBXiVK857s6FAqpbHywOmO&#10;gq3BAlvbsz80qDcalaMOm09K5uZmqpooWZYs7hcL2qstn/ad4PPlZEB6CtaJAqlAMCkS1SM7h1qO&#10;dmnIraFfUtlrKkEHK+tS26eUMnk0yWNZLgMRyKlVuaG76lRSSJc+Z9PSkkbyx70ivzjHFMf73PNS&#10;UPDFQDnrRjJzmjqBSheCaAFVc5ppXJIIpSdqUzzCVIoHcikAYgUvlDrQUBGe4pytkUDuI0WKZ5QA&#10;JqYjr7Uxx0oHzEJiGKekALcCnFeRzTgdpyKA5iF0UvgClMIxjFSbQW3dDTlG4+lArsqfZV545pq2&#10;yluR0q46YPWo+uTTDmZBJbp1xUYjU5zgVYAycmoJ49wPOPpRcaZzviZVW0mLjcgU1+TX7XviayvP&#10;Hc9pbKqyq5Bx9a/Xa6t0vLOeKQZBUjNfkz+2r8MbLQ/HFxqltcyCV3JKleOv1r6HJeX6w+Y5cbVq&#10;Ro2hsfPR+dVLcNU0UDghsEio7BftESl+T610unRoyKCoNfb1J8iPJweH+szs3Yz7aVkU5i4+lWN6&#10;+UWWAZ+lbbWsW0YUCkNtHGgwtcEq67H1lPK5pazMSG4kLgrCAKdfyy3CbUhAxWoYlToKWNBmp9vf&#10;ob/2Y7azMOJZxFtMQBpBFPtIKVvogcnNNcAHpR7byKWWxtZyMGOG6gcYG1T6VcFtNnI7960wBIQC&#10;KlkURrxSddlLLqaVrs5s2Nw0pJJxWpp/he41GGSbzMBPWpZMll56mtXVGbTtPjMDlN45pe2kUsto&#10;9bnNQ6EyyM5Ygg9ae2mmU4dy1XvtL+T9aYjnFL20n1NlgMPHoUk0pIuAxqZbb5ShJxU5GDnrTvvc&#10;1m6kn1NY4WjHaJVj02KPODS/2ZCe2SasqvzUp+UGjnl3GsLRX2SqNOhHBUVILCD+4DViNAwyaaTg&#10;9KXPLuarD0f5UR/YYsg7RxQ1smMBRipQc8Ux22kUueXcv2FL+UYtpGDkKM1PtAximB+aTcaXM31F&#10;7KHSIGLbkjvRFFEuS6gk1IjcHIzTByM0c0u4ewpv7JGtipkLBiB6VL9kjBGRmnqMDNSKMkZpub6h&#10;9Xpr4UMMEeMbeKFtoQPuA1bMS7eBio1UK2PWou+4+SC3QkcKKBtUAelaEBXAUACqWdrYq3Au72qW&#10;2WlFdC68AjTcDXA+NWLuoJ4zXdMxKYJyK4HxjHl+p6104R3qHzudv9xaJ6v8KddsrHw64KjzVXg1&#10;658J/GE+oPOJV+RTxXzr4YiEOkW5QkbyAa+nvhj4YtYNHinUnewyeK+ezb2UFKUluz6vhyVeq4Qi&#10;7KKOx0/W59Wu3jKlY06GthUHfnFVYII4APLUKT1IqdyQvB618PNpu6P16ndRSZYXlc5qYR8A0ltC&#10;Ps5YnJpnmkA1maXuPAAzmq8uM+tPZjUR5zVBcXGetNOBkUZycU0jDD3qdguPXIFNGFJpHJDYprHn&#10;61SFcl6txTJWxxnmmpIQDURlPXFAuYj1BSbOT/d614F4et7Z/jLZlp9zeZ0J96+gLseZZTA91NfJ&#10;HiW5l8MfEB9QtZCZlckA/Wvq8jpurOcU+h+bcb1FDCwuj9I/AuhTWfihb2W6T7L5X3S3tXxr+0pD&#10;cap8ckeyAaEScla8h1b9qfxtYauwivCEC7du44xWv8PfH+o+L9a+36jiWct1Jr9JyDLJYbGxqVJa&#10;eR/N2e4rmwM401qe/wBtax22nReYf3m0ZFQ7yx44WhCbmNHbuOlLgDgdK/fIH841LXKN3YGaUSDq&#10;KnjTaoB61OcjvUYGGFWQm3ZBJGFXI61UvYQbGVycEKatSE5x2rO1t2j06YA9qmWkWzWn8cfU+V/i&#10;TqDXWuyoTwrEVy0e0HI5Nbvjpc63NnnLVgRja2K+P/5eu5+00VahFLsaUOnebGZWOFquQAxGeBS/&#10;bJBD5YOFqNT8vvXaguWbYIsmTV1kWRsjis6P5gKtJIVXFK12CJZYwg61CQDzims5dsGjJWpBK41j&#10;gU0EZ5pGbJpAM4NANM1bKWJR8wFWZZYWHygCsgHgY4xUPmsTjNFh3NKORVfrxWtp1wC20da5pXJw&#10;c1p6U5EgOealoaZuX9udgOcVQiG04HWtnUl/0BW71iRttJPesyyygcHmpkldXXBqqbhjgGpo5DjO&#10;OaVhM1UnaRQCacqBsgis5J2LVeSUjH0rN6Gi1Kl9aqiMV64rV+CVnDJ44iac/LuGap3PzRE+1dv+&#10;zXoFvq3j5EmJ2lhxXgZtWUMNK6PQwkb1Ukfp58EUsxo0P2Ry+FGQa9G1P5cEda574b+HrPQdMjW3&#10;Tqo610l/GJG9K/BqivNn6LSdkkzy742Xslj4HvmjbZI0RAJr4v8A2f8Aw9fz+KtQvr2fzlMhIGc9&#10;6+2Pj3o8d/8AD+9VnKERnkV8ffs72r2Or6hEZ2lXzDjd9a+hy3SjI+gy7Wsrn0bCgd1HRRWpIAIc&#10;LxWZHw/FacZ/dGvRZ9PNamTIG3nmiklc+Y31ooKsf//ZUEsDBBQABgAIAAAAIQDePlS14AAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3WwlatJsSinqqQhtBeltm0yT0Oxs&#10;yG6T9N87PeltZt7jzfey5WRbMWDvG0ca1CwCgVS4sqFKw/f+4+kNhA+GStM6Qg1X9LDM7+8yk5Zu&#10;pC0Ou1AJDiGfGg11CF0qpS9qtMbPXIfE2sn11gRe+0qWvRk53LZyHkUv0pqG+ENtOlzXWJx3F6vh&#10;czTj6lm9D5vzaX097OOvn41CrR8fptUCRMAp/Jnhhs/okDPT0V2o9KLVwEWChjhWcxA3WSWKT0ee&#10;4iR5BZln8n+F/BcAAP//AwBQSwMEFAAGAAgAAAAhAIyaf7vIAAAApgEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzvJDBigIxDIbvC75Dyd3pzBxkWex4kQWviz5AaDOd6jQtbXfRt7foZQXB&#10;m8ck/N//kfXm7GfxRym7wAq6pgVBrINxbBUc9t/LTxC5IBucA5OCC2XYDIuP9Q/NWGooTy5mUSmc&#10;FUylxC8ps57IY25CJK6XMSSPpY7Jyoj6hJZk37Yrmf4zYHhgip1RkHamB7G/xNr8mh3G0WnaBv3r&#10;icuTCul87a5ATJaKAk/G4X3ZN8dIFuRzie49El0T+eYgH747XAEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEA0OBzzxQBAABHAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEUBAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD0oi74ZAIAAB4HAAAOAAAAAAAAAAAAAAAAAEQCAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItAAoAAAAAAAAAIQC4XKrC8QsAAPELAAAUAAAAAAAAAAAAAAAAANQEAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ1BLAQItAAoAAAAAAAAAIQD7kTlqFi4CABYuAgAVAAAAAAAAAAAAAAAAAPcQAABkcnMv&#10;bWVkaWEvaW1hZ2UyLmpwZWdQSwECLQAUAAYACAAAACEA3j5UteAAAAAKAQAADwAAAAAAAAAAAAAA&#10;AABAPwIAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAIyaf7vIAAAApgEAABkAAAAAAAAA&#10;AAAAAAAATUACAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC/AQAATEECAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Image 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:7562;top:58003;width:4381;height:2712;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBwQ557wAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EBvtZxQSnGihJDSNj02MeS6WBvLxFoJSbHdv68ChR6HmXnDrLeT7cVAIXaOFSyKEgRx&#10;43THrYL69P70CiImZI29Y1LwQxG2m9nDGivtRv6m4ZhakSEcK1RgUvKVlLExZDEWzhNn7+KCxZRl&#10;aKUOOGa47eWyLF+kxY7zgkFPe0PN9XizCt54/LgNKTzXX7vP2oTg9Vl7pR7n024FItGU/sN/7YNW&#10;sIT7lXwD5OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcEOee8AAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                  <v:imagedata r:id="rId10" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;width:75628;height:63269;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUkIYJwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvQr9DeEJvmmxti6xGKaWiBy/+oefH5rlZ3LwsSaprP70pCD0OM/MbZr7sXSsuFGLjWUMxViCI&#10;K28arjUcD6vRFERMyAZbz6ThRhGWi6fBHEvjr7yjyz7VIkM4lqjBptSVUsbKksM49h1x9k4+OExZ&#10;hlqagNcMd618UepdOmw4L1js6NNSdd7/OA3rra1u6930e/UWisnX8VX9FlFp/TzsP2YgEvXpP/xo&#10;b4yGCfxdyTdALu4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFJCGCcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t>dels</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C0FD3BD" w14:textId="32D4F0CB" w:rsidR="00055EC3" w:rsidRPr="00654B1B" w:rsidRDefault="00CB1059" w:rsidP="00055EC3">
+    <w:p w14:paraId="49F91B18" w14:textId="77777777" w:rsidR="00B95E81" w:rsidRPr="00B95E81" w:rsidRDefault="00B95E81" w:rsidP="00B95E81">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:ind w:left="198" w:right="1279"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:smallCaps/>
-[...27 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C0B0733" w14:textId="276F83BA" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    <w:p w14:paraId="10398F97" w14:textId="77777777" w:rsidR="005A4869" w:rsidRPr="00B95E81" w:rsidRDefault="005A4869">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="005A4869" w:rsidRPr="00B95E81">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="320" w:right="141" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2546B7A0" w14:textId="77777777" w:rsidR="00B95E81" w:rsidRPr="00C52F45" w:rsidRDefault="00B95E81" w:rsidP="00B95E81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:ind w:left="198" w:right="1279"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="37"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24FF4E97" w14:textId="1B148406" w:rsidR="00B95E81" w:rsidRPr="00C52F45" w:rsidRDefault="00B95E81" w:rsidP="00B95E81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:ind w:left="198" w:right="1279"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C52F45">
+        <w:t xml:space="preserve">PURPOSE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7176CC0C" w14:textId="77777777" w:rsidR="00B95E81" w:rsidRPr="00C52F45" w:rsidRDefault="00B95E81" w:rsidP="00B95E81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:ind w:left="198" w:right="1279"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64B43008" w14:textId="77777777" w:rsidR="009B5DCC" w:rsidRDefault="009B5DCC" w:rsidP="00B95E81">
+      <w:pPr>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="1859"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE5862A" w14:textId="7031A836" w:rsidR="003F3E60" w:rsidRDefault="003F3E60" w:rsidP="009B5DCC">
+      <w:pPr>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:left="917" w:right="1859"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F3E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The Council of Europe Intercultural Cities</w:t>
+      </w:r>
+      <w:r w:rsidR="00B864ED" w:rsidRPr="005A4869">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B864ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(ICC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F3E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F3E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F3E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a network of cities wh</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F3E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> find strength in diversity, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F3E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:t xml:space="preserve">sharing their hands-on experience </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F3E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Good practices are a key-learning tool of the Intercultural Cities Programme (ICC). They are collected to showcase and replicate innovative practices and successful actions tested by participating cities in the development and implementation of their intercultural policies.</w:t>
+        <w:t>to build resilient local communities for all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> As per the statement of intent signed to join the ICC programme, </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC60D61" w14:textId="77777777" w:rsidR="003F3E60" w:rsidRPr="009B5DCC" w:rsidRDefault="003F3E60">
+      <w:pPr>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:left="917" w:right="1859"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE1D0B4" w14:textId="0C5611F7" w:rsidR="00DD3CFB" w:rsidRPr="00A92063" w:rsidRDefault="00F352B3" w:rsidP="009B5DCC">
+      <w:pPr>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:left="917" w:right="1859"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>member</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>cities have the duty to report on good practices regularly.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>collection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>practices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93F3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">key </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74158">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pillar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Intercultural Cities (ICC) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1D320F" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRDefault="00CB1059" w:rsidP="00055EC3">
-[...5 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="1E10554C" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="009B5DCC" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="91"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73A4F828" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="00A92063" w:rsidRDefault="00F352B3">
+      <w:pPr>
+        <w:ind w:left="917"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>enables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>participating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>cities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to:</w:t>
+      </w:r>
     </w:p>
-    <w:sdt>
-[...494 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="1AD1158A" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="009B5DCC" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="155CE86B" w14:textId="284D1F53" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-[...61 lines deleted...]
-    <w:p w14:paraId="0369C320" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
+    <w:p w14:paraId="6233FE1C" w14:textId="58694763" w:rsidR="00DD3CFB" w:rsidRPr="00A92063" w:rsidRDefault="00F352B3" w:rsidP="00A92063">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+        <w:spacing w:before="1" w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="1859"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Showcase concrete impact of intercultural policies and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>actions.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0B6F50DC" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
+    <w:p w14:paraId="7FA8741A" w14:textId="1DD00AA3" w:rsidR="00DD3CFB" w:rsidRPr="009B5DCC" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="91"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="355F24B1" w14:textId="77777777" w:rsidR="009B5DCC" w:rsidRDefault="00F352B3" w:rsidP="009B5DCC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="1859"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Inspire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>replication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>effective</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>initiatives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>across the ICC network.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487DBE2B" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
+    <w:p w14:paraId="1E0F76D7" w14:textId="77777777" w:rsidR="009B5DCC" w:rsidRPr="009B5DCC" w:rsidRDefault="009B5DCC" w:rsidP="009B5DCC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3716D8D5" w14:textId="7A915B0E" w:rsidR="009B5DCC" w:rsidRPr="009B5DCC" w:rsidRDefault="009B5DCC" w:rsidP="009B5DCC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="1859"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B5DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Demonstrate political commitment to equality, inclusion, and diversity, and contribute to building resilient local communities for all, based on equality, diversity, interaction, and participation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF564F2" w14:textId="6E2EA5D9" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
+    <w:p w14:paraId="51C68ACD" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="009B5DCC" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="91"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C7BA4E" w14:textId="0A61DDAA" w:rsidR="00DD3CFB" w:rsidRPr="00A92063" w:rsidRDefault="009B5DCC" w:rsidP="009B5DCC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2811"/>
+          <w:tab w:val="left" w:pos="4362"/>
+          <w:tab w:val="left" w:pos="5796"/>
+          <w:tab w:val="left" w:pos="7314"/>
+          <w:tab w:val="left" w:pos="8414"/>
+        </w:tabs>
+        <w:spacing w:line="302" w:lineRule="auto"/>
+        <w:ind w:right="1859"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B5DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Benefit from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00364E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">experiences and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B5DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>expertise of other cities that have faced similar challenges, and work collectively to identify solutions and advance intercultural principles in local governance</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00A92063">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D0A270" w14:textId="77777777" w:rsidR="00B95E81" w:rsidRDefault="00B95E81">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>: it produces better results than before from the beneficiary’s perspective, namely because it involves a wide range of stakeholders, relies on actors and channels that can work as multipliers (of both the key messages and the methodology) and builds stakeholders capacity to continue the action after the end of the project.</w:t>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532E4BEA" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
+    <w:p w14:paraId="31432864" w14:textId="59DFD47C" w:rsidR="00DD3CFB" w:rsidRDefault="009B5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676160" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="014E43B2" wp14:editId="1F769A60">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:align>center</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>335915</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6165215" cy="1600835"/>
+                <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Textbox 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6165215" cy="1600835"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="30F30F34" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+                            <w:pPr>
+                              <w:pStyle w:val="BodyText"/>
+                              <w:spacing w:before="210"/>
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="779AFCAD" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3">
+                            <w:pPr>
+                              <w:spacing w:before="1" w:line="328" w:lineRule="auto"/>
+                              <w:ind w:left="1511" w:right="750" w:hanging="569"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>By</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>joining</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>the</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-19"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>ICC</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>programme,</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>cities</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-19"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>commit</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">to </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>sharing</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>good</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>practices</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>on</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>a</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>regular</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-14"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-10"/>
+                                <w:sz w:val="37"/>
+                              </w:rPr>
+                              <w:t>basis.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shapetype w14:anchorId="014E43B2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textbox 14" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:26.45pt;width:485.45pt;height:126.05pt;z-index:-251640320;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLRhvRsgEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDuje1UiRIrzmq7q60q&#10;rdpKu/0AjCFBxQxlSOz8fQfiJKv2VvUyHmB4vPdmvLkbe8uOKqAB1/BqVnKmnITOuF3Df7w+fVhx&#10;hlG4TlhwquEnhfxu+/7dZvC1msMebKcCIxCH9eAbvo/R10WBcq96gTPwytGhhtCLSMuwK7ogBkLv&#10;bTEvy2UxQOh8AKkQaffxfMi3GV9rJeM3rVFFZhtO3GKOIcc2xWK7EfUuCL83cqIh/oFFL4yjR69Q&#10;jyIKdgjmL6jeyAAIOs4k9AVobaTKGkhNVf6h5mUvvMpayBz0V5vw/8HKr8cX/z2wOH6CkRqYRaB/&#10;BvkTyZti8FhPNclTrJGqk9BRhz59SQKji+Tt6eqnGiOTtLmslot5teBM0lm1LMvVx0VyvLhd9wHj&#10;ZwU9S0nDAzUsUxDHZ4zn0ktJeg3Bmu7JWJsXYdc+2MCOgpq7vp+vV+sJ/U1ZVnAmnejHsR0JNqUt&#10;dCdSPlDzG46/DiIozuwXR+6mSbkk4ZK0lyRE+wB5nhILB/eHCNpktjfcyTtqW9Y7jViai7frXHX7&#10;Eba/AQAA//8DAFBLAwQUAAYACAAAACEAnJw/998AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;T0vDQBDF74LfYRnBm901pY2NmRQR/+BBxCqIt20yJiHZ2ZDdNvHbO570No/3eO83+XZ2vTrSGFrP&#10;CJcLA4q49FXLNcL72/3FFagQLVe290wI3xRgW5ye5Dar/MSvdNzFWkkJh8wiNDEOmdahbMjZsPAD&#10;sXhffnQ2ihxrXY12knLX68SYtXa2ZVlo7EC3DZXd7uAQXpbp3Wd87tKPdP00JQ9D7R+7CfH8bL65&#10;BhVpjn9h+MUXdCiEae8PXAXVI8gjEWGVbECJu0mNHHuEpVkZ0EWu//MXPwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCLRhvRsgEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCcnD/33wAAAAcBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" fillcolor="#9a2989" stroked="f">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="30F30F34" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+                      <w:pPr>
+                        <w:pStyle w:val="BodyText"/>
+                        <w:spacing w:before="210"/>
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="779AFCAD" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3">
+                      <w:pPr>
+                        <w:spacing w:before="1" w:line="328" w:lineRule="auto"/>
+                        <w:ind w:left="1511" w:right="750" w:hanging="569"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>By</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>joining</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>the</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-19"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>ICC</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>programme</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>,</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>cities</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-19"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>commit</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">to </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>sharing</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>good</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>practices</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>on</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>a</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>regular</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-14"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-10"/>
+                          <w:sz w:val="37"/>
+                        </w:rPr>
+                        <w:t>basis.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FD8B95" w14:textId="7DD7C650" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="199"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585A395A" w14:textId="77777777" w:rsidR="00554506" w:rsidRDefault="00554506" w:rsidP="00554506">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="198"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E0AEC1C" w14:textId="77777777" w:rsidR="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00554506">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="198"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D79A384" w14:textId="77777777" w:rsidR="00554506" w:rsidRDefault="00554506" w:rsidP="00554506">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE27059" w14:textId="1FBE957D" w:rsidR="00554506" w:rsidRPr="00E353E4" w:rsidRDefault="00554506" w:rsidP="00554506">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E353E4">
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+        <w:t>WHAT QUALIFIES AS A GOOD PRACTICE?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7CB171" w14:textId="77777777" w:rsidR="00554506" w:rsidRDefault="00554506" w:rsidP="00554506">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D1A4FDB" w14:textId="77777777" w:rsidR="00554506" w:rsidRDefault="00554506" w:rsidP="00B93F3D">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="198"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FDCB1D1" w14:textId="73835EBC" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00F352B3" w:rsidP="00B93F3D">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="198"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>good</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>action,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00364E30" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">methodology, experience, technique, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00531E11" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that has </w:t>
+      </w:r>
+      <w:r w:rsidR="00364E30" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proved </w:t>
+      </w:r>
+      <w:r w:rsidR="00E353E4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00364E30" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93F3D" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00364E30" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93F3D" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>successful,</w:t>
+      </w:r>
+      <w:r w:rsidR="00531E11" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00364E30" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5832" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>which includes several of the following elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6534210B" w14:textId="77777777" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00B93F3D">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="198"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="312F0163" w14:textId="77777777" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00B93F3D">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="198"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D18F7B4" w14:textId="1B04C169" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487465984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EB09EFB" wp14:editId="115171D1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1049020</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>6985</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="265430" cy="265430"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2046117343" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="265430" cy="265430"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="265430" h="265430">
+                              <a:moveTo>
+                                <a:pt x="132506" y="265013"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="90740" y="258229"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="54380" y="239360"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="25653" y="210633"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6784" y="174273"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="132506"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6784" y="90740"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="25653" y="54380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="54380" y="25653"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="90740" y="6784"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="132506" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="174273" y="6784"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="210633" y="25653"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="239360" y="54380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="247584" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="147082" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="96730" y="88779"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="96730" y="108655"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="108655"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="193460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="248272" y="193460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="239360" y="210633"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="210633" y="239360"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="174273" y="258229"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="132506" y="265013"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="265430" h="265430">
+                              <a:moveTo>
+                                <a:pt x="248272" y="193460"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="149732" y="193460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="149732" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="247584" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="258229" y="90740"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="265013" y="132506"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="258229" y="174273"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="248272" y="193460"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="265430" h="265430">
+                              <a:moveTo>
+                                <a:pt x="125881" y="108655"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="96730" y="108655"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="99380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="108655"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="7371214E" id="Graphic 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:82.6pt;margin-top:.55pt;width:20.9pt;height:20.9pt;z-index:487465984;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="265430,265430" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbhr8gJwMAANwKAAAOAAAAZHJzL2Uyb0RvYy54bWysVm1vmzAQ/j5p/8Hi+wqY96hJVbXqNKnq&#10;KjXTPjtgEjTAzHZe+u93tjFBnULSql/gwA/H3fOcz3d9c2hqtKNcVKydO/6V5yDa5qyo2vXc+bV8&#10;+JY6SEjSFqRmLZ07r1Q4N4uvX6733YxitmF1QTkCJ62Y7bu5s5Gym7muyDe0IeKKdbSFxZLxhkh4&#10;5Gu34GQP3pvaxZ4Xu3vGi46znAoBb+/NorPQ/suS5vJnWQoqUT13IDapr1xfV+rqLq7JbM1Jt6ny&#10;PgzygSgaUrXw08HVPZEEbXn1n6umyjkTrJRXOWtcVpZVTnUOkI3vvcnmZUM6qnMBckQ30CQ+z23+&#10;tHvpnrkKXXSPLP8jgBF334nZsKIeRI85lLxRWAgcHTSLrwOL9CBRDi9xHIUBcJ3DUm8rn2RmP863&#10;Qn6nTDsiu0chjQiFtcjGWvmhtSYHKZWItRZROghE5A4CEVdGxI5I9Z2KTploP/wdbQZTrTZsR5dM&#10;46RKwg9w5MUOMuF6fqD8QbhHXN2O8ZmXhJCegkcpxlkPtyB777RzoCLtwUEWxLrgwLcF2bsB4yiO&#10;AuPZ9+LABmJB9m7AcZKGGusnIU6msSaCPlGTnXVm72+cmiSnoMdgTY5T2BELOsUp7JFeneEUdKTc&#10;NLE9RUqzs06xod7oq/SYigAbURX4PAs4TKJes8TDOJ307IeJl2It8HlwFidqx0EUaZok0xV5xPpe&#10;GkfRdBRQ4qlvyux96CwIz1V7mOLEZOhfgD4y3Ss0qctIxPP7blQeF2zpUdVBezv2C7uT8poJaoJT&#10;jej9DQmfIOZUQ/LDLAkuJnKEPl9Y7yrZnjtVhhe0D0OdAl/Ql0auL2h3pwj8NIX8E9vilEIf3XNZ&#10;pk6PqUI/FcnJVOHwGU5KsMdnsWB1VTxUda1KVvD16q7maEfg0M1ucZbatjKC6UHBzAZqSlix4vWZ&#10;oz2MU3NH/N0STh1U/2hhXoHuJK3BrbGyBpf1HdMTmt4tXMjl4TfhHerAnDsSRosnZqchMrNDg8pl&#10;wKovW3a7lays1EShYzMR9Q8wQumDvR/31Iw2ftao41C6+AcAAP//AwBQSwMEFAAGAAgAAAAhAK+m&#10;i73dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3ai0NI1TlUiA1FtD&#10;uTuxm0TE6xA7rfv3LKdy29GMZt9k22h7djaj7xxKmM8EMIO10x02Eo6fb08vwHxQqFXv0Ei4Gg/b&#10;/P4uU6l2FzyYcxkaRiXoUyWhDWFIOfd1a6zyMzcYJO/kRqsCybHhelQXKrc9T4RYcqs6pA+tGkzR&#10;mvq7nKyE3WE/rY9fq5/3eF3Ej1dRVsW+kPLxIe42wIKJ4RaGP3xCh5yYKjeh9qwnvXxOKErHHBj5&#10;iVjRtkrCIlkDzzP+f0D+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANuGvyAnAwAA3AoA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK+mi73dAAAA&#10;CAEAAA8AAAAAAAAAAAAAAAAAgQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACLBgAA&#10;AAA=&#10;" path="m132506,265013l90740,258229,54380,239360,25653,210633,6784,174273,,132506,6784,90740,25653,54380,54380,25653,90740,6784,132506,r41767,6784l210633,25653r28727,28727l247584,70228r-100502,l96730,88779r,19876l125881,108655r,84805l248272,193460r-8912,17173l210633,239360r-36360,18869l132506,265013xem248272,193460r-98540,l149732,70228r97852,l258229,90740r6784,41766l258229,174273r-9957,19187xem125881,108655r-29151,l125881,99380r,9275xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>goal-oriented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clear</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aims</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>advance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>human</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rights, democratic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>social</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inclusion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192DC26B" w14:textId="77777777" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74043CD2" w14:textId="482EC0E3" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487468032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71E823E6" wp14:editId="07DE27C3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1038225</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>9525</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="271780" cy="271780"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="741050071" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="271780" cy="271780"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="271780" h="271780">
+                              <a:moveTo>
+                                <a:pt x="135670" y="271341"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="92907" y="264395"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="55679" y="245075"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="26265" y="215662"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6946" y="178434"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="135670"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6946" y="92907"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="26265" y="55679"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="55679" y="26265"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="92907" y="6946"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="135670" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="178434" y="6946"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="215662" y="26265"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="245075" y="55679"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="253496" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="134314" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="113221" y="76547"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="99887" y="87677"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="92913" y="101095"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="90899" y="112606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="149360" y="112606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146842" y="120916"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="135840" y="135331"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="93612" y="180442"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="93612" y="198079"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="254200" y="198079"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="245075" y="215662"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="215662" y="245075"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="178434" y="264395"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="135670" y="271341"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="271780" h="271780">
+                              <a:moveTo>
+                                <a:pt x="254200" y="198079"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="179085" y="198079"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="179085" y="179085"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="124817" y="179085"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163144" y="137536"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="175015" y="107179"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="173425" y="95372"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="167383" y="83946"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154982" y="75318"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="134314" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="253496" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="264395" y="92907"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="271286" y="135331"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="271341" y="135670"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="264395" y="178434"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="254200" y="198079"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="271780" h="271780">
+                              <a:moveTo>
+                                <a:pt x="149360" y="112606"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="116676" y="112606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="116896" y="108536"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="116952" y="107497"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="118881" y="100226"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="124117" y="93718"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="134314" y="90899"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="147881" y="90899"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="150594" y="103109"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="150594" y="108536"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="149360" y="112606"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="183524F5" id="Graphic 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:81.75pt;margin-top:.75pt;width:21.4pt;height:21.4pt;z-index:487468032;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="271780,271780" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL85hW9gMAAGwOAAAOAAAAZHJzL2Uyb0RvYy54bWysV9uO2zYQfS/QfxD03rV4EUUa6w2CBCkK&#10;BGmAbNFnriythcqiSmpt7993eLOFBKa8RV4syjoanZk5M0Pevzvt++zQaNOpYZOjuyLPmqFW2254&#10;3uR/PX76jeeZmeSwlb0amk3+2pj83cOvv9wfx3WD1U7120ZnYGQw6+O4yXfTNK5XK1Pvmr00d2ps&#10;BnjYKr2XE9zq59VWyyNY3/crXBRsdVR6O2pVN8bAvx/9w/zB2W/bpp7+bFvTTFm/yYHb5H61+32y&#10;v6uHe7l+1nLcdXWgIf8Hi73sBvjo2dRHOcnsRXc/mNp3tVZGtdNdrfYr1bZd3TgfwBtUfOfNt50c&#10;G+cLBMeM5zCZn2e2/nL4Nn7VlroZP6v6HwMRWR1Hsz4/sTcmYE6t3lssEM9OLoqv5yg2pymr4U9c&#10;oYpDrGt4FNbWplzHl+sXM/3eKGdIHj6bySdhG1dyF1f1aYhLDam0SexdEqc8gyTqPIMkPvkkjnKy&#10;71l2dpkdz1/PduelfbpXh+ZROdxknUCkZBXw9XQJRdYe0L3g+mGOF1gUlYczSkQZ4BEUr6MzXoJt&#10;4cG0LKo0GDPMSg9GJWM4aZkJyhwWok0JTWK9d8FR712kGa+e7tmodzIFvZD1Pqawsyg4F1PYS3gd&#10;mRR0ljlXyZC06E68erdCiGyKF41iH3onh0Wy2CfVgpejgEtChc9ZhUSR1gIilCDqEnwDGBGMkQez&#10;klZJMQjBudcvr1i1gMUCEa8yaE8LWhcFF17rCGFWsCQLRAVhQZe3oBmn2BPBhUALtknJ6VnzhMSK&#10;jqKIVy8O4IGCaV5Q+EpKcjOw4AWUdgqMSwozyrO+AX3RUtBg0vZMpsudZVYAeLlpzeoKGvilI8a4&#10;1b0yjSdnW+3bW+61wFxruagCbfnOiJYDOUf7F1OBRJhy5OshvJhEM6hKX5aIVCVZEGJVFijwLmAs&#10;puWCKkKxR4uSVGkhIlYR7kuTEzsKkqxLKrjXOHBGPA1+S+d5U08L0rPd8ob5UiHMw4Qj5VIRB51a&#10;0zeMuRmRG6bnNbX+tHK41guvlgNirAqhuaF3IsbD2EFQRUuSRUyUoR0WFRXp+YAQ59wPHlQUGC/I&#10;EFMUSk2Q6nYZ+sGSFDitIo8bwGVRilDDBYGxli6HOXo5fAtj7YfWCXuW884V1vO9sVF9t/3U9b1t&#10;sEY/P33odXaQsAkW77HgkfYM5jbufq9ud+1Pavv6VWdHON5scvPvi9RNnvV/DHB+gKk0xYWOi6e4&#10;0FP/QbkTk+vt2kyPp7+lHrMRlpt8gq3+FxVPJ3IdN/HWlzPWvjmo9y+Taju7w3fcPKNwA0cat9EO&#10;xy97ZprfO9TlkPjwHwAAAP//AwBQSwMEFAAGAAgAAAAhADX8rU7bAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISNxYurYUVJpOUGmI6za4Z41pyxqnSrKt+/eYEzvZT+/p+XO1&#10;mu0oTujD4EjBcpGAQGqdGahT8LlbPzyDCFGT0aMjVHDBAKv69qbSpXFn2uBpGzvBJRRKraCPcSql&#10;DG2PVoeFm5DY+3be6sjSd9J4feZyO8o0SQpp9UB8odcTNj22h+3RKmiyr/Vl9/YT3je6aT6WT7lP&#10;D06p+7v59QVExDn+h+EPn9GhZqa9O5IJYmRdZI8c5YUH+2lSZCD2CvI8A1lX8vqB+hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAL85hW9gMAAGwOAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA1/K1O2wAAAAgBAAAPAAAAAAAAAAAAAAAAAFAGAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWAcAAAAA&#10;" path="m135670,271341l92907,264395,55679,245075,26265,215662,6946,178434,,135670,6946,92907,26265,55679,55679,26265,92907,6946,135670,r42764,6946l215662,26265r29413,29414l253496,71905r-119182,l113221,76547,99887,87677r-6974,13418l90899,112606r58461,l146842,120916r-11002,14415l93612,180442r,17637l254200,198079r-9125,17583l215662,245075r-37228,19320l135670,271341xem254200,198079r-75115,l179085,179085r-54268,l163144,137536r11871,-30357l173425,95372,167383,83946,154982,75318,134314,71905r119182,l264395,92907r6891,42424l271341,135670r-6946,42764l254200,198079xem149360,112606r-32684,l116896,108536r56,-1039l118881,100226r5236,-6508l134314,90899r13567,l150594,103109r,5427l149360,112606xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Generates measurable results and impact that demonstrate change from the perspective</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>beneficiaries.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A39A059" w14:textId="744B3014" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="468EDC8A" w14:textId="4F5468F4" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487470080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71AF6595" wp14:editId="7059EA3D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1026888</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3031</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="287655" cy="287655"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2007355226" name="Graphic 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="287655" cy="287655"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="143797" y="287594"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="98472" y="280232"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59014" y="259755"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27839" y="228580"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7362" y="189122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="143797"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7362" y="98472"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27839" y="59014"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59014" y="27839"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="98472" y="7362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189122" y="7362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228580" y="27839"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259755" y="59014"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="267188" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="128339" y="75313"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="114318" y="81605"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="103534" y="92749"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="99220" y="109285"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="161780" y="109285"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="162490" y="112161"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160356" y="122362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="155121" y="127979"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="148538" y="130361"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="130855"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="127979" y="130855"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="127979" y="150987"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="150987"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146942" y="151301"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154222" y="153503"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160963" y="159480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163928" y="171118"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163749" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="97782" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="99287" y="184689"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="106589" y="197361"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="120632" y="207337"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259755" y="228580"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228580" y="259755"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189122" y="280232"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="287594"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="158244" y="209539"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="173455" y="203113"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="184622" y="190756"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="188374" y="171118"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186015" y="157480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="180285" y="148291"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="173208" y="142606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="166804" y="139483"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171163" y="137011"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="177949" y="131574"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="184195" y="122901"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186936" y="110723"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="185633" y="100635"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="179746" y="88255"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="166310" y="77762"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="267188" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280232" y="98472"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="287594" y="143797"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280232" y="189122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="161780" y="109285"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="126541" y="109285"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="126541" y="106410"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="129299" y="95378"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="129417" y="94906"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="94906"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="148538" y="95378"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154761" y="97602"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160176" y="102792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="161780" y="109285"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="143797" y="189812"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="133169" y="187722"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="126721" y="182802"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="123778" y="177072"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="123665" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163749" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163412" y="175253"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160873" y="181544"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154829" y="187296"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="189812"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="1D1AF04A" id="Graphic 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:80.85pt;margin-top:.25pt;width:22.65pt;height:22.65pt;z-index:487470080;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" coordsize="287655,287655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDciLQNDwUAAAUUAAAOAAAAZHJzL2Uyb0RvYy54bWysWFuP2kYUfq/U/2D5vctcPDe0bBQlSlUp&#10;SiNlqz4bYxZU43FnvAv773vmYnBbMcO2eYEx/nz4zv343L87HbripTV2r/tVie9QWbR9ozf7/mlV&#10;/vb46SdZFnas+03d6b5dla+tLd89/PjD/XFYtkTvdLdpTQFCers8DqtyN47DcrGwza491PZOD20P&#10;N7faHOoRLs3TYmPqI0g/dAuCEF8ctdkMRjettfDrx3CzfPDyt9u2GX/dbm07Ft2qBG6j/zT+c+0+&#10;Fw/39fLJ1MNu30Qa9X9gcaj3PfzpWdTHeqyLZ7P/l6jDvjHa6u141+jDQm+3+6b1OoA2GP1Dm2+7&#10;emi9LmAcO5zNZL+f2ObLy7fhq3HU7fBZN39YsMjiONjl+Y67sBFz2pqDwwLx4uSt+Hq2YnsaiwZ+&#10;JFJwxsqigVvx7GTWy+nh5tmOP7faC6pfPtsxOGEznerddGpO/XQ04ErnxM47cSwLcKIpC3DiOjhx&#10;qEf3nGPnjsXx/O/F7nx0dw/6pX3UHjc6JXBFhRJlEegyVTl5QPeC6/o5XslKkAhHhJIIn0DT9+CF&#10;M4VwFcBMCTBLkD2Bpu8AJkJSFcBEMumjE4hMoOk7gAXlgQWWCpM0C4h80C4qmmJwFhqUTEEvZIOO&#10;KezMCl7FFPZiXk8mBZ15Lm2raCJnhKxQEkzvwyFLlgSnOnDeCoQLLKEeehaU8mQs4IpQFoJB0CyY&#10;SBojRzCKaVoymA0HGhJzlA5JjCijIYAVEZVKSlaKkBhqSIEZk2DMsYAQd9bAt6BJpSIaE3g2Ixto&#10;8yCbEJcoyTBiDERGNJSCtJK4kowG82GKaI7JxY2AlpkCgIn/e2+Tt6EZUlKktZwxuQXNVRXrCwPm&#10;GXuzikAJ8rwZZSgTgBwpTiNaVZk6hzmFWApogTFEbtKXnLoo9UwEYRAEKbQSQkbaN4CBRmgTWFZc&#10;ZqIEcQYQz0NBzcnYjyAOjcShCYJ0v9mTBGMKGqR0JFzymGe3oC8FLRbCpOxZrcy3t1kVJjLbOWfF&#10;Hex+actTF2w6bdtAzvX7t/f9a4a51vdnFfkGQ2ImSRU7P1IMqnPKkFjQys1MPgAoODWNhvib0k0h&#10;kQly6DmQEzEl8gkkOcKBCWYim5zgR6jzPswrSVQmzAUlKKZyRThKJyfmELeRN4UykbEJ1IapqFCB&#10;cI6JUFOZoE7PnL2xiloSAhNdBs0VNHdvE4wEyfCWjNNYDOF9hmaaJvSHKsiWEspbmgjnFIeeKYTI&#10;NcFLe8jPG2+aZGKuO3vcMFWGVA8B5efyVNrMRN8wBV9L+O9WUa6NNFcrCuGsioPHDSPQHM0r8GzK&#10;NJgookIDguojMl2TqAqH3gZpkcvLy/vSLeDztHQDDVYJ6JQ+UgRH6b4GoysWMc0QzE05dHra/N/d&#10;ZNauIBQlnuhc9T2lmMcBQQqReYHDkHHTiCpd1Gd8T2GwiRVfQAnKoTmP1S0/BUGRfcOABegKTOHT&#10;WTDCMrWQIyliLZSYQftMRjhzHSfIloKoTDe5RO3f/HM1+eHF+7xSgPN8aWF1t9982nedGzqseVp/&#10;6EzxUsN2Qr0n6jwZzmB+oxKWKG6dstab16+mOMLeaVXaP59r05ZF90sPix2o1+N0MNNhPR3M2H3Q&#10;fpXl5x1jx8fT77UZigGOq3KEHcwXPa2N6uW0XXG6nLHuyV6/fx71du9WL55bYBQvYNfkNyBxL+aW&#10;WfNrj7ps7x7+AgAA//8DAFBLAwQUAAYACAAAACEAZF/9j90AAAAHAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KjTijRViFNVKJVA4kLhwNGNlzjUXkexm4a/ZznBcTSjmTfVdvZO&#10;TDjGPpCC5SIDgdQG01On4P1tf7cBEZMmo10gVPCNEbb19VWlSxMu9IrTIXWCSyiWWoFNaSiljK1F&#10;r+MiDEjsfYbR68Ry7KQZ9YXLvZOrLFtLr3viBasHfLTYng5nr6Br9k1zerK7/iO9PIcin1zzNSl1&#10;ezPvHkAknNNfGH7xGR1qZjqGM5koHOv1suCoghwE26us4GtHBff5BmRdyf/89Q8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA3Ii0DQ8FAAAFFAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAZF/9j90AAAAHAQAADwAAAAAAAAAAAAAAAABpBwAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHMIAAAAAA==&#10;" path="m143797,287594l98472,280232,59014,259755,27839,228580,7362,189122,,143797,7362,98472,27839,59014,59014,27839,98472,7362,143797,r45325,7362l228580,27839r31175,31175l267188,73336r-124829,l128339,75313r-14021,6292l103534,92749r-4314,16536l161780,109285r710,2876l160356,122362r-5235,5617l148538,130361r-6179,494l127979,130855r,20132l142359,150987r4583,314l154222,153503r6741,5977l163928,171118r-179,1438l97782,172556r1505,12133l106589,197361r14043,9976l142359,211382r126321,l259755,228580r-31175,31175l189122,280232r-45325,7362xem268680,211382r-126321,l158244,209539r15211,-6426l184622,190756r3752,-19638l186015,157480r-5730,-9189l173208,142606r-6404,-3123l171163,137011r6786,-5437l184195,122901r2741,-12178l185633,100635,179746,88255,166310,77762,142359,73336r124829,l280232,98472r7362,45325l280232,189122r-11552,22260xem161780,109285r-35239,l126541,106410r2758,-11032l129417,94906r14380,l148538,95378r6223,2224l160176,102792r1604,6493xem143797,189812r-10628,-2090l126721,182802r-2943,-5730l123665,172556r40084,l163412,175253r-2539,6291l154829,187296r-11032,2516xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Is transferable and adaptable to other contexts, supported by clearly defined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>essential</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>processes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7216330C" w14:textId="0A268323" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10DC54B1" w14:textId="38E0C6C0" w:rsidR="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487472128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D19CADD" wp14:editId="223578C3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1019175</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>11430</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="287655" cy="287655"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="551291981" name="Graphic 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="287655" cy="287655"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="145237" y="113601"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="116471" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="145237" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="145237" y="113601"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="287591" y="143802"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="280225" y="98475"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259753" y="59016"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228574" y="27838"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189115" y="7366"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="7023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="209943"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146672" y="209943"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146672" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="92024" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="90589" y="163931"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146672" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="7023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143802" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="98475" y="7366"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59016" y="27838"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27838" y="59016"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7366" y="98475"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="143802"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7366" y="189128"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27838" y="228587"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59016" y="259765"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="98475" y="280238"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143802" y="287604"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189115" y="280238"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228574" y="259765"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259753" y="228587"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="269430" y="209943"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280225" y="189128"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="287591" y="143802"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="03B820EA" id="Graphic 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:80.25pt;margin-top:.9pt;width:22.65pt;height:22.65pt;z-index:487472128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="287655,287655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/fGCASgMAADILAAAOAAAAZHJzL2Uyb0RvYy54bWysVt9vmzAQfp+0/8HifQWb31GTqmrVaVLV&#10;VWqnPTvEJGiAme0m6X+/sx0TtmiQTHvBB3wc393nO9/1zb6p0ZYJWfF27uGrwEOsLfiqatdz79vr&#10;w6fMQ1LRdkVr3rK5986kd7P4+OF6180Y4Rter5hA4KSVs1039zZKdTPfl8WGNVRe8Y618LLkoqEK&#10;bsXaXwm6A+9N7ZMgSPwdF6tO8IJJCU/v7UtvYfyXJSvU17KUTKF67gE3Za7CXJf66i+u6WwtaLep&#10;igMN+g8sGlq18NPe1T1VFL2J6sRVUxWCS16qq4I3Pi/LqmAmBogGB39E87KhHTOxQHJk16dJ/j+3&#10;xdP2pXsWmrrsHnnxQ0JG/F0nZ/0bfSMPmH0pGo0F4mhvsvjeZ5HtFSrgIcnSJI49VMCrg6190pn7&#10;uHiT6jPjxhHdPkplRVg5i26cVexbZwqQUotYGxGVh0BE4SEQcWlF7KjS32l22kS7/u9o05v6bcO3&#10;7JUbnNJB4CgmYeohoItxmARY+wO6R1zd/obHSZRii4/zBIcHvEO5tTvxfhl6yMX5LGoumaWng7w8&#10;WBAkzg/kozALyESwBCAExITk5FmUxqOxkjhP49CA4zzAyTiYZHEaGTBJszAbBeMsx9jSSMNk3DHO&#10;kjy0IaYBmVDniMVnqDNAZxjnpn3ATnHquPWgfEri2AaIL0KTIM+jCd5RkqTEJu8i9BlMchKQs2nn&#10;QZzlhgdOQp12uzldJtzqaqFnnSYEu73nQG49Sd9F4At1vEj16f1ka0qXy/jmsMWkcZP72ZaShk7X&#10;iUVo7HQBmh9r6HRhw8kJODxsGE4st1rRep+6YMl4TR+5EmgFWTq6dQZJgCaTjPehY3J1+5pqLUfJ&#10;9GkVRKM8Bo3oDN86MNfjpmkP2ucZGSEJNAkrzBkNY9DHz5HmL6eEE/vkGIIm2J+/YA9PeMnravVQ&#10;1bU+rKRYL+9qgbYUjvL8luTQPGzHGMDM+GEnDj17LPnq/VmgHQxpc0/+fKOCeaj+0sIUpCc6Zwhn&#10;LJ0hVH3Hzdxnzkkh1ev+OxUd6sCcewoGlifuZiw6c6OIjqXH6i9bfvumeFnpOcVws4wONzCYmXHh&#10;METqyW94b1DHUXfxCwAA//8DAFBLAwQUAAYACAAAACEAv94OA9sAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbExPy07DMBC8I/EP1iJxo3Yr0qI0TlWhVAKJC4UDRzfexqHxOordNPw9y4neZjSjeRSb&#10;yXdixCG2gTTMZwoEUh1sS42Gz4/dwxOImAxZ0wVCDT8YYVPe3hQmt+FC7zjuUyM4hGJuNLiU+lzK&#10;WDv0Js5Cj8TaMQzeJKZDI+1gLhzuO7lQaim9aYkbnOnx2WF92p+9hqbaVdXpxW3br/T2GlbZ2FXf&#10;o9b3d9N2DSLhlP7N8Defp0PJmw7hTDaKjvlSZWxlwA9YX6iMwUHD42oOsizk9YHyFwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAH98YIBKAwAAMgsAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL/eDgPbAAAACAEAAA8AAAAAAAAAAAAAAAAApAUAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACsBgAAAAA=&#10;" path="m145237,113601r-28766,46012l145237,159613r,-46012xem287591,143802l280225,98475,259753,59016,228574,27838,189115,7366r-2184,-343l186931,159613r,21577l172554,181190r,28753l146672,209943r,-28753l92024,181190,90589,163931,146672,76212r25882,l172554,159613r14377,l186931,7023,143802,,98475,7366,59016,27838,27838,59016,7366,98475,,143802r7366,45326l27838,228587r31178,31178l98475,280238r45327,7366l189115,280238r39459,-20473l259753,228587r9677,-18644l280225,189128r7366,-45326xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Embeds environmental, social, and economic sustainability not only within the project scope, but also by linking with broader city strategies to ensuring long-lasting, systemic impact.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E329CD7" w14:textId="2410C05F" w:rsidR="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D21728A" w14:textId="77777777" w:rsidR="00E353E4" w:rsidRPr="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E77D366" w14:textId="7966B038" w:rsidR="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E353E4">
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+        <w:t>GOOD PRACTICES RELEVANT TO THE IC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2FE667" w14:textId="77777777" w:rsidR="00E353E4" w:rsidRPr="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06292885" w14:textId="68258F06" w:rsidR="00C93954" w:rsidRPr="00C93954" w:rsidRDefault="00C93954" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="1056"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD0C5C5" w14:textId="6A540C6B" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00F352B3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="578" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15733248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38DF5E88" wp14:editId="39005441">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1038135</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-24853</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="265430" cy="265430"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="18" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="265430" cy="265430"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="265430" h="265430">
+                              <a:moveTo>
+                                <a:pt x="132506" y="265013"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="90740" y="258229"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="54380" y="239360"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="25653" y="210633"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6784" y="174273"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="132506"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6784" y="90740"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="25653" y="54380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="54380" y="25653"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="90740" y="6784"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="132506" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="174273" y="6784"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="210633" y="25653"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="239360" y="54380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="247584" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="147082" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="96730" y="88779"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="96730" y="108655"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="108655"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="193460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="248272" y="193460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="239360" y="210633"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="210633" y="239360"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="174273" y="258229"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="132506" y="265013"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="265430" h="265430">
+                              <a:moveTo>
+                                <a:pt x="248272" y="193460"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="149732" y="193460"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="149732" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="247584" y="70228"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="258229" y="90740"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="265013" y="132506"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="258229" y="174273"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="248272" y="193460"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="265430" h="265430">
+                              <a:moveTo>
+                                <a:pt x="125881" y="108655"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="96730" y="108655"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="99380"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125881" y="108655"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="68098877" id="Graphic 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:81.75pt;margin-top:-1.95pt;width:20.9pt;height:20.9pt;z-index:15733248;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="265430,265430" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbhr8gJwMAANwKAAAOAAAAZHJzL2Uyb0RvYy54bWysVm1vmzAQ/j5p/8Hi+wqY96hJVbXqNKnq&#10;KjXTPjtgEjTAzHZe+u93tjFBnULSql/gwA/H3fOcz3d9c2hqtKNcVKydO/6V5yDa5qyo2vXc+bV8&#10;+JY6SEjSFqRmLZ07r1Q4N4uvX6733YxitmF1QTkCJ62Y7bu5s5Gym7muyDe0IeKKdbSFxZLxhkh4&#10;5Gu34GQP3pvaxZ4Xu3vGi46znAoBb+/NorPQ/suS5vJnWQoqUT13IDapr1xfV+rqLq7JbM1Jt6ny&#10;PgzygSgaUrXw08HVPZEEbXn1n6umyjkTrJRXOWtcVpZVTnUOkI3vvcnmZUM6qnMBckQ30CQ+z23+&#10;tHvpnrkKXXSPLP8jgBF334nZsKIeRI85lLxRWAgcHTSLrwOL9CBRDi9xHIUBcJ3DUm8rn2RmP863&#10;Qn6nTDsiu0chjQiFtcjGWvmhtSYHKZWItRZROghE5A4CEVdGxI5I9Z2KTploP/wdbQZTrTZsR5dM&#10;46RKwg9w5MUOMuF6fqD8QbhHXN2O8ZmXhJCegkcpxlkPtyB777RzoCLtwUEWxLrgwLcF2bsB4yiO&#10;AuPZ9+LABmJB9m7AcZKGGusnIU6msSaCPlGTnXVm72+cmiSnoMdgTY5T2BELOsUp7JFeneEUdKTc&#10;NLE9RUqzs06xod7oq/SYigAbURX4PAs4TKJes8TDOJ307IeJl2It8HlwFidqx0EUaZok0xV5xPpe&#10;GkfRdBRQ4qlvyux96CwIz1V7mOLEZOhfgD4y3Ss0qctIxPP7blQeF2zpUdVBezv2C7uT8poJaoJT&#10;jej9DQmfIOZUQ/LDLAkuJnKEPl9Y7yrZnjtVhhe0D0OdAl/Ql0auL2h3pwj8NIX8E9vilEIf3XNZ&#10;pk6PqUI/FcnJVOHwGU5KsMdnsWB1VTxUda1KVvD16q7maEfg0M1ucZbatjKC6UHBzAZqSlix4vWZ&#10;oz2MU3NH/N0STh1U/2hhXoHuJK3BrbGyBpf1HdMTmt4tXMjl4TfhHerAnDsSRosnZqchMrNDg8pl&#10;wKovW3a7lays1EShYzMR9Q8wQumDvR/31Iw2ftao41C6+AcAAP//AwBQSwMEFAAGAAgAAAAhAIGx&#10;ymffAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxah4a2JI1TlUiA1FtD&#10;uTuxm0TE6xA7rfv3LKdyHO3TzNtsG0zPznp0nUUBT/MImMbaqg4bAcfPt9kLMOclKtlb1AKu2sE2&#10;v7/LZKrsBQ/6XPqGUQm6VApovR9Szl3daiPd3A4a6Xayo5Ge4thwNcoLlZueL6JoxY3skBZaOeii&#10;1fV3ORkBu8N+So5f65/3cH0OH69RWRX7QojHh7DbAPM6+BsMf/qkDjk5VXZC5VhPeRUvCRUwixNg&#10;BCyiZQysEhCvE+B5xv9/kP8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA24a/ICcDAADc&#10;CgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgbHKZ98A&#10;AAAJAQAADwAAAAAAAAAAAAAAAACBBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI0G&#10;AAAAAA==&#10;" path="m132506,265013l90740,258229,54380,239360,25653,210633,6784,174273,,132506,6784,90740,25653,54380,54380,25653,90740,6784,132506,r41767,6784l210633,25653r28727,28727l247584,70228r-100502,l96730,88779r,19876l125881,108655r,84805l248272,193460r-8912,17173l210633,239360r-36360,18869l132506,265013xem248272,193460r-98540,l149732,70228r97852,l258229,90740r6784,41766l258229,174273r-9957,19187xem125881,108655r-29151,l125881,99380r,9275xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15735808" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15543F3D" wp14:editId="604E7116">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1034975</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>428750</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="271780" cy="271780"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="19" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="271780" cy="271780"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="271780" h="271780">
+                              <a:moveTo>
+                                <a:pt x="135670" y="271341"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="92907" y="264395"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="55679" y="245075"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="26265" y="215662"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6946" y="178434"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="135670"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6946" y="92907"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="26265" y="55679"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="55679" y="26265"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="92907" y="6946"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="135670" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="178434" y="6946"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="215662" y="26265"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="245075" y="55679"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="253496" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="134314" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="113221" y="76547"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="99887" y="87677"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="92913" y="101095"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="90899" y="112606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="149360" y="112606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146842" y="120916"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="135840" y="135331"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="93612" y="180442"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="93612" y="198079"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="254200" y="198079"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="245075" y="215662"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="215662" y="245075"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="178434" y="264395"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="135670" y="271341"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="271780" h="271780">
+                              <a:moveTo>
+                                <a:pt x="254200" y="198079"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="179085" y="198079"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="179085" y="179085"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="124817" y="179085"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163144" y="137536"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="175015" y="107179"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="173425" y="95372"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="167383" y="83946"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154982" y="75318"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="134314" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="253496" y="71905"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="264395" y="92907"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="271286" y="135331"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="271341" y="135670"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="264395" y="178434"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="254200" y="198079"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="271780" h="271780">
+                              <a:moveTo>
+                                <a:pt x="149360" y="112606"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="116676" y="112606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="116896" y="108536"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="116952" y="107497"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="118881" y="100226"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="124117" y="93718"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="134314" y="90899"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="147881" y="90899"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="150594" y="103109"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="150594" y="108536"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="149360" y="112606"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="49FEDDCC" id="Graphic 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:81.5pt;margin-top:33.75pt;width:21.4pt;height:21.4pt;z-index:15735808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="271780,271780" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL85hW9gMAAGwOAAAOAAAAZHJzL2Uyb0RvYy54bWysV9uO2zYQfS/QfxD03rV4EUUa6w2CBCkK&#10;BGmAbNFnriythcqiSmpt7993eLOFBKa8RV4syjoanZk5M0Pevzvt++zQaNOpYZOjuyLPmqFW2254&#10;3uR/PX76jeeZmeSwlb0amk3+2pj83cOvv9wfx3WD1U7120ZnYGQw6+O4yXfTNK5XK1Pvmr00d2ps&#10;BnjYKr2XE9zq59VWyyNY3/crXBRsdVR6O2pVN8bAvx/9w/zB2W/bpp7+bFvTTFm/yYHb5H61+32y&#10;v6uHe7l+1nLcdXWgIf8Hi73sBvjo2dRHOcnsRXc/mNp3tVZGtdNdrfYr1bZd3TgfwBtUfOfNt50c&#10;G+cLBMeM5zCZn2e2/nL4Nn7VlroZP6v6HwMRWR1Hsz4/sTcmYE6t3lssEM9OLoqv5yg2pymr4U9c&#10;oYpDrGt4FNbWplzHl+sXM/3eKGdIHj6bySdhG1dyF1f1aYhLDam0SexdEqc8gyTqPIMkPvkkjnKy&#10;71l2dpkdz1/PduelfbpXh+ZROdxknUCkZBXw9XQJRdYe0L3g+mGOF1gUlYczSkQZ4BEUr6MzXoJt&#10;4cG0LKo0GDPMSg9GJWM4aZkJyhwWok0JTWK9d8FR712kGa+e7tmodzIFvZD1Pqawsyg4F1PYS3gd&#10;mRR0ljlXyZC06E68erdCiGyKF41iH3onh0Wy2CfVgpejgEtChc9ZhUSR1gIilCDqEnwDGBGMkQez&#10;klZJMQjBudcvr1i1gMUCEa8yaE8LWhcFF17rCGFWsCQLRAVhQZe3oBmn2BPBhUALtknJ6VnzhMSK&#10;jqKIVy8O4IGCaV5Q+EpKcjOw4AWUdgqMSwozyrO+AX3RUtBg0vZMpsudZVYAeLlpzeoKGvilI8a4&#10;1b0yjSdnW+3bW+61wFxruagCbfnOiJYDOUf7F1OBRJhy5OshvJhEM6hKX5aIVCVZEGJVFijwLmAs&#10;puWCKkKxR4uSVGkhIlYR7kuTEzsKkqxLKrjXOHBGPA1+S+d5U08L0rPd8ob5UiHMw4Qj5VIRB51a&#10;0zeMuRmRG6bnNbX+tHK41guvlgNirAqhuaF3IsbD2EFQRUuSRUyUoR0WFRXp+YAQ59wPHlQUGC/I&#10;EFMUSk2Q6nYZ+sGSFDitIo8bwGVRilDDBYGxli6HOXo5fAtj7YfWCXuW884V1vO9sVF9t/3U9b1t&#10;sEY/P33odXaQsAkW77HgkfYM5jbufq9ud+1Pavv6VWdHON5scvPvi9RNnvV/DHB+gKk0xYWOi6e4&#10;0FP/QbkTk+vt2kyPp7+lHrMRlpt8gq3+FxVPJ3IdN/HWlzPWvjmo9y+Taju7w3fcPKNwA0cat9EO&#10;xy97ZprfO9TlkPjwHwAAAP//AwBQSwMEFAAGAAgAAAAhALcmVCjdAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SNyo80NTFOJUEKmIa1u4b+MlCY3tyHbb9O1ZTnAczWjmm2o9&#10;m1GcyYfBWQXpIgFBtnV6sJ2Cj/3m4QlEiGg1js6SgisFWNe3NxWW2l3sls672AkusaFEBX2MUyll&#10;aHsyGBZuIsvel/MGI0vfSe3xwuVmlFmSFNLgYHmhx4mantrj7mQUNPnn5rp//Q5vW2ya93T16LOj&#10;U+r+bn55BhFpjn9h+MVndKiZ6eBOVgcxsi5y/hIVFKslCA5kyZK/HNhJkxxkXcn/F+ofAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAvzmFb2AwAAbA4AAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALcmVCjdAAAACgEAAA8AAAAAAAAAAAAAAAAAUAYA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABaBwAAAAA=&#10;" path="m135670,271341l92907,264395,55679,245075,26265,215662,6946,178434,,135670,6946,92907,26265,55679,55679,26265,92907,6946,135670,r42764,6946l215662,26265r29413,29414l253496,71905r-119182,l113221,76547,99887,87677r-6974,13418l90899,112606r58461,l146842,120916r-11002,14415l93612,180442r,17637l254200,198079r-9125,17583l215662,245075r-37228,19320l135670,271341xem254200,198079r-75115,l179085,179085r-54268,l163144,137536r11871,-30357l173425,95372,167383,83946,154982,75318,134314,71905r119182,l264395,92907r6891,42424l271341,135670r-6946,42764l254200,198079xem149360,112606r-32684,l116896,108536r56,-1039l118881,100226r5236,-6508l134314,90899r13567,l150594,103109r,5427l149360,112606xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Addresses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inequalities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>combats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discrimination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tangible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ways.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Promotes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>diversity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>shared</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asset,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>source</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>division.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDFF393" w14:textId="6EE54A6F" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3" w:rsidP="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15736320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2261D3FE" wp14:editId="6ADEFDAF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1026888</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3031</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="287655" cy="287655"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="20" name="Graphic 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="287655" cy="287655"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="143797" y="287594"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="98472" y="280232"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59014" y="259755"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27839" y="228580"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7362" y="189122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="143797"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7362" y="98472"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27839" y="59014"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59014" y="27839"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="98472" y="7362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189122" y="7362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228580" y="27839"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259755" y="59014"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="267188" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="128339" y="75313"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="114318" y="81605"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="103534" y="92749"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="99220" y="109285"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="161780" y="109285"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="162490" y="112161"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160356" y="122362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="155121" y="127979"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="148538" y="130361"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="130855"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="127979" y="130855"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="127979" y="150987"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="150987"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146942" y="151301"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154222" y="153503"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160963" y="159480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163928" y="171118"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163749" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="97782" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="99287" y="184689"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="106589" y="197361"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="120632" y="207337"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259755" y="228580"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228580" y="259755"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189122" y="280232"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="287594"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="158244" y="209539"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="173455" y="203113"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="184622" y="190756"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="188374" y="171118"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186015" y="157480"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="180285" y="148291"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="173208" y="142606"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="166804" y="139483"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171163" y="137011"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="177949" y="131574"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="184195" y="122901"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186936" y="110723"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="185633" y="100635"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="179746" y="88255"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="166310" y="77762"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="142359" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="267188" y="73336"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280232" y="98472"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="287594" y="143797"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280232" y="189122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="161780" y="109285"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="126541" y="109285"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="126541" y="106410"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="129299" y="95378"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="129417" y="94906"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="94906"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="148538" y="95378"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154761" y="97602"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160176" y="102792"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="161780" y="109285"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="143797" y="189812"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="133169" y="187722"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="126721" y="182802"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="123778" y="177072"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="123665" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163749" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163412" y="175253"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160873" y="181544"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154829" y="187296"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="189812"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="4E758F5F" id="Graphic 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:80.85pt;margin-top:.25pt;width:22.65pt;height:22.65pt;z-index:15736320;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="287655,287655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDciLQNDwUAAAUUAAAOAAAAZHJzL2Uyb0RvYy54bWysWFuP2kYUfq/U/2D5vctcPDe0bBQlSlUp&#10;SiNlqz4bYxZU43FnvAv773vmYnBbMcO2eYEx/nz4zv343L87HbripTV2r/tVie9QWbR9ozf7/mlV&#10;/vb46SdZFnas+03d6b5dla+tLd89/PjD/XFYtkTvdLdpTQFCers8DqtyN47DcrGwza491PZOD20P&#10;N7faHOoRLs3TYmPqI0g/dAuCEF8ctdkMRjettfDrx3CzfPDyt9u2GX/dbm07Ft2qBG6j/zT+c+0+&#10;Fw/39fLJ1MNu30Qa9X9gcaj3PfzpWdTHeqyLZ7P/l6jDvjHa6u141+jDQm+3+6b1OoA2GP1Dm2+7&#10;emi9LmAcO5zNZL+f2ObLy7fhq3HU7fBZN39YsMjiONjl+Y67sBFz2pqDwwLx4uSt+Hq2YnsaiwZ+&#10;JFJwxsqigVvx7GTWy+nh5tmOP7faC6pfPtsxOGEznerddGpO/XQ04ErnxM47cSwLcKIpC3DiOjhx&#10;qEf3nGPnjsXx/O/F7nx0dw/6pX3UHjc6JXBFhRJlEegyVTl5QPeC6/o5XslKkAhHhJIIn0DT9+CF&#10;M4VwFcBMCTBLkD2Bpu8AJkJSFcBEMumjE4hMoOk7gAXlgQWWCpM0C4h80C4qmmJwFhqUTEEvZIOO&#10;KezMCl7FFPZiXk8mBZ15Lm2raCJnhKxQEkzvwyFLlgSnOnDeCoQLLKEeehaU8mQs4IpQFoJB0CyY&#10;SBojRzCKaVoymA0HGhJzlA5JjCijIYAVEZVKSlaKkBhqSIEZk2DMsYAQd9bAt6BJpSIaE3g2Ixto&#10;8yCbEJcoyTBiDERGNJSCtJK4kowG82GKaI7JxY2AlpkCgIn/e2+Tt6EZUlKktZwxuQXNVRXrCwPm&#10;GXuzikAJ8rwZZSgTgBwpTiNaVZk6hzmFWApogTFEbtKXnLoo9UwEYRAEKbQSQkbaN4CBRmgTWFZc&#10;ZqIEcQYQz0NBzcnYjyAOjcShCYJ0v9mTBGMKGqR0JFzymGe3oC8FLRbCpOxZrcy3t1kVJjLbOWfF&#10;Hex+actTF2w6bdtAzvX7t/f9a4a51vdnFfkGQ2ImSRU7P1IMqnPKkFjQys1MPgAoODWNhvib0k0h&#10;kQly6DmQEzEl8gkkOcKBCWYim5zgR6jzPswrSVQmzAUlKKZyRThKJyfmELeRN4UykbEJ1IapqFCB&#10;cI6JUFOZoE7PnL2xiloSAhNdBs0VNHdvE4wEyfCWjNNYDOF9hmaaJvSHKsiWEspbmgjnFIeeKYTI&#10;NcFLe8jPG2+aZGKuO3vcMFWGVA8B5efyVNrMRN8wBV9L+O9WUa6NNFcrCuGsioPHDSPQHM0r8GzK&#10;NJgookIDguojMl2TqAqH3gZpkcvLy/vSLeDztHQDDVYJ6JQ+UgRH6b4GoysWMc0QzE05dHra/N/d&#10;ZNauIBQlnuhc9T2lmMcBQQqReYHDkHHTiCpd1Gd8T2GwiRVfQAnKoTmP1S0/BUGRfcOABegKTOHT&#10;WTDCMrWQIyliLZSYQftMRjhzHSfIloKoTDe5RO3f/HM1+eHF+7xSgPN8aWF1t9982nedGzqseVp/&#10;6EzxUsN2Qr0n6jwZzmB+oxKWKG6dstab16+mOMLeaVXaP59r05ZF90sPix2o1+N0MNNhPR3M2H3Q&#10;fpXl5x1jx8fT77UZigGOq3KEHcwXPa2N6uW0XXG6nLHuyV6/fx71du9WL55bYBQvYNfkNyBxL+aW&#10;WfNrj7ps7x7+AgAA//8DAFBLAwQUAAYACAAAACEAZF/9j90AAAAHAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KjTijRViFNVKJVA4kLhwNGNlzjUXkexm4a/ZznBcTSjmTfVdvZO&#10;TDjGPpCC5SIDgdQG01On4P1tf7cBEZMmo10gVPCNEbb19VWlSxMu9IrTIXWCSyiWWoFNaSiljK1F&#10;r+MiDEjsfYbR68Ry7KQZ9YXLvZOrLFtLr3viBasHfLTYng5nr6Br9k1zerK7/iO9PIcin1zzNSl1&#10;ezPvHkAknNNfGH7xGR1qZjqGM5koHOv1suCoghwE26us4GtHBff5BmRdyf/89Q8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA3Ii0DQ8FAAAFFAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAZF/9j90AAAAHAQAADwAAAAAAAAAAAAAAAABpBwAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHMIAAAAAA==&#10;" path="m143797,287594l98472,280232,59014,259755,27839,228580,7362,189122,,143797,7362,98472,27839,59014,59014,27839,98472,7362,143797,r45325,7362l228580,27839r31175,31175l267188,73336r-124829,l128339,75313r-14021,6292l103534,92749r-4314,16536l161780,109285r710,2876l160356,122362r-5235,5617l148538,130361r-6179,494l127979,130855r,20132l142359,150987r4583,314l154222,153503r6741,5977l163928,171118r-179,1438l97782,172556r1505,12133l106589,197361r14043,9976l142359,211382r126321,l259755,228580r-31175,31175l189122,280232r-45325,7362xem268680,211382r-126321,l158244,209539r15211,-6426l184622,190756r3752,-19638l186015,157480r-5730,-9189l173208,142606r-6404,-3123l171163,137011r6786,-5437l184195,122901r2741,-12178l185633,100635,179746,88255,166310,77762,142359,73336r124829,l280232,98472r7362,45325l280232,189122r-11552,22260xem161780,109285r-35239,l126541,106410r2758,-11032l129417,94906r14380,l148538,95378r6223,2224l160176,102792r1604,6493xem143797,189812r-10628,-2090l126721,182802r-2943,-5730l123665,172556r40084,l163412,175253r-2539,6291l154829,187296r-11032,2516xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strengthens community cohesion, trust, and meaningful citizen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638FF836" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="64"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25321718" w14:textId="5DB5E491" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487477248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="425EFDE2" wp14:editId="11CC7311">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1028700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>6350</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="287655" cy="287655"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1336814362" name="Graphic 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="287655" cy="287655"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="145237" y="113601"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="116471" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="145237" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="145237" y="113601"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="287591" y="143802"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="280225" y="98475"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259753" y="59016"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228574" y="27838"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189115" y="7366"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="7023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="209943"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146672" y="209943"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146672" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="92024" y="181190"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="90589" y="163931"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146672" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="172554" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="159613"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="186931" y="7023"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143802" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="98475" y="7366"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59016" y="27838"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27838" y="59016"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7366" y="98475"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="143802"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7366" y="189128"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27838" y="228587"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59016" y="259765"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="98475" y="280238"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143802" y="287604"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189115" y="280238"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228574" y="259765"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259753" y="228587"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="269430" y="209943"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280225" y="189128"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="287591" y="143802"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="0A3BC6AE" id="Graphic 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:81pt;margin-top:.5pt;width:22.65pt;height:22.65pt;z-index:487477248;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="287655,287655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/fGCASgMAADILAAAOAAAAZHJzL2Uyb0RvYy54bWysVt9vmzAQfp+0/8HifQWb31GTqmrVaVLV&#10;VWqnPTvEJGiAme0m6X+/sx0TtmiQTHvBB3wc393nO9/1zb6p0ZYJWfF27uGrwEOsLfiqatdz79vr&#10;w6fMQ1LRdkVr3rK5986kd7P4+OF6180Y4Rter5hA4KSVs1039zZKdTPfl8WGNVRe8Y618LLkoqEK&#10;bsXaXwm6A+9N7ZMgSPwdF6tO8IJJCU/v7UtvYfyXJSvU17KUTKF67gE3Za7CXJf66i+u6WwtaLep&#10;igMN+g8sGlq18NPe1T1VFL2J6sRVUxWCS16qq4I3Pi/LqmAmBogGB39E87KhHTOxQHJk16dJ/j+3&#10;xdP2pXsWmrrsHnnxQ0JG/F0nZ/0bfSMPmH0pGo0F4mhvsvjeZ5HtFSrgIcnSJI49VMCrg6190pn7&#10;uHiT6jPjxhHdPkplRVg5i26cVexbZwqQUotYGxGVh0BE4SEQcWlF7KjS32l22kS7/u9o05v6bcO3&#10;7JUbnNJB4CgmYeohoItxmARY+wO6R1zd/obHSZRii4/zBIcHvEO5tTvxfhl6yMX5LGoumaWng7w8&#10;WBAkzg/kozALyESwBCAExITk5FmUxqOxkjhP49CA4zzAyTiYZHEaGTBJszAbBeMsx9jSSMNk3DHO&#10;kjy0IaYBmVDniMVnqDNAZxjnpn3ATnHquPWgfEri2AaIL0KTIM+jCd5RkqTEJu8i9BlMchKQs2nn&#10;QZzlhgdOQp12uzldJtzqaqFnnSYEu73nQG49Sd9F4At1vEj16f1ka0qXy/jmsMWkcZP72ZaShk7X&#10;iUVo7HQBmh9r6HRhw8kJODxsGE4st1rRep+6YMl4TR+5EmgFWTq6dQZJgCaTjPehY3J1+5pqLUfJ&#10;9GkVRKM8Bo3oDN86MNfjpmkP2ucZGSEJNAkrzBkNY9DHz5HmL6eEE/vkGIIm2J+/YA9PeMnravVQ&#10;1bU+rKRYL+9qgbYUjvL8luTQPGzHGMDM+GEnDj17LPnq/VmgHQxpc0/+fKOCeaj+0sIUpCc6Zwhn&#10;LJ0hVH3Hzdxnzkkh1ev+OxUd6sCcewoGlifuZiw6c6OIjqXH6i9bfvumeFnpOcVws4wONzCYmXHh&#10;METqyW94b1DHUXfxCwAA//8DAFBLAwQUAAYACAAAACEAxwh9xN0AAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKBx0qTacJdRJIXBgcOGaNacoSp2qyrvx7zImd7KdnPX+v&#10;Ws/eiQnH2AdScLvIQCC1wfTUKfh43948gIhJk9EuECr4wQjr+vKi0qUJJ3rDaZc6wSEUS63ApjSU&#10;UsbWotdxEQYk9r7C6HViOXbSjPrE4d7JPMsK6XVP/MHqAZ8stofd0Svomm3THJ7tpv9Mry9hdT+5&#10;5ntS6vpq3jyCSDin/2P4w2d0qJlpH45konCsi5y7JF54sJ9nqyWIvYK7YgmyruR5gfoXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAf3xggEoDAAAyCwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxwh9xN0AAAAIAQAADwAAAAAAAAAAAAAAAACkBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAK4GAAAAAA==&#10;" path="m145237,113601r-28766,46012l145237,159613r,-46012xem287591,143802l280225,98475,259753,59016,228574,27838,189115,7366r-2184,-343l186931,159613r,21577l172554,181190r,28753l146672,209943r,-28753l92024,181190,90589,163931,146672,76212r25882,l172554,159613r14377,l186931,7023,143802,,98475,7366,59016,27838,27838,59016,7366,98475,,143802r7366,45326l27838,228587r31178,31178l98475,280238r45327,7366l189115,280238r39459,-20473l259753,228587r9677,-18644l280225,189128r7366,-45326xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Responds</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2570E" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="79"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00531E11" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to the real-life needs of both newcomers and long-standing residents, ensuring that all members of the community benefit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DACC7A4" w14:textId="52600C01" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="64"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3873A2D7" w14:textId="00EA59F7" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487475200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2121E05A" wp14:editId="205EF299">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1019175</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8255</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="287655" cy="287655"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1518990105" name="Graphic 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="287655" cy="287655"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="143797" y="287594"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="98472" y="280232"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59014" y="259755"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27839" y="228580"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7362" y="189122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="143797"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="7362" y="98472"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="27839" y="59014"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="59014" y="27839"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="98472" y="7362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189122" y="7362"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228580" y="27839"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259755" y="59014"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="109285" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="102306" y="141820"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="102210" y="142718"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="102096" y="143797"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="123665" y="149549"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="157368" y="149549"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="159727" y="152065"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="162490" y="165366"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="162198" y="170399"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="161665" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="99220" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="100628" y="183341"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="100725" y="184083"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="108027" y="196822"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="122070" y="207135"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="259755" y="228580"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="228580" y="259755"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="189122" y="280232"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="287594"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="129417" y="126541"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="127979" y="126541"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="130786" y="98472"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="130855" y="97782"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="184060" y="97782"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="184060" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="76212"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280232" y="98472"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284090" y="122227"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="136607" y="122227"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="129417" y="126541"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="211382"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="163502" y="207652"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="177409" y="197721"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="185655" y="183476"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="188374" y="166804"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="187543" y="156806"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="182802" y="141820"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="170781" y="128181"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="148111" y="122227"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="284090" y="122227"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="287594" y="143797"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="280232" y="189122"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="268680" y="211382"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="157368" y="149549"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="123665" y="149549"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="123665" y="148111"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="129417" y="142359"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="140921" y="142359"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="146111" y="142718"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="153323" y="145235"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="157368" y="149549"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="287655" h="287655">
+                              <a:moveTo>
+                                <a:pt x="143797" y="189812"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="134810" y="187925"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="129058" y="183341"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="126002" y="177679"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="125103" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="161665" y="172556"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="160154" y="178668"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="154604" y="186397"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="143797" y="189812"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="9A2989"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="2BA453F1" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:80.25pt;margin-top:.65pt;width:22.65pt;height:22.65pt;z-index:487475200;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="287655,287655" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkaK/DsgQAAKUSAAAOAAAAZHJzL2Uyb0RvYy54bWysWFtv2zYUfh+w/yDofTFJiTcjTlG06DCg&#10;6Ao0w54VWY6NyaJGKnH673d4k7UNJp22frAo69Pxd+6HvH3zcuyL506bgxo2Jb5BZdENrdoehsdN&#10;+cf9h19EWZipGbZNr4ZuU37tTPnm7uefbk/juiNqr/ptpwsQMpj1adyU+2ka16uVaffdsTE3auwG&#10;eLhT+thMcKsfV1vdnED6sV8RhNjqpPR21KrtjIFf3/uH5Z2Tv9t17fT7bme6qeg3JXCb3Ld23w/2&#10;e3V326wfdTPuD22g0XwDi2NzGOBPZ1Hvm6kpnvThf6KOh1Yro3bTTauOK7XbHdrO6QDaYPQfbb7s&#10;m7FzuoBxzDibyfw4se2n5y/jZ22pm/Gjav8yYJHVaTTr+Ym9MQHzstNHiwXixYuz4tfZit3LVLTw&#10;IxGcUVoWLTwKayuzWceX2ycz/dopJ6h5/mgm74RtXDX7uGpfhrjU4ErrxN45cSoLcKIuC3Dig3fi&#10;2Ez2PcvOLovT/O/Ffl7ap0f13N0rh5usEriuuORl4elSWVt5QPeM64clXoqakwBHpCIBHkHxOjrh&#10;VCJcezCVHMziZUdQvHow4aKSHkwEFS46gUgExasH84p5FlhITNIsIPJBu6BoisEs1CuZgp7Jeh1T&#10;2IUVnIop7Nm8jkwKuvBc2lbBRNYIWaHEm96FQ5Ys8U614LwVCBMMnOpYMILTLsNIApGrwaRCLDgZ&#10;C5KxBiIEx5AgHItkUGJEkIyyXaYkXUIqxjxtXEtay7RsCu6ADuGC8wq05MQnKqYEwd8kmTBSy6Al&#10;o8Aqh8YyMOGokhneDM9ackJpWraUBDzilMyDMTQ1EoiIqqpxmjZCINLLFjUSVQYtUDSgZCJTNKCo&#10;IO55wwJXGXMvqijGlUhH9yIVyBXoc5aF7Ew5fpnA+Zq7KA0ErJMp54uKA63t3CtiaW57ZTpPzjah&#10;b2hGRNY4xDhhdHb/pWaECfQu3zPwEh8JxavvGbhCXPhczhd4AAvbxyE5JecZh2KIPuaD5VVgni2E&#10;i1C5Auxd6Di7Np0MFOAcKwSBD08nD5QQFD2TR1/wY/THdwfKwiz/yqCLgfKq/MSsoigMOQjGuXQ2&#10;Y87Bkr4KgfdJpmYJ6uZDW/RFVfN08cRCVNxPUFBzBYrTWTRkvIYAh6SsK8+EAjon26a8R9f5tskh&#10;ebBHE4FhmQouXAuMIzobLuRVoRhKj2+b2ZYcyppD50fFS3EV7fzdgYsv9PyLgfu6iWKJdh5IOmmR&#10;pTWpaKbrQ5BDbHuzX4FmcwDU+SmLVhUJgVtTEJ4Orgs2/HFOOlcLaJBinlUvOqmCcA8zjuASRpKM&#10;2RG9fsYhDMUs5ZxBt0vLphgFQ14xbb1qkMMMYRpqEfRRmFyTTGjNoFz5vGMVbDGT6AsWv+hS2BjO&#10;W15YLzfVRvWH7YdD39v5w+jHh3e9Lp4b2D3Lt0SKaMAFzO34/Sbfbvcf1PbrZ12c4FxkU5q/nxrd&#10;lUX/2wAHD+DkKS50XDzEhZ76d8odtbjRR5vp/uXPRo/FCMtNOcEZwScVjzWaddz9W11mrH1zUG+f&#10;JrU72KMBx80zCjdwFuJ26OHcxh62LO8d6ny6dPcPAAAA//8DAFBLAwQUAAYACAAAACEAYqQXON0A&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNISkKcaoKpRJIXCgcenTj&#10;JQ6N11HspuHvWU5w29GMZt+U69n3YsIxdoE03C4UCKQm2I5aDR/v25sHEDEZsqYPhBq+McK6urwo&#10;TWHDmd5w2qVWcAnFwmhwKQ2FlLFx6E1chAGJvc8wepNYjq20ozlzue/lUqlcetMRf3BmwCeHzXF3&#10;8hraelvXx2e36fbp9SWssqmvvyatr6/mzSOIhHP6C8MvPqNDxUyHcCIbRc86VxlH+bgDwf5SZTzl&#10;oOE+z0FWpfw/oPoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZGivw7IEAAClEgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYqQXON0AAAAIAQAA&#10;DwAAAAAAAAAAAAAAAAAMBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABYIAAAAAA==&#10;" path="m143797,287594l98472,280232,59014,259755,27839,228580,7362,189122,,143797,7362,98472,27839,59014,59014,27839,98472,7362,143797,r45325,7362l228580,27839r31175,31175l268680,76212r-159395,l102306,141820r-96,898l102096,143797r21569,5752l157368,149549r2359,2516l162490,165366r-292,5033l161665,172556r-62445,l100628,183341r97,742l108027,196822r14043,10313l143797,211382r124883,l259755,228580r-31175,31175l189122,280232r-45325,7362xem129417,126541r-1438,l130786,98472r69,-690l184060,97782r,-21570l268680,76212r11552,22260l284090,122227r-147483,l129417,126541xem268680,211382r-124883,l163502,207652r13907,-9931l185655,183476r2719,-16672l187543,156806r-4741,-14986l170781,128181r-22670,-5954l284090,122227r3504,21570l280232,189122r-11552,22260xem157368,149549r-33703,l123665,148111r5752,-5752l140921,142359r5190,359l153323,145235r4045,4314xem143797,189812r-8987,-1887l129058,183341r-3056,-5662l125103,172556r36562,l160154,178668r-5550,7729l143797,189812xe" fillcolor="#9a2989" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Integrates</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gender</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mainstreaming</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0093166C" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="001418C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>combating</w:t>
+      </w:r>
+      <w:r w:rsidR="0093166C" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discrimination </w:t>
+      </w:r>
+      <w:r w:rsidR="001418C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and/</w:t>
+      </w:r>
+      <w:r w:rsidR="0093166C" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or unequal treatment based on gender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="473AD7CA" w14:textId="2F431310" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="64"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37753760" w14:textId="24BD9F1A" w:rsidR="00DD3CFB" w:rsidRPr="00C93954" w:rsidRDefault="00C93954">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1232" w:right="1056"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15737856" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="197193A0" wp14:editId="7067AE9C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1028065</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>6985</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="265430" cy="265430"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="23" name="Group 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="265430" cy="265430"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="265430" cy="265430"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="24" name="Graphic 24"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="265430" cy="265430"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="265430" h="265430">
+                                <a:moveTo>
+                                  <a:pt x="132506" y="265013"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="94041" y="259309"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="58890" y="242682"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="30076" y="216569"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="10086" y="183215"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="636" y="145495"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="132506"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="159" y="125997"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="7742" y="87873"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="26080" y="53565"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="53565" y="26080"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="87873" y="7742"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="125997" y="159"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="132506" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139016" y="159"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="177140" y="7742"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="211448" y="26080"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="238933" y="53565"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="257271" y="87873"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="264854" y="125997"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="265013" y="132506"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="264854" y="139016"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="257271" y="177140"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="238933" y="211448"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="211448" y="238933"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="177140" y="257271"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139016" y="264854"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="132506" y="265013"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="9A2989"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="25" name="Image 25"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="79340" y="53567"/>
+                            <a:ext cx="106339" cy="157882"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:group w14:anchorId="3BB0406D" id="Group 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:80.95pt;margin-top:.55pt;width:20.9pt;height:20.9pt;z-index:15737856;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="265430,265430" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA0XamqLgQAADwMAAAOAAAAZHJzL2Uyb0RvYy54bWykVttu2zgQfV9g/0HQ&#10;e2Pdb4hdFM02CFB0g20WfaZp6oJKIpekL/n7nSFF2Zu0cpF9sDSSDodnDsczc/v+NPTegUnV8XHt&#10;hzeB77GR8l03Nmv/76dP7wrfU5qMO9Lzka39Z6b895vff7s9iopFvOX9jkkPnIyqOoq132otqtVK&#10;0ZYNRN1wwUb4WHM5EA2PslntJDmC96FfRUGQrY5c7oTklCkFb+/sR39j/Nc1o/rPulZMe/3aB27a&#10;XKW5bvG62tySqpFEtB2daJA3sBhIN8Kms6s7oom3l90rV0NHJVe81jeUDyte1x1lJgaIJgxeRHMv&#10;+V6YWJrq2IhZJpD2hU5vdku/HO6l+CoepWUP5mdOvyvQZXUUTXX5HZ+bM/hUywEXQRDeySj6PCvK&#10;Ttqj8DLK0iQG3Sl8mmyjOG3hWF6tou0fi+tWpLKbGmozlaOA3FFnedT/k+drSwQzqisM/1F63Q7Y&#10;J743kgFS+H7KFngDseDmgEIFpyc1ifl2feY4SUX3St8zboQmh89KG/manbNI6yx6Gp0pIe0x4XuT&#10;8Nr3IOGl70HCb23CC6JxHZ4emt5xPh2vnU38OvADe+IGp/G4wjhKg8z37HEGYYz+gO4Z14+X+DIJ&#10;ktDC0zIOygnuQO4ujPO0KErIFfSdRFkRLYLjIMgnImGWZsuewyAoLDgs4ihMFz1n8QRN0qRchlq2&#10;kyhWCReSu9vQwrQ0gYVRWpb54vZ5nkQGW+RF7vR13tzdeo2yoLAU0jjNlqlahD04XLXE1u6MWENm&#10;CToFhFiMcRF6zp3l7cO4DMLpDK75zPMwsRJcpRqFYZJAOzK5e02CKC7KODbg69pGaR7lNs1/5dCS&#10;IoVigopdzwYomvgvM2ir35LEUXb2bUVcRJ9ph1bHRfRZkUnJRfSF2HbhEnra3hyNJbWIPufHFPAy&#10;+scly/2VaM8Vsw6wFppyNtdHKG2XFVjxvtt96voeK6KSzfZjL70DgVJbfojKwuX/BQw6lapsR0Br&#10;y3fP0FCO0ELWvvpnTyTzvf5hhJYFWaydIZ2xdYbU/UduZhhTjKXST6dvRApPgLn2NTTcL9x1LlK5&#10;VgH8EWCxuHLkH/aa1x32EcPNMpoeoItubkVHK/hN0wZYr9rp9akMVuk9xmYnu+GXfAxEft+LdzAY&#10;gf7dtus7/WyGPGjGSGo8PHYUBxV8uOjMqevMDwNpmBeZQugwuAJjfeVg23fCHSXaE1VolS9mqx9E&#10;a+e2O073Axu1HUQl64E1H1XbCQUtt2LDlsHgIB92UBooDMEahgchu1FjmYT80ZJpCglHqhpS6i9o&#10;2jYN5w+G9JknhvCT4SIv46kMYrUyDYZUbggLgyyOof/gEBameTF3VjehYIrgkDElE44PIPmrLLJz&#10;iCFlaRgTWJnsMSMqWP+ZgS+fDeo89G/+BQAA//8DAFBLAwQKAAAAAAAAACEAUJVxmGwCAABsAgAA&#10;FAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAABYAAAAhCAYAAADdy1su&#10;AAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAACDElEQVRIiaXWP0hVYRjH&#10;8d+9kF6HSEHCcGlpSGpITEHBocHBpaWoLQoqGpwSR4eEpKFcJBJcRBREB9faInAQJAxxCNpuhBDV&#10;Uvjner8N9xw597nPOfe99z7wDu973udz3vOcl/ccAQpsBeArtTHmzQ9FBcw46GLa/FD0KnBk0CJw&#10;oRU4B3xyVjuelRcCP3bQpXp59dCLwC+D/gC6WoVXndXeDnjKTHjMQVdD0Cy4A/hm0AOgu1V41lnt&#10;nVA0Db4OnBh0vRHUg3PAlkF/UtkdDcE5QIl4JumtquOVpGNJ/ZJ6JeUlHUralbQi6aO8SNzlEvDH&#10;qW292AfuZZVirQk0GfNUSllVipuStt1HksqSdiR9j/rdkoYknXPmvovKebbiTWcFJWAOuGwfE+gB&#10;XlB74gE8jUvRGyEWveuAto1TuzUPgDYB085dpwLQuE06+fcFbJvB31Q+Q6FwIcpJxvu8pD7zAtaj&#10;fRoah1FOMgbzkjrM4F4DaBxfTL8zLylnBk+agE9NHw8uNAG3e3DRDA42AQ+YflHAsnmj/8j4rDvt&#10;PPDXGMsChp19+KYB+KWTPxJf3HEuPg9AHwFlk/eZxOk2Cpw6+AZwwwGvAAsOWgZuJWEBT5yJcewD&#10;H6K2mzKvDEzEnl3JA2oPpJAoAQ+Tlle3Afx/tbTYAoask/Vi+oDXwB7VR2OJSmnmgGtp+f8BTXGo&#10;+D42q0gAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAHdjsBrfAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo4xQKDXGqqgJOFRItEuLmxtskaryOYjdJ/57lBLcdzWj2Tb6a&#10;XCsG7EPjSYOaJSCQSm8bqjR87l/vnkCEaMia1hNquGCAVXF9lZvM+pE+cNjFSnAJhcxoqGPsMilD&#10;WaMzYeY7JPaOvncmsuwraXszcrlrZZokC+lMQ/yhNh1uaixPu7PT8DaacT1XL8P2dNxcvvcP719b&#10;hVrf3kzrZxARp/gXhl98RoeCmQ7+TDaIlvVCLTnKhwLBfprMH0EcNNynS5BFLv8PKH4AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SP&#10;QWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHX&#10;tCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+l&#10;nsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddE&#10;tiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANF2pqi4EAAA8DAAADgAAAAAA&#10;AAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAUJVxmGwCAABsAgAAFAAA&#10;AAAAAAAAAAAAAACUBgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAd2OwGt8A&#10;AAAIAQAADwAAAAAAAAAAAAAAAAAyCQAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKom&#10;Dr68AAAAIQEAABkAAAAAAAAAAAAAAAAAPgoAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUG&#10;AAAAAAYABgB8AQAAMQsAAAAA&#10;">
+                <v:shape id="Graphic 24" o:spid="_x0000_s1027" style="position:absolute;width:265430;height:265430;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="265430,265430" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD2t7hiwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfB/6HcIW9zdQiajuj6EAYA2HqYK+X5tqUNTclyWz994sg7PFwzvkOZ7UZbCuu5EPjWMF0koEg&#10;rpxuuFbwdd6/LEGEiKyxdUwKbhRgsx49rbDUrucjXU+xFgnCoUQFJsaulDJUhiyGieuIk3dx3mJM&#10;0tdSe+wT3LYyz7K5tNhwWjDY0Zuh6uf0axXsLv23LPxnsZCFux1yQrPYfij1PB62ryAiDfE//Gi/&#10;awX5DO5f0g+Q6z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9re4YsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m132506,265013l94041,259309,58890,242682,30076,216569,10086,183215,636,145495,,132506r159,-6509l7742,87873,26080,53565,53565,26080,87873,7742,125997,159,132506,r6510,159l177140,7742r34308,18338l238933,53565r18338,34308l264854,125997r159,6509l264854,139016r-7583,38124l238933,211448r-27485,27485l177140,257271r-38124,7583l132506,265013xe" fillcolor="#9a2989" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Image 25" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:79340;top:53567;width:106339;height:157882;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOgmozwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3F3yHcAQ3F00VvEg1iggFV4I/6PbQHNNqc1KaWOvbG0G4y2FmvmEWq85WoqXGl44VjEcJCOLc&#10;6ZKNgtMxG85A+ICssXJMCl7kYbXs/Sww1e7Je2oPwYgIYZ+igiKEOpXS5wVZ9CNXE0fv6hqLIcrG&#10;SN3gM8JtJSdJ8ictlhwXCqxpU1B+PzysgnvVJusXn6f17pKZs7n9ZpeMlBr0u/UcRKAu/Ie/7a1W&#10;MJnC50v8AXL5BgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA6CajPBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId19" o:title=""/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Applies an intersectional lens – responding to the specific realities of people who face multiple and overlapping vulnerabilities (e.g. women</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from migrant backgrounds, young people with disabilities, LGBTI</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:r w:rsidR="001418C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with migration background</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roma</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D11188" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r w:rsidR="00E42E33">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11188" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F352B3" w:rsidRPr="00C93954">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB1E001" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:sectPr w:rsidR="00DD3CFB">
+          <w:footerReference w:type="default" r:id="rId20"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="1220" w:right="141" w:bottom="1940" w:left="992" w:header="0" w:footer="1750" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C300F33" w14:textId="77777777" w:rsidR="00E353E4" w:rsidRPr="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AC3FBB6" w14:textId="5B7E6E26" w:rsidR="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+        <w:t>HOW TO DOCUMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703251CB" w14:textId="46855CFB" w:rsidR="00E353E4" w:rsidRDefault="00E353E4" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+        <w:t>YOUR GOOD PRACTICE?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8ACD96" w14:textId="77777777" w:rsidR="006A7CAE" w:rsidRPr="006A7CAE" w:rsidRDefault="006A7CAE" w:rsidP="00E353E4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="996"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4315F3A0" w14:textId="77777777" w:rsidR="00E353E4" w:rsidRDefault="00E353E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="221"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="613510FB" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>preparing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>good</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>practice,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD95688" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="009B5DCC" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="152"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BC49329" w14:textId="77777777" w:rsidR="00D11188" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:r>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">: </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41E4B632" wp14:editId="7E2E6704">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>889685</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>97826</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="38735" cy="38735"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="38735" cy="38735"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="38735" h="38735">
+                              <a:moveTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="38114"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="14099" y="37630"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="16530"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="19057"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="77A3CA59" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.05pt;margin-top:7.7pt;width:3.05pt;height:3.05pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="38735,38735" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvNXoUTAIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X2znO1acamrVaVLV&#10;VWqmPROMY2sYGJDY+fe7QIizTkqlaX7AFzgczuV+rO/6lqMj06aRosDZKMWICSrLRuwL/H37+GmJ&#10;kbFElIRLwQp8YgbfbT5+WHcqZ2NZS14yjYBEmLxTBa6tVXmSGFqzlpiRVEzAZiV1SyxM9T4pNemA&#10;veXJOE3nSSd1qbSkzBhYfQibeOP5q4pR+62qDLOIFxi0WT9qP+7cmGzWJN9rouqGnmWQf1DRkkbA&#10;pReqB2IJOujmL6q2oVoaWdkRlW0iq6qhzPsA3mTpG29ea6KY9wUex6jLM5n/R0ufj6/qRTvpRj1J&#10;+tPAiySdMvllx03MGdNXunVYEI56/4qnyyuy3iIKi5PlYjLDiMJOMB0jyeNRejD2C5OehhyfjA0h&#10;KKNF6mjRXkRTQyBdCLkPocUIQqgxghDuQggVse6c0+ZM1MXLUR0tt9fKI9tKj7LOgXE2W04x8lKz&#10;bOq4QOqA4uIanc1nE0iiN+iIiX/lmbNpuloF7GIOpwJzxMR/wAbOoOV9XFBxCzfovH3v4P1t3GTp&#10;3sb5na3S2eKmLwP2fX+G+8OpP32iXBoWllxIfWQuYYYoXSeSkbwpHxvOXWiN3u/uuUZH4oref2fJ&#10;VzCf4yGtXYLvZHl60aiDTlBg8+tANMOIfxVQaq5tRENHYxcNbfm99M3FZ5U2dtv/IFohBWaBLVTF&#10;s4yFTPKY8aDfAQLWnRTy88HKqnHl4LUFRecJVL/3/9ypXHu5nnvU0E83vwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAMjnvcTeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLw0doHQ&#10;RpGlUUMPHi0ar1N2BFp2lrBLi2/v9lRv82e+/PNNvplNL040us6ygngZgSCure64UfBZbR8eQTiP&#10;rLG3TAp+ycGmuL3JMdP2zB902vlGhBJ2GSpovR8yKV3dkkG3tANx2P3Y0aAPcWykHvEcyk0vkyha&#10;S4MdhwstDvTWUn3cTUbB9L5ND8eyHBeL79evp0NZVRYrpe7v5pdnEJ5mf4Xhoh/UoQhOezuxdqIP&#10;OY3igIZhlYK4AOk6AbFXkMQrkEUu/39Q/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDv&#10;NXoUTAIAAJcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDI573E3gAAAAkBAAAPAAAAAAAAAAAAAAAAAKYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" path="m21584,38114r-5054,l14099,37630,,21584,,16530,16530,r5054,l38114,19057r,2527l21584,38114xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Clear,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>concise,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>structured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>but</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>sufficiently</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>detailed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>others</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>to understand and replicate it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5F77A1" w14:textId="6509E094" w:rsidR="00055EC3" w:rsidRPr="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
+    <w:p w14:paraId="1E6AE5EB" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="009B5DCC" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA0C904" w14:textId="1FDD150C" w:rsidR="00D11188" w:rsidRPr="00D11188" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:r>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">: the </w:t>
-[...7 lines deleted...]
-        <w:t>and/or to be easily adapted to other contexts.</w:t>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5532EFE6" wp14:editId="1E2A36AE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>889685</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>97834</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="38735" cy="38735"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="38735" cy="38735"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="38735" h="38735">
+                              <a:moveTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="38114"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="14099" y="37630"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="16529"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="19057"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="1A3FCC28" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.05pt;margin-top:7.7pt;width:3.05pt;height:3.05pt;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="38735,38735" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxXyn/TgIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X2znO1acamrVaVLV&#10;VWqmPROMY2sYGJDY+fe7QIizTkqlaX7AFzgczuV+rO/6lqMj06aRosDZKMWICSrLRuwL/H37+GmJ&#10;kbFElIRLwQp8YgbfbT5+WHcqZ2NZS14yjYBEmLxTBa6tVXmSGFqzlpiRVEzAZiV1SyxM9T4pNemA&#10;veXJOE3nSSd1qbSkzBhYfQibeOP5q4pR+62qDLOIFxi0WT9qP+7cmGzWJN9rouqGnmWQf1DRkkbA&#10;pReqB2IJOujmL6q2oVoaWdkRlW0iq6qhzPsA3mTpG29ea6KY9wUex6jLM5n/R0ufj6/qRTvpRj1J&#10;+tPAiySdMvllx03MGdNXunVYEI56/4qnyyuy3iIKi5PlYjLDiMJOMB0jyeNRejD2C5OehhyfjA0h&#10;KKNF6mjRXkRTQyBdCLkPocUIQqgxghDuQggVse6c0+ZM1MXLUR0tt9fKI9tKj7LOgXE2W04x8lKz&#10;bOq4QOqA4uIanc1nE0iiN+iIiX/lmbNpuloF7GIOpwJzxMR/wAbOoOV9HKgYr27yDTpv3zt4fxs3&#10;Wbq3cX5nq3S2uHn3gH3fn+H+cOpP3ymXhoUlF1IfmUuYIUrXiWQkb8rHhnMXWqP3u3uu0ZG4ovff&#10;WfIVzOd4SGuX4DtZnl406qATFNj8OhDNMOJfBZSaaxvR0NHYRUNbfi99c/FZpY3d9j+IVkiBWWAL&#10;VfEsYyGTPGY86HeAgHUnhfx8sLJqXDl4bUHReQLV7/0/dyrXXq7nHjX0081vAAAA//8DAFBLAwQU&#10;AAYACAAAACEAyOe9xN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvDR2&#10;gdBGkaVRQw8eLRqvU3YEWnaWsEuLb+/2VG/zZ778802+mU0vTjS6zrKCeBmBIK6t7rhR8FltHx5B&#10;OI+ssbdMCn7Jwaa4vckx0/bMH3Ta+UaEEnYZKmi9HzIpXd2SQbe0A3HY/djRoA9xbKQe8RzKTS+T&#10;KFpLgx2HCy0O9NZSfdxNRsH0vk0Px7IcF4vv16+nQ1lVFiul7u/ml2cQnmZ/heGiH9ShCE57O7F2&#10;og85jeKAhmGVgrgA6ToBsVeQxCuQRS7/f1D8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADFfKf9OAgAAlwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMjnvcTeAAAACQEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" path="m21584,38114r-5054,l14099,37630,,21584,,16529,16530,r5054,l38114,19057r,2527l21584,38114xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00D11188" w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Centered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>problem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>solution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>briefly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>explain:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7D05FA" w14:textId="5E325E66" w:rsidR="00055EC3" w:rsidRPr="00654B1B" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="694C5A18" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="009B5DCC" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="565AFAEC" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRPr="00654B1B" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-      <w:pPr>
+    <w:p w14:paraId="17893436" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00D11188" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Keep the information short and to the point: keep it simple and effective! </w:t>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>challenge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>addressed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(social,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>economic,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>environmental,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cultural,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etc.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:noProof/>
+          <w:position w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="396A4B0C" wp14:editId="3DCDEE31">
+            <wp:extent cx="47642" cy="47642"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="39" name="Image 39"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="39" name="Image 39"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="47642" cy="47642"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The objectives you set out to achieve.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5904ED" w14:textId="1B9BEE2A" w:rsidR="00055EC3" w:rsidRPr="00654B1B" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-      <w:pPr>
+    <w:p w14:paraId="419DB877" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00D11188" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...32 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The main stages of implementation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211EE618" w14:textId="480C8165" w:rsidR="00055EC3" w:rsidRPr="00654B1B" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-      <w:pPr>
+    <w:p w14:paraId="51A537CE" w14:textId="00791EC2" w:rsidR="00DD3CFB" w:rsidRPr="00D11188" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The actors and partners involved, including community representatives.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396DF312" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRPr="00654B1B" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-[...18 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="365D2453" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="009B5DCC" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A12D6E6" w14:textId="22CCEC1D" w:rsidR="00055EC3" w:rsidRPr="00654B1B" w:rsidRDefault="00055EC3" w:rsidP="00055EC3">
-[...87 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="13D14F5A" w14:textId="018FE8F6" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74E3F5FD" wp14:editId="6860ECC2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>889685</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>98160</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="38735" cy="38735"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="42" name="Graphic 42"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="38735" cy="38735"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="38735" h="38735">
+                              <a:moveTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="38114"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="14099" y="37630"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="16529"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="19057"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="5817AE4A" id="Graphic 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.05pt;margin-top:7.75pt;width:3.05pt;height:3.05pt;z-index:251668992;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="38735,38735" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxXyn/TgIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X2znO1acamrVaVLV&#10;VWqmPROMY2sYGJDY+fe7QIizTkqlaX7AFzgczuV+rO/6lqMj06aRosDZKMWICSrLRuwL/H37+GmJ&#10;kbFElIRLwQp8YgbfbT5+WHcqZ2NZS14yjYBEmLxTBa6tVXmSGFqzlpiRVEzAZiV1SyxM9T4pNemA&#10;veXJOE3nSSd1qbSkzBhYfQibeOP5q4pR+62qDLOIFxi0WT9qP+7cmGzWJN9rouqGnmWQf1DRkkbA&#10;pReqB2IJOujmL6q2oVoaWdkRlW0iq6qhzPsA3mTpG29ea6KY9wUex6jLM5n/R0ufj6/qRTvpRj1J&#10;+tPAiySdMvllx03MGdNXunVYEI56/4qnyyuy3iIKi5PlYjLDiMJOMB0jyeNRejD2C5OehhyfjA0h&#10;KKNF6mjRXkRTQyBdCLkPocUIQqgxghDuQggVse6c0+ZM1MXLUR0tt9fKI9tKj7LOgXE2W04x8lKz&#10;bOq4QOqA4uIanc1nE0iiN+iIiX/lmbNpuloF7GIOpwJzxMR/wAbOoOV9HKgYr27yDTpv3zt4fxs3&#10;Wbq3cX5nq3S2uHn3gH3fn+H+cOpP3ymXhoUlF1IfmUuYIUrXiWQkb8rHhnMXWqP3u3uu0ZG4ovff&#10;WfIVzOd4SGuX4DtZnl406qATFNj8OhDNMOJfBZSaaxvR0NHYRUNbfi99c/FZpY3d9j+IVkiBWWAL&#10;VfEsYyGTPGY86HeAgHUnhfx8sLJqXDl4bUHReQLV7/0/dyrXXq7nHjX0081vAAAA//8DAFBLAwQU&#10;AAYACAAAACEA9LWb8t8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLtOW&#10;tuoqKE0nQN2BIytoV68JbbcmqZJ0K2+Pdxo3//Kn35+LzawHdlbO99YIiFcRMGUaK3vTCviqt8sn&#10;YD6gkThYowT8Kg+b8v6uwFzai/lU511oGZUYn6OALoQx59w3ndLoV3ZUhnY/1mkMFF3LpcMLleuB&#10;J1GUcY29oQsdjuq9U81pN2kB08c2PZ6qyi0W+7fv52NV1xZrIR4f5tcXYEHN4QbDVZ/UoSSng52M&#10;9GygnEYxoTSs18CuQJolwA4CkjgDXhb8/wflHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAxXyn/TgIAAJcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD0tZvy3wAAAAkBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;" path="m21584,38114r-5054,l14099,37630,,21584,,16529,16530,r5054,l38114,19057r,2527l21584,38114xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> etc.</w:t>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evidence-based </w:t>
+      </w:r>
+      <w:r>
+        <w:t>– describe results</w:t>
+      </w:r>
+      <w:r w:rsidR="00F62CBB">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="0033561F">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2DCD" w:rsidRPr="003F2DCD">
+        <w:t xml:space="preserve">mpact, showing positive changes and </w:t>
+      </w:r>
+      <w:r>
+        <w:t>using (if applicable) both quantitative (numbers,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>statistics,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>indicators)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(stories,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>quotes,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">testimonies) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>evidence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27370EA6" w14:textId="212E71D5" w:rsidR="003F013D" w:rsidRDefault="003F013D" w:rsidP="006E67F3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="1FE1FA2B" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="009B5DCC" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F411691" w14:textId="526FA38B" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...23 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">, etc.; </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">inclusive communication and alternative narratives; </w:t>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6967C66F" wp14:editId="4D34891C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>889685</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>97802</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="38735" cy="38735"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="43" name="Graphic 43"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="38735" cy="38735"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="38735" h="38735">
+                              <a:moveTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="38114"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="14099" y="37630"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="16529"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="16530" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="19057"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38114" y="21584"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="21584" y="38114"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:shape w14:anchorId="3E680DAB" id="Graphic 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.05pt;margin-top:7.7pt;width:3.05pt;height:3.05pt;z-index:251671040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="38735,38735" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxXyn/TgIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X2znO1acamrVaVLV&#10;VWqmPROMY2sYGJDY+fe7QIizTkqlaX7AFzgczuV+rO/6lqMj06aRosDZKMWICSrLRuwL/H37+GmJ&#10;kbFElIRLwQp8YgbfbT5+WHcqZ2NZS14yjYBEmLxTBa6tVXmSGFqzlpiRVEzAZiV1SyxM9T4pNemA&#10;veXJOE3nSSd1qbSkzBhYfQibeOP5q4pR+62qDLOIFxi0WT9qP+7cmGzWJN9rouqGnmWQf1DRkkbA&#10;pReqB2IJOujmL6q2oVoaWdkRlW0iq6qhzPsA3mTpG29ea6KY9wUex6jLM5n/R0ufj6/qRTvpRj1J&#10;+tPAiySdMvllx03MGdNXunVYEI56/4qnyyuy3iIKi5PlYjLDiMJOMB0jyeNRejD2C5OehhyfjA0h&#10;KKNF6mjRXkRTQyBdCLkPocUIQqgxghDuQggVse6c0+ZM1MXLUR0tt9fKI9tKj7LOgXE2W04x8lKz&#10;bOq4QOqA4uIanc1nE0iiN+iIiX/lmbNpuloF7GIOpwJzxMR/wAbOoOV9HKgYr27yDTpv3zt4fxs3&#10;Wbq3cX5nq3S2uHn3gH3fn+H+cOpP3ymXhoUlF1IfmUuYIUrXiWQkb8rHhnMXWqP3u3uu0ZG4ovff&#10;WfIVzOd4SGuX4DtZnl406qATFNj8OhDNMOJfBZSaaxvR0NHYRUNbfi99c/FZpY3d9j+IVkiBWWAL&#10;VfEsYyGTPGY86HeAgHUnhfx8sLJqXDl4bUHReQLV7/0/dyrXXq7nHjX0081vAAAA//8DAFBLAwQU&#10;AAYACAAAACEAyOe9xN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvDR2&#10;gdBGkaVRQw8eLRqvU3YEWnaWsEuLb+/2VG/zZ778802+mU0vTjS6zrKCeBmBIK6t7rhR8FltHx5B&#10;OI+ssbdMCn7Jwaa4vckx0/bMH3Ta+UaEEnYZKmi9HzIpXd2SQbe0A3HY/djRoA9xbKQe8RzKTS+T&#10;KFpLgx2HCy0O9NZSfdxNRsH0vk0Px7IcF4vv16+nQ1lVFiul7u/ml2cQnmZ/heGiH9ShCE57O7F2&#10;og85jeKAhmGVgrgA6ToBsVeQxCuQRS7/f1D8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADFfKf9OAgAAlwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMjnvcTeAAAACQEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" path="m21584,38114r-5054,l14099,37630,,21584,,16529,16530,r5054,l38114,19057r,2527l21584,38114xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:t>c</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">ooperation with media; awareness campaigns; special awards/ceremonies </w:t>
+        <w:t>Explicit</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">on </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">highlighting citizens’ </w:t>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>contributions to interculturality</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">; opinion surveys; </w:t>
+        <w:t>about</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">research and </w:t>
-[...11 lines deleted...]
-        <w:t>communicating on interculturality</w:t>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>;</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>cross-cutting</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">reaching out to diverse groups; </w:t>
-[...2 lines deleted...]
-        <w:t>etc</w:t>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>aspects:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0639B52C" w14:textId="61EDF6C9" w:rsidR="003F013D" w:rsidRDefault="003F013D" w:rsidP="006E67F3">
-[...31 lines deleted...]
-    <w:p w14:paraId="6EE81BAB" w14:textId="0C16699D" w:rsidR="003F013D" w:rsidRDefault="003F013D" w:rsidP="006E67F3">
+    <w:p w14:paraId="5F0BA9E4" w14:textId="7A1672D1" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> mainstreaming of gender and interculturality issues; empowerment of migrant women; programmes/projects for the intercultural inclusion of LGBTI persons; awareness raising campaigns; employment programmes; cooperation with civil society and NGOs; etc.)</w:t>
+        <w:spacing w:before="76" w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Gender</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>mainstreaming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Show</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>gender</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>equality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>considered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>and acted upon in all phases.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597A6249" w14:textId="6A059699" w:rsidR="003F013D" w:rsidRPr="00654B1B" w:rsidRDefault="003F013D" w:rsidP="006E67F3">
+    <w:p w14:paraId="6C15C354" w14:textId="4F62DCD6" w:rsidR="00F62CBB" w:rsidRPr="00D11188" w:rsidRDefault="00F62CBB" w:rsidP="00D11188">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:spacing w:before="76" w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>facilitating a</w:t>
-[...2 lines deleted...]
-        <w:t>ccess to social rights</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Integrating the youth perspective</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B5DCC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> public services; anti-gypsyism and awareness; Roma mediators; school de-segregation</w:t>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00364E30">
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Demonstrate </w:t>
       </w:r>
       <w:r>
-        <w:t>; employability networks;</w:t>
-[...11 lines deleted...]
-        <w:t>etc.)</w:t>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>how young people were involved with and benefited from the action.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47196B67" w14:textId="1A92FAF6" w:rsidR="003F013D" w:rsidRPr="00654B1B" w:rsidRDefault="003F013D" w:rsidP="006E67F3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="5D817B46" w14:textId="78823FE4" w:rsidR="00DD3CFB" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:r>
+        <w:spacing w:before="3" w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1859"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-        <w:t>e.g.,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>Intersectionality</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> human rights education programmes; democratic citizenship education; active participation; </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">youth empowerment; </w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
-        <w:t>etc.)</w:t>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Mention</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>initiative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>addressed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>multiple, overlapping forms of disadvantage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353A22F0" w14:textId="1664A948" w:rsidR="003F013D" w:rsidRDefault="003F013D" w:rsidP="006E67F3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="4B631867" w14:textId="07E6C8CA" w:rsidR="00DD3CFB" w:rsidRDefault="009B5DCC" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="3" w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487461888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="112B7DAF" wp14:editId="114C6899">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>189230</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>429260</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="190500" cy="238125"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1222238638" name="Rectangle 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="190500" cy="238125"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:rect w14:anchorId="3ED34740" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.9pt;margin-top:33.8pt;width:15pt;height:18.75pt;z-index:487461888;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4n+hDeAIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azdGuDOkWQosOA&#10;oi3WDj0rshQbkEWNUuJkXz9Kdpy2K3YodpFFk3wkn0heXO5aw7YKfQO25MVJzpmyEqrGrkv+8/H6&#10;0xlnPghbCQNWlXyvPL+cf/xw0bmZmkANplLICMT6WedKXofgZlnmZa1a4U/AKUtKDdiKQCKuswpF&#10;R+itySZ5/iXrACuHIJX39PeqV/J5wtdayXCntVeBmZJTbiGdmM5VPLP5hZitUbi6kUMa4h1ZtKKx&#10;FHSEuhJBsA02f0G1jUTwoMOJhDYDrRupUg1UTZG/quahFk6lWogc70aa/P+DlbfbB3ePREPn/MzT&#10;NVax09jGL+XHdoms/UiW2gUm6Wdxnp/mRKkk1eTzWTE5jWRmR2eHPnxT0LJ4KTnSWySKxPbGh970&#10;YBJjeTBNdd0Yk4T4/mppkG0FvdxqXQzgL6yMfZcj5Rg9s2PF6Rb2RkU8Y38ozZqKapykhFMzHpMR&#10;Uiobil5Vi0r1ORbERuongh89EiEJMCJrqm7EHgBeFnrA7ukZ7KOrSr08Ouf/Sqx3Hj1SZLBhdG4b&#10;C/gWgKGqhsi9/YGknprI0gqq/T0yhH6SvJPXDT3vjfDhXiCNDnUErYNwR4c20JUchhtnNeDvt/5H&#10;e+po0nLW0SiW3P/aCFScme+Wev28mE7j7CZhevp1QgI+16yea+ymXQL1TEGLx8l0jfbBHK4aoX2i&#10;rbGIUUklrKTYJZcBD8Iy9CuC9o5Ui0Uyo3l1ItzYBycjeGQ1tu/j7kmgG3o80HDcwmFsxexVq/e2&#10;0dPCYhNAN2kOjrwOfNOsp8YZ9lJcJs/lZHXcnvM/AAAA//8DAFBLAwQUAAYACAAAACEACPEU+dsA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1UimhCXEqhMQVRMuFmxtv&#10;44h4HdnbNPD1uCc4jmY086bZLm4UM4Y4eFKQrzIQSJ03A/UKPvYv9xsQkTUZPXpCBd8YYdteXzW6&#10;Nv5M7zjvuBephGKtFVjmqZYydhadjis/ISXv6IPTnGTopQn6nMrdKNdZVkqnB0oLVk/4bLH72p2c&#10;guqne+ONnwrLw2fVu/z1GOY7pW5vlqdHEIwL/4Xhgp/QoU1MB38iE8WoYF0lclZQPpQgkl9c9CHl&#10;siIH2Tby/4H2FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHif6EN4AgAAhQUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAjxFPnbAAAACAEAAA8A&#10;AAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="white [3212]" strokeweight="2pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>Sustainability</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>Explain</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>measures</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>taken</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>long-term</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t xml:space="preserve">benefits, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F62CBB">
+        <w:t>and how the action can or was integrated into the city’s strategy on inclusion</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9296AA" w14:textId="78614487" w:rsidR="00D11188" w:rsidRPr="009B5DCC" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1439C79F" w14:textId="3BB1A235" w:rsidR="00D11188" w:rsidRPr="00D11188" w:rsidRDefault="009B5DCC" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>;</w:t>
+          <w:noProof/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487463936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CA911D3" wp14:editId="5C526F3E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>179705</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>468630</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="190500" cy="238125"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1569893201" name="Rectangle 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="190500" cy="238125"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <w:pict>
+              <v:rect w14:anchorId="67DAFDE9" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.15pt;margin-top:36.9pt;width:15pt;height:18.75pt;z-index:487463936;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4n+hDeAIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azdGuDOkWQosOA&#10;oi3WDj0rshQbkEWNUuJkXz9Kdpy2K3YodpFFk3wkn0heXO5aw7YKfQO25MVJzpmyEqrGrkv+8/H6&#10;0xlnPghbCQNWlXyvPL+cf/xw0bmZmkANplLICMT6WedKXofgZlnmZa1a4U/AKUtKDdiKQCKuswpF&#10;R+itySZ5/iXrACuHIJX39PeqV/J5wtdayXCntVeBmZJTbiGdmM5VPLP5hZitUbi6kUMa4h1ZtKKx&#10;FHSEuhJBsA02f0G1jUTwoMOJhDYDrRupUg1UTZG/quahFk6lWogc70aa/P+DlbfbB3ePREPn/MzT&#10;NVax09jGL+XHdoms/UiW2gUm6Wdxnp/mRKkk1eTzWTE5jWRmR2eHPnxT0LJ4KTnSWySKxPbGh970&#10;YBJjeTBNdd0Yk4T4/mppkG0FvdxqXQzgL6yMfZcj5Rg9s2PF6Rb2RkU8Y38ozZqKapykhFMzHpMR&#10;Uiobil5Vi0r1ORbERuongh89EiEJMCJrqm7EHgBeFnrA7ukZ7KOrSr08Ouf/Sqx3Hj1SZLBhdG4b&#10;C/gWgKGqhsi9/YGknprI0gqq/T0yhH6SvJPXDT3vjfDhXiCNDnUErYNwR4c20JUchhtnNeDvt/5H&#10;e+po0nLW0SiW3P/aCFScme+Wev28mE7j7CZhevp1QgI+16yea+ymXQL1TEGLx8l0jfbBHK4aoX2i&#10;rbGIUUklrKTYJZcBD8Iy9CuC9o5Ui0Uyo3l1ItzYBycjeGQ1tu/j7kmgG3o80HDcwmFsxexVq/e2&#10;0dPCYhNAN2kOjrwOfNOsp8YZ9lJcJs/lZHXcnvM/AAAA//8DAFBLAwQUAAYACAAAACEA4eGEPdwA&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDrpFEhTeNUCIkriMKFmxtv&#10;44h4HdluGvh6tic4jmY086bezW4QE4bYe1KQLzMQSK03PXUKPt6fFyWImDQZPXhCBd8YYddcX9W6&#10;Mv5MbzjtUye4hGKlFdiUxkrK2Fp0Oi79iMTe0QenE8vQSRP0mcvdIFdZdi+d7okXrB7xyWL7tT85&#10;BZuf9jWVflzb1H9uOpe/HMN0p9Ttzfy4BZFwTn9huOAzOjTMdPAnMlEMClZlwUkFDwU/YH990QfO&#10;5XkBsqnl/wPNLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4n+hDeAIAAIUFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDh4YQ93AAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" fillcolor="white [3212]" strokecolor="white [3212]" strokeweight="2pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>Focused</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>replicability</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>outline</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>key</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>factors</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t>success,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:t xml:space="preserve">potential challenges, and any preconditions needed for transfer to other cities or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F352B3">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>contexts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125B26D5" w14:textId="103BA9BB" w:rsidR="003F013D" w:rsidRDefault="003F013D" w:rsidP="006E67F3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="64544F59" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="009B5DCC" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1210"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ADDC754" w14:textId="3F5E002E" w:rsidR="00DD3CFB" w:rsidRPr="00D11188" w:rsidRDefault="00F352B3" w:rsidP="00D11188">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00913B4E">
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:right="1210"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>Supplemented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+        </w:rPr>
+        <w:t>resources</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="9A2989"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:t>links</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:t>reports,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D11188">
+        <w:t>websites, policy documents, or visual materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1934AE3F" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DD3CFB">
+          <w:footerReference w:type="default" r:id="rId22"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="1240" w:right="141" w:bottom="1940" w:left="992" w:header="0" w:footer="1750" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED786FA" w14:textId="77777777" w:rsidR="006A7CAE" w:rsidRPr="006A7CAE" w:rsidRDefault="006A7CAE" w:rsidP="006A7CAE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="116"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2301D144" w14:textId="08DA6EC1" w:rsidR="006A7CAE" w:rsidRDefault="006A7CAE" w:rsidP="006A7CAE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="116"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+        </w:rPr>
+        <w:t>GOOD PRACTICE FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658FD2C0" w14:textId="77777777" w:rsidR="006A7CAE" w:rsidRPr="006A7CAE" w:rsidRDefault="006A7CAE" w:rsidP="006A7CAE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCC00"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="198" w:right="116"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="150D5A5E" w14:textId="41ACF362" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="199"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EAC2D58" w14:textId="77777777" w:rsidR="0054383B" w:rsidRDefault="009D5832">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054383B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="0054383B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AFA76C" w14:textId="5965018D" w:rsidR="00DD3CFB" w:rsidRPr="00CE694B" w:rsidRDefault="009D5832" w:rsidP="0054383B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE694B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Any section marked with an asterisk must be completed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8EA581" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00B23324" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...752 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2830"/>
-        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="2339"/>
+        <w:gridCol w:w="6731"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="006D7FCC" w14:textId="77777777" w:rsidTr="00CB1059">
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="5AB402A0" w14:textId="77777777" w:rsidTr="00D11188">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5743D906" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="047013CB" w14:textId="31926A34" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>City:</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Contact information</w:t>
+            </w:r>
+            <w:r w:rsidR="0054383B" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="6F39D8FA" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D59096" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>City name (Country)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5664" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60E9B264" w14:textId="1E4635C6" w:rsidR="00CB1059" w:rsidRPr="00821A17" w:rsidRDefault="00821A17" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="0A18A9E1" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
             <w:pPr>
-              <w:rPr>
-[...150 lines deleted...]
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="42BBB1D6" w14:textId="77777777" w:rsidTr="00CB1059">
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="6031CC44" w14:textId="77777777" w:rsidTr="00D11188">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="355D53E8" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="1945F086" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...1 lines deleted...]
-                <w:lang w:eastAsia="fr-FR"/>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5664" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5868ACD8" w14:textId="2E940CC2" w:rsidR="00CB1059" w:rsidRPr="00821A17" w:rsidRDefault="00821A17" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="2B290857" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
             <w:pPr>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="4954B70F" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="433"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="717644A9" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Position / Role</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6135002D" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="5A1AC813" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="436"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51FF85D4" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Department / Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BDE584" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="77122491" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="507A79E9" w14:textId="29A7A5E9" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3C6E6" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E11C5AA" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="792DE996" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7825"/>
+        <w:gridCol w:w="1245"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="3CC3853A" w14:textId="77777777" w:rsidTr="001418C1">
+        <w:trPr>
+          <w:trHeight w:val="335"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9070" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28616DF1" w14:textId="0587E2AA" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk209091411"/>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Theme of the good practice*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="15CE7F58" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DAD145" w14:textId="3A45B171" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Anti-discrimination and Equality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9B1DAE" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="3823778F" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6BD339" w14:textId="7C10FDD7" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Anti-rumours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19930495" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="14F25A58" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDCBC44" w14:textId="0DA7FF95" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Business and Employment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="552F5C3C" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="4512DDCD" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6167F928" w14:textId="40DE820B" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Communication and public awareness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCE6558" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="04C1C3FA" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F585A69" w14:textId="1A17D2AE" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Culture, Leisure and Heritage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B916AFA" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="05945226" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2239DCDD" w14:textId="15F34B08" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Developing a culture of openness and Interculturality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DAD118" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="63F9BD85" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A48F8C6" w14:textId="7643D711" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7C9F57" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="35FE96BD" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4404A140" w14:textId="096353D6" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Gender equality and Intersectionality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AADD76" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="79AB2EEC" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29527CEB" w14:textId="0241511C" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Health, Social care and Family support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8F1F28" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="6E4DDE2F" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D1F711" w14:textId="13383A52" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Housing and urban planning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0001B1" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="49B78F2D" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="798514AB" w14:textId="422E8D37" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>International outlook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0176E839" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F6299B" w:rsidRPr="00CE694B" w14:paraId="7ADFD061" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EC8DDA" w14:textId="1B77FFED" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Leadership and Political Commitment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0A86BD" w14:textId="77777777" w:rsidR="00F6299B" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="2032F449" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABAA130" w14:textId="5F8C94BA" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mediation and conflict resolution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C68D99" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="7A541F1E" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59924768" w14:textId="58D336D7" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Multilingualism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCA48B5" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="0094CBF1" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="162EA90A" w14:textId="062DAD3C" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Neighbourhood</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1717A154" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="519F7601" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3B59FE" w14:textId="65287F6C" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Political and public participation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F84C99" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="40462B87" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F16AC87" w14:textId="59BD1642" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Public and Community Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E5C1BD" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="0AEDC8AA" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED510D1" w14:textId="0D587B5C" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Refugees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF2FD57" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="3403B1E1" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFFC26F" w14:textId="755579EF" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Religion and Interfaith</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D2FB69" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="0E918264" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE42A42" w14:textId="3A27F6E2" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="00F6299B" w:rsidP="00F6299B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Roma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E362761" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="213B5B40" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE0312F" w14:textId="2B128A82" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Security, Justice and Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CBBDC1" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001418C1" w:rsidRPr="00CE694B" w14:paraId="7CAE4C71" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3E337D" w14:textId="53E1B5BE" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Welcoming and social integration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4A33B4" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB23B1" w:rsidRPr="00CE694B" w14:paraId="61525C46" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE74D5A" w14:textId="30BFF002" w:rsidR="00AB23B1" w:rsidRPr="00CE694B" w:rsidRDefault="00AB23B1" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Youth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="478F58E6" w14:textId="77777777" w:rsidR="00AB23B1" w:rsidRPr="00CE694B" w:rsidRDefault="00AB23B1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB23B1" w:rsidRPr="00CE694B" w14:paraId="08F824B8" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E93AA33" w14:textId="1E7EE3A9" w:rsidR="00AB23B1" w:rsidRDefault="00AB23B1" w:rsidP="001418C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Combating disinformation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1245" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F5422B" w14:textId="77777777" w:rsidR="00AB23B1" w:rsidRPr="00CE694B" w:rsidRDefault="00AB23B1" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="6018898A" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B4EE29" w14:textId="77777777" w:rsidR="001418C1" w:rsidRPr="00CE694B" w:rsidRDefault="001418C1" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="4535"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="4A9637FB" w14:textId="77777777" w:rsidTr="00C66504">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9070" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD8CF51" w14:textId="590107C8" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Title </w:t>
+            </w:r>
+            <w:r w:rsidR="0054383B" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and summary </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the </w:t>
+            </w:r>
+            <w:r w:rsidR="007A2660" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>nitiative</w:t>
+            </w:r>
+            <w:r w:rsidR="0054383B" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="7C734100" w14:textId="77777777" w:rsidTr="00C66504">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9070" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB433EF" w14:textId="77777777" w:rsidR="0054383B" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:eastAsia="fr-FR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00821A17">
-              <w:rPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:eastAsia="fr-FR"/>
-[...1 lines deleted...]
-              <w:t>N/A</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Short, clear and engaging title</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DAB8ABF" w14:textId="4370FE07" w:rsidR="00531E11" w:rsidRPr="00CE694B" w:rsidRDefault="00531E11" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please also specify the relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="0054383B" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>theme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the initiative based on the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="00CE694B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t xml:space="preserve">website </w:t>
+              </w:r>
+              <w:r w:rsidR="00B23324" w:rsidRPr="00CE694B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>c</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00CE694B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>lassification</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to help with processing and organisation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17ADD1BF" w14:textId="77777777" w:rsidR="0054383B" w:rsidRPr="00CE694B" w:rsidRDefault="0054383B" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FEE850D" w14:textId="6A9BC934" w:rsidR="0054383B" w:rsidRPr="00CE694B" w:rsidRDefault="0054383B" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Concise description of the action: main objectives, target groups, expected change</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C66504" w:rsidRPr="00CE694B" w14:paraId="6B2204FC" w14:textId="77777777" w:rsidTr="009E1CF7">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DB33C6" w14:textId="1507BAAC" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00C66504" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Dates of implementation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="531F197F" w14:textId="61CC335C" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00C66504" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A2A1BF0" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F07F128" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="5191756B" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7EA51F" w14:textId="17947B05" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Context / Problem identified</w:t>
+            </w:r>
+            <w:r w:rsidR="0054383B" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="199FA59B" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="1435"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDB7873" w14:textId="54A8BE1A" w:rsidR="00212ECB" w:rsidRPr="00CE694B" w:rsidRDefault="00212ECB" w:rsidP="00D11188">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Origin of the initiative (how the idea emerged, consultations, data, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="744A37B1" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00212ECB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Target groups (residents, specific communities, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71BDCE48" w14:textId="3957A8CF" w:rsidR="00212ECB" w:rsidRPr="00CE694B" w:rsidRDefault="00212ECB" w:rsidP="00212ECB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Challenge</w:t>
+            </w:r>
+            <w:r w:rsidR="005C21C2" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, need</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or barrier addressed: (Inequalities, discrimination, social, economic, environmental or cultural challenges)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="513E1C55" w14:textId="77777777" w:rsidR="00821A17" w:rsidRDefault="00821A17" w:rsidP="00CB1059">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc124169758"/>
+    <w:p w14:paraId="4D37DBB0" w14:textId="77777777" w:rsidR="00331D1C" w:rsidRPr="00CE694B" w:rsidRDefault="00331D1C" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="35A230A4" w14:textId="7E1A47B6" w:rsidR="00CB1059" w:rsidRPr="00CB1059" w:rsidRDefault="00CB1059" w:rsidP="00CB1059">
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="5E64AFF5" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8500" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2802"/>
-        <w:gridCol w:w="5698"/>
+        <w:gridCol w:w="9070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="5FC28904" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="01780AE5" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A30CB83" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="21E5A1AC" w14:textId="36402FDB" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>Title :</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Implementation process</w:t>
+            </w:r>
+            <w:r w:rsidR="0054383B" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="01C43ECA" w14:textId="77777777" w:rsidTr="00531E11">
+        <w:trPr>
+          <w:trHeight w:val="1805"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7546AAA3" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Timeline (key dates / duration)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="330D18F1" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Main steps:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="663F3BA4" w14:textId="58943D66" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00B23324" w:rsidP="00531E11">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22DFE0EA" w14:textId="52BE29F3" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stakeholders and partners involved (municipal departments, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F62CBB" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>civil society</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, economic actors, citizens, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60A96D53" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="32F64C4F" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB626AB" w14:textId="351B2E88" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Results achieved</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="5C89D3EF" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="1062"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDA328A" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Quantitative (figures, statistics, before/after indicators)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D1A8AF" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Qualitative (testimonies, stories, quotes)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8751D4" w14:textId="4434B525" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00C66504" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Outcomes – short to medium term</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EB31F3A" w14:textId="498AA8E4" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00C66504" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(expected) impacts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CAECF2E" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00216F27" w:rsidRDefault="00C66504" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Overall i</w:t>
+            </w:r>
+            <w:r w:rsidR="00D11188" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>mpact on cohesion, equality and diversity</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="434EF512" w14:textId="77777777" w:rsidR="00216F27" w:rsidRPr="00216F27" w:rsidRDefault="00216F27" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Please mention specifically the key success factors you have identified.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5440FF2A" w14:textId="728F3365" w:rsidR="00216F27" w:rsidRPr="00CE694B" w:rsidRDefault="00216F27" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Please highlight the challenges you faced and how you overcame them.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2E946452" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CFE33C5" w14:textId="77777777" w:rsidR="0054383B" w:rsidRDefault="0054383B" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2761C87D" w14:textId="77777777" w:rsidR="00C52F45" w:rsidRPr="00CE694B" w:rsidRDefault="00C52F45" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="6AE62C20" w14:textId="77777777" w:rsidTr="0054383B">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9070" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD9783B" w14:textId="2E962D87" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Cross-cutting aspects</w:t>
+            </w:r>
+            <w:r w:rsidR="0054383B" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="45707233" w14:textId="77777777" w:rsidTr="005A4869">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2383A7EC" w14:textId="6A74B36B" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00C66504" w:rsidP="00C66504">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Please indicate how, to the extent possible and relevant, the following aspects were integrated into the good practice:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD3DBF2" w14:textId="77777777" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00C66504" w:rsidP="00C66504">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B37A669" w14:textId="47871028" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Gender equality</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(how gender equality and inclusion of multiple gender identities were integrated)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EC8C081" w14:textId="54D9F805" w:rsidR="00F62CBB" w:rsidRPr="00CE694B" w:rsidRDefault="00F62CBB" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Youth perspective</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40F7DB71" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Intersectional approach</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(addressing multiple and overlapping vulnerabilities)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FAA5AF5" w14:textId="3F3982A2" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00C66504">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Sustainability</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(measures to ensure </w:t>
+            </w:r>
+            <w:r w:rsidR="00C66504" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">long-term </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>continuity</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66504" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the action</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="05D9D87C" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D09269" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00D11188">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="762F38DE" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0397EB6C" w14:textId="77777777" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Resources and Documentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D11188" w:rsidRPr="00CE694B" w14:paraId="44C7B3AD" w14:textId="77777777" w:rsidTr="00D11188">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA5840E" w14:textId="7964E6D6" w:rsidR="00D11188" w:rsidRPr="00CE694B" w:rsidRDefault="00D11188" w:rsidP="00673E0C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Reports, photos</w:t>
+            </w:r>
+            <w:r w:rsidR="00865B46" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>videos</w:t>
+            </w:r>
+            <w:r w:rsidR="00865B46" w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (with credit and permissions of participants)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, web links, policy documents, etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="314AE91A" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="00CE694B" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DD6B54" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRPr="00CE694B" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="26"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8109"/>
+        <w:gridCol w:w="961"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C66504" w:rsidRPr="00CE694B" w14:paraId="7580565C" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9070" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C22C90"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715F7109" w14:textId="06516622" w:rsidR="00C66504" w:rsidRPr="00CE694B" w:rsidRDefault="00C66504" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Link to UN Sustainable Development Goals (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00CE694B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>SDGs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) [tick </w:t>
+            </w:r>
+            <w:r w:rsidR="00216F27">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>max. 2-3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="17706876" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="33"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A530097" w14:textId="39617745" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>No poverty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5698" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFC2274" w14:textId="4E7C4DCB" w:rsidR="00CB1059" w:rsidRPr="00CB1059" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="577DFD6F" w14:textId="43366F27" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="61750E6C" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="1C233C9C" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="450F463B" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="33E715A7" w14:textId="363E6590" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>Main field of action:</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Zero hunger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5698" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76060EDC" w14:textId="5503C9AC" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="2DBBE3E9" w14:textId="0205CF1C" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB1059">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="50572CED" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="340D0198" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62B732DA" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="6BE66D8E" w14:textId="32CADAF2" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>Main purpose:</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Good health and wellbeing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5698" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2926CB6F" w14:textId="6B36981E" w:rsidR="00CB1059" w:rsidRPr="00CB1059" w:rsidRDefault="00CB1059" w:rsidP="00CB1059">
+          <w:p w14:paraId="0ED8F3C8" w14:textId="3FA9B08A" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB1059">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="5714ACE5" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="76F36177" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B636481" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="0CDAC44F" w14:textId="4AADF2C0" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>Implementation period :</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Quality education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5698" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F136B9F" w14:textId="2876AF3C" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="7202F810" w14:textId="4E1B6ABD" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...312 lines deleted...]
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="6EC95966" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="7941997C" w14:textId="77777777" w:rsidTr="00FB5899">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:trHeight w:val="27"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A1DCB9" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="4DB5AF85" w14:textId="484D46BE" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>City:</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Gender equality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5664" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9D8378" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="71EF028C" w14:textId="7EE90D71" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="2A987E44" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="6ED32E9E" w14:textId="77777777" w:rsidTr="00FB5899">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:trHeight w:val="27"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7790D8" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="124512A5" w14:textId="77BE3294" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>Department:</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Clean water and sanitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5664" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFC92CD" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="64AA2826" w14:textId="600A9D65" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="05A09D97" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="232FB337" w14:textId="77777777" w:rsidTr="00FB5899">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:trHeight w:val="27"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3730CE98" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="05030605" w14:textId="0035BEF5" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>Date of completing the form:</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Affordable and clean energy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5664" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66727987" w14:textId="3F2B7AA9" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="36B0440F" w14:textId="2B9EC547" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:rPr>
-[...50 lines deleted...]
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1059" w:rsidRPr="006E67F3" w14:paraId="5A349DE2" w14:textId="77777777" w:rsidTr="00FD2BEA">
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="756A6C06" w14:textId="77777777" w:rsidTr="00FB5899">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:trHeight w:val="27"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2830" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCA4E1E" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="3E5A5C96" w14:textId="224F24EA" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E67F3">
-[...3 lines deleted...]
-              <w:t>Contact person</w:t>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Decent work and economic growth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5664" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5523D1CE" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRPr="006E67F3" w:rsidRDefault="00CB1059" w:rsidP="00FD2BEA">
+          <w:p w14:paraId="77FB0E8F" w14:textId="1397B729" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:eastAsia="fr-FR"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="5191C9A5" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63281418" w14:textId="6ABCCB1B" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Industry, innovation and infrastructure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EBF0790" w14:textId="5BA4FA6D" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="3319B8D1" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18359BC1" w14:textId="14F5AF21" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Reduced inequalities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F1B0D5" w14:textId="1CEF023D" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="69CA0898" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0E7D70" w14:textId="3AB261BE" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Sustainable cities and communities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD3F0CE" w14:textId="6CA6977D" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="71660AFF" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="777207EA" w14:textId="7058AA6B" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Responsible consumption and production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B88F81" w14:textId="12B9A816" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="69DB9267" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C222B0" w14:textId="3BC7F2D8" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Climate action</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C0CF3F" w14:textId="4A5CAF69" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="52AF9F9B" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D30F611" w14:textId="56983630" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Life below water</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="278C76A0" w14:textId="58B4DA8B" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="09104B99" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F694BC" w14:textId="56B430D2" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Life on land</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="368AE217" w14:textId="5909405A" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="5CD0DCF2" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="761D31B7" w14:textId="3420C5A6" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Peace, justice and strong institutions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5130EBBF" w14:textId="24B2B02B" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB5899" w:rsidRPr="00CE694B" w14:paraId="7E0B3385" w14:textId="77777777" w:rsidTr="00FB5899">
+        <w:trPr>
+          <w:trHeight w:val="27"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8109" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF5EDDA" w14:textId="3A73093F" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00FB5899">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE694B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Partnerships for the goals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B91298" w14:textId="3B7B1589" w:rsidR="00FB5899" w:rsidRPr="00CE694B" w:rsidRDefault="00FB5899" w:rsidP="00AD08E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="524CD817" w14:textId="77777777" w:rsidR="00CB1059" w:rsidRDefault="00CB1059" w:rsidP="00CB1059">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="466B4A09" w14:textId="77777777" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DD3CFB" w:rsidSect="005611F9">
+          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="1361" w:right="1361" w:bottom="1361" w:left="1361" w:header="0" w:footer="1750" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F99BCF9" w14:textId="751218C3" w:rsidR="00CB1059" w:rsidRPr="00CB1059" w:rsidRDefault="00CB1059" w:rsidP="00CB1059">
-[...12 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="04C1CADB" w14:textId="016F8496" w:rsidR="00DD3CFB" w:rsidRDefault="00DD3CFB">
+      <w:pPr>
+        <w:spacing w:before="49" w:line="345" w:lineRule="auto"/>
+        <w:ind w:left="335" w:right="1423"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...319 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="00DD3CFB">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16850"/>
+      <w:pgMar w:top="320" w:right="141" w:bottom="280" w:left="992" w:header="0" w:footer="1750" w:gutter="0"/>
+      <w:cols w:num="2" w:space="720" w:equalWidth="0">
+        <w:col w:w="3589" w:space="40"/>
+        <w:col w:w="7148"/>
+      </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BE30579" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00DF20DC">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="207C388C" w14:textId="77777777" w:rsidR="0089127F" w:rsidRDefault="0089127F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59C99DD7" w14:textId="77777777" w:rsidR="00055EC3" w:rsidRDefault="00055EC3" w:rsidP="00DF20DC">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="794E31C4" w14:textId="77777777" w:rsidR="0089127F" w:rsidRDefault="0089127F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="839121309"/>
+      <w:id w:val="-32348595"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="56293834" w14:textId="5F2B3E4D" w:rsidR="00821A17" w:rsidRDefault="00821A17">
+      <w:p w14:paraId="7ED45AF1" w14:textId="5E9F82B6" w:rsidR="003F2DCD" w:rsidRDefault="003F2DCD">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="2DCE0AF0" w14:textId="77777777" w:rsidR="003F2DCD" w:rsidRDefault="003F2DCD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F7E8AB1" w14:textId="53F32AC1" w:rsidR="00DD3CFB" w:rsidRDefault="00331D1C">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487466496" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D356601" wp14:editId="794559B1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17145</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:align>bottom</wp:align>
+          </wp:positionV>
+          <wp:extent cx="7558119" cy="1015172"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1034259433" name="Image 47" descr="A colorful silhouettes of people&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1034259433" name="Image 47" descr="A colorful silhouettes of people&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7558119" cy="1015172"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="678CCDEB" w14:textId="4293A3CA" w:rsidR="00DD3CFB" w:rsidRDefault="00331D1C">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487464448" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34FF5F4A" wp14:editId="5C4A9AC4">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9685020</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7558119" cy="1015172"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1192703201" name="Image 47" descr="A colorful silhouettes of people&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1192703201" name="Image 47" descr="A colorful silhouettes of people&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7558119" cy="1015172"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00F352B3">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487461376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="407A2384" wp14:editId="0F978345">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>889685</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>8455097</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="38735" cy="38735"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="31" name="Graphic 31"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="38735" cy="38735"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:avLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="38735" h="38735">
+                            <a:moveTo>
+                              <a:pt x="21584" y="38113"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="16530" y="38113"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="14099" y="37629"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="21584"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="16530"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="16530" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="21584" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="38114" y="19057"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="38114" y="21584"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="21584" y="38113"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns="">
+          <w:pict>
+            <v:shape w14:anchorId="02B934FB" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.05pt;margin-top:665.75pt;width:3.05pt;height:3.05pt;z-index:-15855104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="38735,38735" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXrduMWAIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X2wnzZcVp5padZpU&#10;dZWaac8E49gaBgYkdv79LmDiqJMyaZof4GIOh3O/2Nz3LUcnpk0jRYGzSYoRE1SWjTgU+Pvu6dMK&#10;I2OJKAmXghX4zAy+3378sOlUzqaylrxkGgGJMHmnClxbq/IkMbRmLTETqZiAzUrqllhY6kNSatIB&#10;e8uTaZoukk7qUmlJmTHw9zFs4q3nrypG7beqMswiXmDQZv2o/bh3Y7LdkPygiaobOsgg/6CiJY2A&#10;Sy9Uj8QSdNTNH1RtQ7U0srITKttEVlVDmfcBvMnSd9681UQx7wsEx6hLmMz/o6Uvpzf1qp10o54l&#10;/WkgIkmnTH7ZcQszYPpKtw4LwlHvo3i+RJH1FlH4OVstZ3OMKOwE0zGSPB6lR2O/MOlpyOnZ2JCC&#10;MlqkjhbtRTQ1JNKlkPsUWowghRojSOE+pFAR6845bc5EXbwc1dFye608sZ30KOscmGbz1R1GXmqW&#10;zRwXSB1RXFyjs8V8BkX0Dh0xcVaeObtL1+uAXS6m64E5YuIcsIEzaAkK4n6cr3FBxS3cqNMXOHgU&#10;eeIc+Ebvb+NmqywLUcrW6Xx505cR+3d/xvvdqRj9qJFyaVhw06XUZ+aSZvDpupCM5E351HDuUmv0&#10;Yf/ANToR1/T+GyRfwXyNh7J2Bb6X5flVow5eggKbX0eiGUb8q4BWc89GNHQ09tHQlj9I/7j4qtLG&#10;7vofRCukwCywha54kbGRSR4rHvQ7QMC6k0J+PlpZNa4dvLagaFhA93v/h5fKPS/Xa48a39PtbwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGzkuPLhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO+V+AdrkbhU1EkbAoQ4FaD0wJEGxHUbmyRtvI5spw1/X5cL3HZ2R7Nv8vWke3ZU1nWGBMSLCJii&#10;2siOGgEf1eb2AZjzSBJ7Q0rAj3KwLq5mOWbSnOhdHbe+YSGEXIYCWu+HjHNXt0qjW5hBUbh9G6vR&#10;B2kbLi2eQrju+TKKUq6xo/ChxUG9tqo+bEctYHzbJPtDWdr5/Ovl83FfVpXBSoib6+n5CZhXk/8z&#10;wwU/oEMRmHZmJOlYH3QSxcEahtUqvgN2sSTpEtjud3WfAi9y/r9FcQYAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBXrduMWAIAAJcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBs5Ljy4QAAAA0BAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" path="m21584,38113r-5054,l14099,37629,,21584,,16530,16530,r5054,l38114,19057r,2527l21584,38113xe" fillcolor="black" stroked="f">
+              <v:path arrowok="t"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00F352B3">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487461888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33697ACB" wp14:editId="709898DB">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>889685</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>7502238</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="38735" cy="38735"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="32" name="Graphic 32"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="38735" cy="38735"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:avLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="38735" h="38735">
+                            <a:moveTo>
+                              <a:pt x="21584" y="38113"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="16530" y="38113"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="14099" y="37629"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="21584"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="16530"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="16530" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="21584" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="38114" y="19057"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="38114" y="21584"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="21584" y="38113"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns="">
+          <w:pict>
+            <v:shape w14:anchorId="7B86C239" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.05pt;margin-top:590.75pt;width:3.05pt;height:3.05pt;z-index:-15854592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="38735,38735" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXrduMWAIAAJcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X2wnzZcVp5padZpU&#10;dZWaac8E49gaBgYkdv79LmDiqJMyaZof4GIOh3O/2Nz3LUcnpk0jRYGzSYoRE1SWjTgU+Pvu6dMK&#10;I2OJKAmXghX4zAy+3378sOlUzqaylrxkGgGJMHmnClxbq/IkMbRmLTETqZiAzUrqllhY6kNSatIB&#10;e8uTaZoukk7qUmlJmTHw9zFs4q3nrypG7beqMswiXmDQZv2o/bh3Y7LdkPygiaobOsgg/6CiJY2A&#10;Sy9Uj8QSdNTNH1RtQ7U0srITKttEVlVDmfcBvMnSd9681UQx7wsEx6hLmMz/o6Uvpzf1qp10o54l&#10;/WkgIkmnTH7ZcQszYPpKtw4LwlHvo3i+RJH1FlH4OVstZ3OMKOwE0zGSPB6lR2O/MOlpyOnZ2JCC&#10;MlqkjhbtRTQ1JNKlkPsUWowghRojSOE+pFAR6845bc5EXbwc1dFye608sZ30KOscmGbz1R1GXmqW&#10;zRwXSB1RXFyjs8V8BkX0Dh0xcVaeObtL1+uAXS6m64E5YuIcsIEzaAkK4n6cr3FBxS3cqNMXOHgU&#10;eeIc+Ebvb+NmqywLUcrW6Xx505cR+3d/xvvdqRj9qJFyaVhw06XUZ+aSZvDpupCM5E351HDuUmv0&#10;Yf/ANToR1/T+GyRfwXyNh7J2Bb6X5flVow5eggKbX0eiGUb8q4BWc89GNHQ09tHQlj9I/7j4qtLG&#10;7vofRCukwCywha54kbGRSR4rHvQ7QMC6k0J+PlpZNa4dvLagaFhA93v/h5fKPS/Xa48a39PtbwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAA2wldnhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SFyq1kkVQglxKkDpgWMbKq5ubJK08TqynTb8PVsucNvZHc2+ydeT6dlZO99ZFBAvImAa&#10;a6s6bAR8VJv5CpgPEpXsLWoB39rDuri9yWWm7AW3+rwLDaMQ9JkU0IYwZJz7utVG+oUdNNLtyzoj&#10;A0nXcOXkhcJNz5dRlHIjO6QPrRz0W6vr0240Asb3TXI8laWbzT5f90/HsqqsrIS4v5tenoEFPYU/&#10;M1zxCR0KYjrYEZVnPekkislKQ7yKH4BdLUm6BHb4XT2mwIuc/29R/AAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBXrduMWAIAAJcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQANsJXZ4QAAAA0BAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" path="m21584,38113r-5054,l14099,37629,,21584,,16530,16530,r5054,l38114,19057r,2527l21584,38113xe" fillcolor="black" stroked="f">
+              <v:path arrowok="t"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="568EB665" w14:textId="16B3D4FE" w:rsidR="00DD3CFB" w:rsidRDefault="00331D1C">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487468544" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BFEDEFB" wp14:editId="6BEACD3F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>13335</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:align>bottom</wp:align>
+          </wp:positionV>
+          <wp:extent cx="7558119" cy="1015172"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="30096918" name="Image 47" descr="A colorful silhouettes of people&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1192703201" name="Image 47" descr="A colorful silhouettes of people&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7558119" cy="1015172"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4946C1C8" w14:textId="77777777" w:rsidR="0089127F" w:rsidRDefault="0089127F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1788DC76" w14:textId="77777777" w:rsidR="0089127F" w:rsidRDefault="0089127F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2918AB5A" w14:textId="77777777" w:rsidR="005A4869" w:rsidRDefault="005A4869">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1557118610"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="2658840A" w14:textId="64BFA4BD" w:rsidR="00E42E33" w:rsidRDefault="00E42E33" w:rsidP="006A7CAE">
+        <w:pPr>
+          <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6225DAB1" w14:textId="77777777" w:rsidR="00821A17" w:rsidRDefault="00821A17">
-[...209 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06423F17"/>
+    <w:nsid w:val="00EA4713"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="339EC0A0"/>
-    <w:lvl w:ilvl="0" w:tplc="F56247BC">
+    <w:tmpl w:val="61767A1C"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="089E3B23"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D256B654"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:b/>
-[...1 lines deleted...]
-        <w:color w:val="C72D53"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -4113,569 +12968,932 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0AD835B4"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D987586"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F8D0C762"/>
-    <w:lvl w:ilvl="0" w:tplc="0809000F">
+    <w:tmpl w:val="E5BC163E"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...84 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
-[...58 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="257819BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A560C8F8"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B6D3E73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="056C4A2C"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5D5C67BA"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F8B7613"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D49C21C2"/>
-    <w:lvl w:ilvl="0" w:tplc="08090015">
+    <w:tmpl w:val="61B4AAC8"/>
+    <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1657953645">
-    <w:abstractNumId w:val="0"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71A06A60"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67CA0948"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="735A0B74"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="457C317A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1444764283">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1791237308">
+  <w:num w:numId="2" w16cid:durableId="867572407">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="207569571">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="687878507">
+  <w:num w:numId="4" w16cid:durableId="704015911">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1579750644">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="5" w16cid:durableId="1852602952">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1901819751">
+  <w:num w:numId="6" w16cid:durableId="1469662075">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1121731502">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1068965463">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00055EC3"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00FD7F0B"/>
+    <w:rsidRoot w:val="00DD3CFB"/>
+    <w:rsid w:val="001418C1"/>
+    <w:rsid w:val="001632C6"/>
+    <w:rsid w:val="001710C9"/>
+    <w:rsid w:val="00187F58"/>
+    <w:rsid w:val="001A63D8"/>
+    <w:rsid w:val="00212667"/>
+    <w:rsid w:val="00212ECB"/>
+    <w:rsid w:val="00216F27"/>
+    <w:rsid w:val="0025529D"/>
+    <w:rsid w:val="002D3AC2"/>
+    <w:rsid w:val="002F6793"/>
+    <w:rsid w:val="00331D1C"/>
+    <w:rsid w:val="0033561F"/>
+    <w:rsid w:val="00364E30"/>
+    <w:rsid w:val="00374668"/>
+    <w:rsid w:val="003A635A"/>
+    <w:rsid w:val="003F2DCD"/>
+    <w:rsid w:val="003F3E60"/>
+    <w:rsid w:val="00440199"/>
+    <w:rsid w:val="005003EA"/>
+    <w:rsid w:val="00507F83"/>
+    <w:rsid w:val="00527C51"/>
+    <w:rsid w:val="00531E11"/>
+    <w:rsid w:val="0054383B"/>
+    <w:rsid w:val="00554506"/>
+    <w:rsid w:val="00560D37"/>
+    <w:rsid w:val="005611F9"/>
+    <w:rsid w:val="00562E9F"/>
+    <w:rsid w:val="005A4869"/>
+    <w:rsid w:val="005C21C2"/>
+    <w:rsid w:val="005C3949"/>
+    <w:rsid w:val="005E4F9A"/>
+    <w:rsid w:val="0061531F"/>
+    <w:rsid w:val="0062649B"/>
+    <w:rsid w:val="006A7CAE"/>
+    <w:rsid w:val="006E0343"/>
+    <w:rsid w:val="007776BC"/>
+    <w:rsid w:val="00787B9B"/>
+    <w:rsid w:val="007A2660"/>
+    <w:rsid w:val="00805EBC"/>
+    <w:rsid w:val="008147DD"/>
+    <w:rsid w:val="00865B46"/>
+    <w:rsid w:val="0089127F"/>
+    <w:rsid w:val="008A676C"/>
+    <w:rsid w:val="008E44D1"/>
+    <w:rsid w:val="008F5587"/>
+    <w:rsid w:val="0093166C"/>
+    <w:rsid w:val="009713D9"/>
+    <w:rsid w:val="00983D8D"/>
+    <w:rsid w:val="009B5DCC"/>
+    <w:rsid w:val="009D5832"/>
+    <w:rsid w:val="009E6FE4"/>
+    <w:rsid w:val="00A74158"/>
+    <w:rsid w:val="00A82BC4"/>
+    <w:rsid w:val="00A92063"/>
+    <w:rsid w:val="00A974CF"/>
+    <w:rsid w:val="00AB23B1"/>
+    <w:rsid w:val="00AC018A"/>
+    <w:rsid w:val="00AF3230"/>
+    <w:rsid w:val="00B04C0F"/>
+    <w:rsid w:val="00B23324"/>
+    <w:rsid w:val="00B72C7B"/>
+    <w:rsid w:val="00B7762C"/>
+    <w:rsid w:val="00B864ED"/>
+    <w:rsid w:val="00B93F3D"/>
+    <w:rsid w:val="00B95E81"/>
+    <w:rsid w:val="00BC5BA7"/>
+    <w:rsid w:val="00BF5E1E"/>
+    <w:rsid w:val="00C52F45"/>
+    <w:rsid w:val="00C66504"/>
+    <w:rsid w:val="00C77C72"/>
+    <w:rsid w:val="00C87744"/>
+    <w:rsid w:val="00C93954"/>
+    <w:rsid w:val="00CE694B"/>
+    <w:rsid w:val="00CF6BCE"/>
+    <w:rsid w:val="00D11188"/>
+    <w:rsid w:val="00D2570E"/>
+    <w:rsid w:val="00D74E22"/>
+    <w:rsid w:val="00D84421"/>
+    <w:rsid w:val="00D866BA"/>
+    <w:rsid w:val="00DD3CFB"/>
+    <w:rsid w:val="00E0131E"/>
+    <w:rsid w:val="00E26696"/>
+    <w:rsid w:val="00E34EA4"/>
+    <w:rsid w:val="00E353E4"/>
+    <w:rsid w:val="00E42E33"/>
+    <w:rsid w:val="00E50A11"/>
+    <w:rsid w:val="00E7741C"/>
+    <w:rsid w:val="00E91A55"/>
+    <w:rsid w:val="00EA61D0"/>
+    <w:rsid w:val="00EB51F9"/>
+    <w:rsid w:val="00EF1611"/>
+    <w:rsid w:val="00F352B3"/>
+    <w:rsid w:val="00F5438F"/>
+    <w:rsid w:val="00F6299B"/>
+    <w:rsid w:val="00F62CBB"/>
+    <w:rsid w:val="00F735A7"/>
+    <w:rsid w:val="00F73765"/>
+    <w:rsid w:val="00F803E5"/>
+    <w:rsid w:val="00FB0F08"/>
+    <w:rsid w:val="00FB5899"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{89EA9EA6-C5C3-42F2-99C4-9AC336BB5A98}"/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1E3E8F99"/>
+  <w15:docId w15:val="{8F3521BB-B1A4-4A01-94E9-EE50032DC2FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4790,51 +14008,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5016,806 +14234,1417 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF20DC"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF20DC"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="240" w:after="240"/>
+      <w:spacing w:before="83"/>
+      <w:ind w:left="185"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="57"/>
+      <w:szCs w:val="57"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF20DC"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="160"/>
+      <w:spacing w:before="107"/>
+      <w:jc w:val="right"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="20478A"/>
-[...43 lines deleted...]
-      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="20478A"/>
-[...17 lines deleted...]
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF20DC"/>
+    <w:rsid w:val="00D11188"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-    <w:rsid w:val="00DF20DC"/>
+    <w:rsid w:val="00D11188"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF20DC"/>
+    <w:rsid w:val="00D11188"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF20DC"/>
+    <w:rsid w:val="00D11188"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00DF20DC"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D11188"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
     </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:lang w:val="fr-FR"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...4 lines deleted...]
-    <w:rsid w:val="00DF20DC"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F3E60"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DF20DC"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003F3E60"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00DF20DC"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003F3E60"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DF20DC"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003F3E60"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...4 lines deleted...]
-    <w:rsid w:val="00DF20DC"/>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003F3E60"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="DBE79D"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...11 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F3E60"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="28"/>
-[...2 lines deleted...]
-      <w:lang w:val="it-IT"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
-  </w:style>
-[...73 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CB1059"/>
+    <w:rsid w:val="0054383B"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CB1059"/>
+    <w:rsid w:val="0054383B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00364E30"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:allowPNG/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="104428479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="127088223">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="228610870">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="263921220">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="389423348">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="556091995">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="608778233">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="38092648">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="500967506">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1676154209">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="681512289">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1276910465">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="993139739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="901403843">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1525900826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="197592561">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1908875320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="609895495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2068992368">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1471440698">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1023508198">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1867672444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="656688118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1329017147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="946691293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="917207075">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="149561788">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1226647088">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="426312915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="753626797">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="825825566">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1061976466">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1108770523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1211696655">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1254314539">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1305232049">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1385107872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1610887615">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="744574398">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="30156078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1913075418">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1716543171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2053074903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="578100017">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="652639083">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1648051150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1565096777">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1424647010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1144153598">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1870757093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="347490066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="434374309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="58140054">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="289289102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1934971557">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="353121007">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="420880099">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="109974285">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1887984877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="259870448">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdgs.un.org/goals" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int/en/web/interculturalcities/good-practice" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.JPG"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\DALESSANDRO\Documents\Mod&#232;les%20Office%20personnalis&#233;s\Standard%20ICC%20document%20template.dotx" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Standard ICC document template</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11853</Characters>
+  <Pages>8</Pages>
+  <Words>1099</Words>
+  <Characters>6049</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titre</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Good practices</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13905</CharactersWithSpaces>
+  <CharactersWithSpaces>7134</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title>Good practices</dc:title>
+  <dc:creator>Sonia Amrouche</dc:creator>
+  <cp:keywords>DAGv3nhrQTE,BADeDjWeAgc,0</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-08-13T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Canva</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-08-13T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Canva</vt:lpwstr>
+  </property>
+</Properties>
+</file>